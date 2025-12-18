--- v0 (2025-12-08)
+++ v1 (2025-12-18)
@@ -10,1082 +10,1085 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Top 10" sheetId="1" r:id="rId1"/>
     <sheet name="All holdings" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Top 10'!$A$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'All holdings'!$A$1</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="628" uniqueCount="628">
-[...1 lines deleted...]
-    <t>Baillie Gifford Emerging Markets Equities Fund - 31/10/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="629" uniqueCount="629">
+  <si>
+    <t>Baillie Gifford Emerging Markets Equities Fund - 30/11/2025</t>
   </si>
   <si>
     <t>Holding name</t>
   </si>
   <si>
     <t>Fund %</t>
   </si>
   <si>
     <t>TSMC</t>
   </si>
   <si>
-    <t>14.18</t>
+    <t>13.48</t>
   </si>
   <si>
     <t>Samsung Electronics</t>
   </si>
   <si>
+    <t>5.62</t>
+  </si>
+  <si>
+    <t>Tencent</t>
+  </si>
+  <si>
+    <t>4.55</t>
+  </si>
+  <si>
+    <t>SK Hynix</t>
+  </si>
+  <si>
+    <t>3.91</t>
+  </si>
+  <si>
+    <t>Alibaba</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>MercadoLibre</t>
+  </si>
+  <si>
+    <t>3.70</t>
+  </si>
+  <si>
+    <t>Reliance Industries</t>
+  </si>
+  <si>
+    <t>2.83</t>
+  </si>
+  <si>
+    <t>Naspers</t>
+  </si>
+  <si>
+    <t>2.45</t>
+  </si>
+  <si>
+    <t>B3</t>
+  </si>
+  <si>
+    <t>2.00</t>
+  </si>
+  <si>
+    <t>Axis Bank</t>
+  </si>
+  <si>
+    <t>1.91</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Emerging Markets Equities Fund - 30/09/2025</t>
+  </si>
+  <si>
+    <t>SEDOL</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Stock name</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>Holding</t>
+  </si>
+  <si>
+    <t>Asset price</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>Asset type</t>
+  </si>
+  <si>
+    <t>Market Value (USD)</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>21,498,310</t>
+  </si>
+  <si>
+    <t>1305.00</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>920509697.16</t>
+  </si>
+  <si>
+    <t>13.24</t>
+  </si>
+  <si>
+    <t>BMMV2K8</t>
+  </si>
+  <si>
+    <t>KYG875721634</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>4,126,400</t>
+  </si>
+  <si>
+    <t>663.00</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>351627576.99</t>
+  </si>
+  <si>
+    <t>5.06</t>
+  </si>
+  <si>
+    <t>BK6YZP5</t>
+  </si>
+  <si>
+    <t>KYG017191142</t>
+  </si>
+  <si>
+    <t>Alibaba Group Holding</t>
+  </si>
+  <si>
+    <t>14,153,020</t>
+  </si>
+  <si>
+    <t>177.00</t>
+  </si>
+  <si>
+    <t>321973746.85</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>B23X1H3</t>
+  </si>
+  <si>
+    <t>US58733R1023</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>109,148</t>
+  </si>
+  <si>
+    <t>2336.94</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>255072327.12</t>
+  </si>
+  <si>
+    <t>3.67</t>
+  </si>
+  <si>
+    <t>6771720</t>
+  </si>
+  <si>
+    <t>KR7005930003</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>4,253,052</t>
+  </si>
+  <si>
+    <t>83900.00</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>254325264.82</t>
+  </si>
+  <si>
+    <t>3.66</t>
+  </si>
+  <si>
+    <t>6450267</t>
+  </si>
+  <si>
+    <t>KR7000660001</t>
+  </si>
+  <si>
+    <t>SK Hynix Inc</t>
+  </si>
+  <si>
+    <t>891,701</t>
+  </si>
+  <si>
+    <t>347500.00</t>
+  </si>
+  <si>
+    <t>220851785.40</t>
+  </si>
+  <si>
+    <t>3.18</t>
+  </si>
+  <si>
+    <t>6099626</t>
+  </si>
+  <si>
+    <t>INE002A01018</t>
+  </si>
+  <si>
+    <t>Reliance Industries Ltd</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>11,546,560</t>
+  </si>
+  <si>
+    <t>1364.00</t>
+  </si>
+  <si>
+    <t>INR</t>
+  </si>
+  <si>
+    <t>177381794.88</t>
+  </si>
+  <si>
+    <t>2.55</t>
+  </si>
+  <si>
+    <t>BV2FFX7</t>
+  </si>
+  <si>
+    <t>ZAE000351946</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>456,970</t>
+  </si>
+  <si>
+    <t>6254.68</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>165668808.56</t>
+  </si>
+  <si>
+    <t>2.38</t>
+  </si>
+  <si>
+    <t>2347608</t>
+  </si>
+  <si>
+    <t>CA3359341052</t>
+  </si>
+  <si>
+    <t>First Quantum Minerals</t>
+  </si>
+  <si>
+    <t>Other Emerging Markets</t>
+  </si>
+  <si>
+    <t>6,530,803</t>
+  </si>
+  <si>
+    <t>31.48</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>147757423.06</t>
+  </si>
+  <si>
+    <t>2.13</t>
+  </si>
+  <si>
+    <t>6005214</t>
+  </si>
+  <si>
+    <t>TW0002345006</t>
+  </si>
+  <si>
+    <t>Accton Technology</t>
+  </si>
+  <si>
+    <t>4,076,000</t>
+  </si>
+  <si>
+    <t>1045.00</t>
+  </si>
+  <si>
+    <t>139753920.86</t>
+  </si>
+  <si>
+    <t>2.01</t>
+  </si>
+  <si>
+    <t>BYWD7L4</t>
+  </si>
+  <si>
+    <t>US81141R1005</t>
+  </si>
+  <si>
+    <t>Sea Ltd ADR</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>718,313</t>
+  </si>
+  <si>
+    <t>178.73</t>
+  </si>
+  <si>
+    <t>128384082.49</t>
+  </si>
+  <si>
+    <t>1.85</t>
+  </si>
+  <si>
+    <t>B1FFT76</t>
+  </si>
+  <si>
+    <t>ZAE000083648</t>
+  </si>
+  <si>
+    <t>Impala Platinum Holdings</t>
+  </si>
+  <si>
+    <t>10,033,773</t>
+  </si>
+  <si>
+    <t>220.55</t>
+  </si>
+  <si>
+    <t>128268287.79</t>
+  </si>
+  <si>
+    <t>BPFJHC7</t>
+  </si>
+  <si>
+    <t>INE238A01034</t>
+  </si>
+  <si>
+    <t>9,655,327</t>
+  </si>
+  <si>
+    <t>1131.60</t>
+  </si>
+  <si>
+    <t>123055770.39</t>
+  </si>
+  <si>
+    <t>1.77</t>
+  </si>
+  <si>
+    <t>6773812</t>
+  </si>
+  <si>
+    <t>KR7005931001</t>
+  </si>
+  <si>
+    <t>Samsung Electronics Pref</t>
+  </si>
+  <si>
+    <t>2,270,890</t>
+  </si>
+  <si>
+    <t>66400.00</t>
+  </si>
+  <si>
+    <t>107470935.46</t>
+  </si>
+  <si>
+    <t>1.55</t>
+  </si>
+  <si>
+    <t>6372480</t>
+  </si>
+  <si>
+    <t>TW0002454006</t>
+  </si>
+  <si>
+    <t>Mediatek</t>
+  </si>
+  <si>
+    <t>2,358,000</t>
+  </si>
+  <si>
+    <t>1315.00</t>
+  </si>
+  <si>
+    <t>101737974.93</t>
+  </si>
+  <si>
+    <t>1.46</t>
+  </si>
+  <si>
+    <t>BD5CPP1</t>
+  </si>
+  <si>
+    <t>CNE100001QQ5</t>
+  </si>
+  <si>
+    <t>Midea Group 'A'</t>
+  </si>
+  <si>
+    <t>9,556,970</t>
+  </si>
+  <si>
+    <t>72.66</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>97550652.21</t>
+  </si>
+  <si>
+    <t>1.40</t>
+  </si>
+  <si>
+    <t>BG36ZK1</t>
+  </si>
+  <si>
+    <t>BRB3SAACNOR6</t>
+  </si>
+  <si>
+    <t>B3 S.A.</t>
+  </si>
+  <si>
+    <t>36,773,700</t>
+  </si>
+  <si>
+    <t>13.40</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>92528955.69</t>
+  </si>
+  <si>
+    <t>1.33</t>
+  </si>
+  <si>
+    <t>6135661</t>
+  </si>
+  <si>
+    <t>INE237A01028</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Bank</t>
+  </si>
+  <si>
+    <t>4,056,867</t>
+  </si>
+  <si>
+    <t>1992.70</t>
+  </si>
+  <si>
+    <t>91048909.58</t>
+  </si>
+  <si>
+    <t>1.31</t>
+  </si>
+  <si>
+    <t>BV4K4Z5</t>
+  </si>
+  <si>
+    <t>CNE100006Z79</t>
+  </si>
+  <si>
+    <t>Sanhua Intelligent Controls 'H'</t>
+  </si>
+  <si>
+    <t>15,872,600</t>
+  </si>
+  <si>
+    <t>43.82</t>
+  </si>
+  <si>
+    <t>89396089.15</t>
+  </si>
+  <si>
+    <t>1.29</t>
+  </si>
+  <si>
+    <t>2421041</t>
+  </si>
+  <si>
+    <t>MXP370711014</t>
+  </si>
+  <si>
+    <t>Grupo Financiero Banorte</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>8,840,387</t>
+  </si>
+  <si>
+    <t>184.48</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>88960839.70</t>
+  </si>
+  <si>
+    <t>1.28</t>
+  </si>
+  <si>
+    <t>BNYHDF3</t>
+  </si>
+  <si>
+    <t>US22266T1097</t>
+  </si>
+  <si>
+    <t>Coupang</t>
+  </si>
+  <si>
+    <t>2,759,542</t>
+  </si>
+  <si>
+    <t>32.20</t>
+  </si>
+  <si>
+    <t>88857252.40</t>
+  </si>
+  <si>
+    <t>2771122</t>
+  </si>
+  <si>
+    <t>US8336351056</t>
+  </si>
+  <si>
+    <t>SQM ADR</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>1,934,238</t>
+  </si>
+  <si>
+    <t>42.98</t>
+  </si>
+  <si>
+    <t>83133549.24</t>
+  </si>
+  <si>
+    <t>1.20</t>
+  </si>
+  <si>
+    <t>6451055</t>
+  </si>
+  <si>
+    <t>KR7005380001</t>
+  </si>
+  <si>
+    <t>Hyundai Motor Co</t>
+  </si>
+  <si>
+    <t>530,523</t>
+  </si>
+  <si>
+    <t>215000.00</t>
+  </si>
+  <si>
+    <t>81296065.71</t>
+  </si>
+  <si>
+    <t>1.17</t>
+  </si>
+  <si>
+    <t>B01FLR7</t>
+  </si>
+  <si>
+    <t>CNE1000003X6</t>
+  </si>
+  <si>
+    <t>Ping An Insurance</t>
+  </si>
+  <si>
+    <t>11,806,500</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>80501622.67</t>
+  </si>
+  <si>
+    <t>1.16</t>
+  </si>
+  <si>
+    <t>2311120</t>
+  </si>
+  <si>
+    <t>BRELETACNOR6</t>
+  </si>
+  <si>
+    <t>Centrais Eletricas Brasileiras S.A.</t>
+  </si>
+  <si>
+    <t>7,886,900</t>
+  </si>
+  <si>
+    <t>52.52</t>
+  </si>
+  <si>
+    <t>77779757.58</t>
+  </si>
+  <si>
+    <t>1.12</t>
+  </si>
+  <si>
+    <t>B1DYPZ5</t>
+  </si>
+  <si>
+    <t>CNE1000002M1</t>
+  </si>
+  <si>
+    <t>China Merchants Bank 'H'</t>
+  </si>
+  <si>
+    <t>12,556,000</t>
+  </si>
+  <si>
+    <t>46.76</t>
+  </si>
+  <si>
+    <t>75461230.79</t>
+  </si>
+  <si>
+    <t>1.09</t>
+  </si>
+  <si>
+    <t>BGJW376</t>
+  </si>
+  <si>
+    <t>KYG596691041</t>
+  </si>
+  <si>
+    <t>Meituan</t>
+  </si>
+  <si>
+    <t>5,589,100</t>
+  </si>
+  <si>
+    <t>104.50</t>
+  </si>
+  <si>
+    <t>75068241.99</t>
+  </si>
+  <si>
+    <t>1.08</t>
+  </si>
+  <si>
+    <t>2616580</t>
+  </si>
+  <si>
+    <t>US71654V4086</t>
+  </si>
+  <si>
+    <t>Petrobras Common ADR</t>
+  </si>
+  <si>
+    <t>5,601,264</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>70912002.24</t>
+  </si>
+  <si>
+    <t>1.02</t>
+  </si>
+  <si>
+    <t>BN6NP19</t>
+  </si>
+  <si>
+    <t>KYG6683N1034</t>
+  </si>
+  <si>
+    <t>Nu Holdings Ltd.</t>
+  </si>
+  <si>
+    <t>4,420,446</t>
+  </si>
+  <si>
+    <t>16.01</t>
+  </si>
+  <si>
+    <t>70771340.46</t>
+  </si>
+  <si>
+    <t>2232878</t>
+  </si>
+  <si>
+    <t>BMG2519Y1084</t>
+  </si>
+  <si>
+    <t>Credicorp</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>263,439</t>
+  </si>
+  <si>
+    <t>266.28</t>
+  </si>
+  <si>
+    <t>70148536.92</t>
+  </si>
+  <si>
+    <t>1.01</t>
+  </si>
+  <si>
+    <t>BHQPSY7</t>
+  </si>
+  <si>
+    <t>CNE100003662</t>
+  </si>
+  <si>
+    <t>CATL 'A'</t>
+  </si>
+  <si>
+    <t>1,228,800</t>
+  </si>
+  <si>
+    <t>402.00</t>
+  </si>
+  <si>
+    <t>69393983.24</t>
+  </si>
+  <si>
+    <t>1.00</t>
+  </si>
+  <si>
+    <t>BK57TY2</t>
+  </si>
+  <si>
+    <t>US54951L1098</t>
+  </si>
+  <si>
+    <t>Luckin Coffee Inc ADR</t>
+  </si>
+  <si>
+    <t>1,821,559</t>
+  </si>
+  <si>
+    <t>38.01</t>
+  </si>
+  <si>
+    <t>69237457.59</t>
+  </si>
+  <si>
+    <t>B4JSZL8</t>
+  </si>
+  <si>
+    <t>KYG3323L1005</t>
+  </si>
+  <si>
+    <t>Fabrinet</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>188,394</t>
+  </si>
+  <si>
+    <t>364.62</t>
+  </si>
+  <si>
+    <t>68692220.28</t>
+  </si>
+  <si>
+    <t>0.99</t>
+  </si>
+  <si>
+    <t>6709099</t>
+  </si>
+  <si>
+    <t>ID1000118201</t>
+  </si>
+  <si>
+    <t>Bank Rakyat Indonesia</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>291,056,963</t>
+  </si>
+  <si>
+    <t>3900.00</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>68114140.76</t>
+  </si>
+  <si>
+    <t>0.98</t>
+  </si>
+  <si>
+    <t>B01NPJ1</t>
+  </si>
+  <si>
+    <t>INE467B01029</t>
+  </si>
+  <si>
+    <t>Tata Consultancy Services</t>
+  </si>
+  <si>
+    <t>2,078,249</t>
+  </si>
+  <si>
+    <t>2888.40</t>
+  </si>
+  <si>
+    <t>67607826.57</t>
+  </si>
+  <si>
+    <t>0.97</t>
+  </si>
+  <si>
+    <t>B0J2D41</t>
+  </si>
+  <si>
+    <t>KYG070341048</t>
+  </si>
+  <si>
+    <t>Baidu.com Group Holding</t>
+  </si>
+  <si>
+    <t>3,937,750</t>
+  </si>
+  <si>
+    <t>133.20</t>
+  </si>
+  <si>
+    <t>67414053.26</t>
+  </si>
+  <si>
+    <t>BM91SH0</t>
+  </si>
+  <si>
+    <t>US48553T1060</t>
+  </si>
+  <si>
+    <t>Kanzhun ADR</t>
+  </si>
+  <si>
+    <t>2,777,074</t>
+  </si>
+  <si>
+    <t>23.36</t>
+  </si>
+  <si>
+    <t>64872448.64</t>
+  </si>
+  <si>
+    <t>0.93</t>
+  </si>
+  <si>
+    <t>BN7FZ69</t>
+  </si>
+  <si>
+    <t>INE148O01028</t>
+  </si>
+  <si>
+    <t>Delhivery Ltd</t>
+  </si>
+  <si>
+    <t>12,645,723</t>
+  </si>
+  <si>
+    <t>450.05</t>
+  </si>
+  <si>
+    <t>64098296.64</t>
+  </si>
+  <si>
+    <t>0.92</t>
+  </si>
+  <si>
+    <t>BP3R2F1</t>
+  </si>
+  <si>
+    <t>CNE0000018R8</t>
+  </si>
+  <si>
+    <t>Kweichow Moutai 'A'</t>
+  </si>
+  <si>
+    <t>311,917</t>
+  </si>
+  <si>
+    <t>1443.99</t>
+  </si>
+  <si>
+    <t>63272907.56</t>
+  </si>
+  <si>
+    <t>0.91</t>
+  </si>
+  <si>
+    <t>6725299</t>
+  </si>
+  <si>
+    <t>CNE100000502</t>
+  </si>
+  <si>
+    <t>Zijin Mining Group Co Ltd 'H'</t>
+  </si>
+  <si>
+    <t>15,052,000</t>
+  </si>
+  <si>
+    <t>32.60</t>
+  </si>
+  <si>
+    <t>63068119.89</t>
+  </si>
+  <si>
+    <t>B0V3XR5</t>
+  </si>
+  <si>
+    <t>KR7086280005</t>
+  </si>
+  <si>
+    <t>Hyundai Glovis</t>
+  </si>
+  <si>
+    <t>502,669</t>
+  </si>
+  <si>
+    <t>165400.00</t>
+  </si>
+  <si>
+    <t>59257654.82</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
+    <t>BSD3B20</t>
+  </si>
+  <si>
+    <t>HK0001200002</t>
+  </si>
+  <si>
+    <t>Zijin Gold International</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>3,790,055</t>
+  </si>
+  <si>
+    <t>120.60</t>
+  </si>
+  <si>
+    <t>58747703.59</t>
+  </si>
+  <si>
+    <t>BMBR6F0</t>
+  </si>
+  <si>
+    <t>US23292E1082</t>
+  </si>
+  <si>
+    <t>DiDi Global ADR</t>
+  </si>
+  <si>
+    <t>9,099,827</t>
+  </si>
+  <si>
     <t>6.22</t>
-  </si>
-[...1009 lines deleted...]
-    <t>9,099,827</t>
   </si>
   <si>
     <t>56600923.94</t>
   </si>
   <si>
     <t>0.81</t>
   </si>
   <si>
     <t>2246039</t>
   </si>
   <si>
     <t>US3444191064</t>
   </si>
   <si>
     <t>FEMSA ADR</t>
   </si>
   <si>
     <t>562,966</t>
   </si>
   <si>
     <t>98.63</t>
   </si>
   <si>
     <t>55525336.58</t>
   </si>
@@ -2573,51 +2576,51 @@
       </c>
       <c r="H13" s="0" t="s">
         <v>94</v>
       </c>
       <c r="I13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="0" t="s">
         <v>126</v>
       </c>
       <c r="K13" s="0" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>129</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>130</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>86</v>
       </c>
       <c r="I14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="0" t="s">
         <v>131</v>
       </c>
       <c r="K14" s="0" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0">
@@ -3632,1503 +3635,1503 @@
       </c>
       <c r="K43" s="0" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>341</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>342</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>343</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>6</v>
+        <v>344</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="K44" s="0" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>180</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>86</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K47" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>86</v>
       </c>
       <c r="I48" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>152</v>
       </c>
       <c r="I49" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>272</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>103</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K51" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>103</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K55" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="I56" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J56" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="K56" s="0" t="s">
         <v>425</v>
-      </c>
-[...25 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="K57" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>152</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>180</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>183</v>
       </c>
       <c r="I63" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>91</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>94</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>86</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K68" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="K71" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>272</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="K75" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>160</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>83</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>86</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="K79" s="0" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>100</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K80" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>241</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>160</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>62</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>39</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1"/>
   <headerFooter/>
 </worksheet>
 </file>