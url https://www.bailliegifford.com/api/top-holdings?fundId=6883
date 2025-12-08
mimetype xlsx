--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -10,338 +10,371 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Top 10" sheetId="1" r:id="rId1"/>
     <sheet name="All holdings" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Top 10'!$A$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'All holdings'!$A$1</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="316">
+  <si>
+    <t>Long Term Global Growth Equity Fund - 30/11/2025</t>
+  </si>
+  <si>
+    <t>Holding</t>
+  </si>
+  <si>
+    <t>Fund %</t>
+  </si>
+  <si>
+    <t>Amazon.com</t>
+  </si>
+  <si>
+    <t>6.42</t>
+  </si>
+  <si>
+    <t>NVIDIA</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>AppLovin</t>
+  </si>
+  <si>
+    <t>4.76</t>
+  </si>
+  <si>
+    <t>Netflix</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>4.10</t>
+  </si>
+  <si>
+    <t>Tencent</t>
+  </si>
+  <si>
+    <t>3.99</t>
+  </si>
+  <si>
+    <t>Cloudflare</t>
+  </si>
+  <si>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>Nu Holdings</t>
+  </si>
+  <si>
+    <t>3.50</t>
+  </si>
+  <si>
+    <t>Spotify</t>
+  </si>
+  <si>
+    <t>3.35</t>
+  </si>
+  <si>
+    <t>Coupang</t>
+  </si>
+  <si>
+    <t>3.34</t>
+  </si>
   <si>
     <t>Long Term Global Growth Equity Fund - 30/09/2025</t>
   </si>
   <si>
-    <t>Holding</t>
-[...5 lines deleted...]
-    <t>NVIDIA</t>
+    <t>SEDOL</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Stock name</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>Asset price</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>Asset type</t>
+  </si>
+  <si>
+    <t>Market Value (CAD)</t>
+  </si>
+  <si>
+    <t>2379504</t>
+  </si>
+  <si>
+    <t>US67066G1040</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>350,764</t>
+  </si>
+  <si>
+    <t>186.58</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>91060934.18</t>
   </si>
   <si>
     <t>5.76</t>
   </si>
   <si>
-    <t>Amazon.com</t>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>294,904</t>
+  </si>
+  <si>
+    <t>219.57</t>
+  </si>
+  <si>
+    <t>90096031.90</t>
   </si>
   <si>
     <t>5.70</t>
   </si>
   <si>
-    <t>AppLovin</t>
+    <t>BMV3LG4</t>
+  </si>
+  <si>
+    <t>US03831W1080</t>
+  </si>
+  <si>
+    <t>85,075</t>
+  </si>
+  <si>
+    <t>718.54</t>
+  </si>
+  <si>
+    <t>85055990.42</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
-    <t>Cloudflare</t>
+    <t>BJXC5M2</t>
+  </si>
+  <si>
+    <t>US18915M1071</t>
+  </si>
+  <si>
+    <t>Cloudflare Inc</t>
+  </si>
+  <si>
+    <t>249,734</t>
+  </si>
+  <si>
+    <t>214.59</t>
+  </si>
+  <si>
+    <t>74565709.01</t>
   </si>
   <si>
     <t>4.72</t>
   </si>
   <si>
-    <t>Netflix</t>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>42,021</t>
+  </si>
+  <si>
+    <t>1198.92</t>
+  </si>
+  <si>
+    <t>70098477.75</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Tencent</t>
+    <t>BMMV2K8</t>
+  </si>
+  <si>
+    <t>KYG875721634</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>545,300</t>
+  </si>
+  <si>
+    <t>663.00</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>64654550.93</t>
   </si>
   <si>
     <t>4.09</t>
   </si>
   <si>
-    <t>Sea Limited</t>
+    <t>BYWD7L4</t>
+  </si>
+  <si>
+    <t>US81141R1005</t>
+  </si>
+  <si>
+    <t>Sea Ltd ADR</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>257,039</t>
+  </si>
+  <si>
+    <t>178.73</t>
+  </si>
+  <si>
+    <t>63921723.61</t>
   </si>
   <si>
     <t>4.05</t>
   </si>
   <si>
-    <t>Spotify</t>
+    <t>BFZ1K46</t>
+  </si>
+  <si>
+    <t>LU1778762911</t>
+  </si>
+  <si>
+    <t>Spotify Technology SA</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>60,947</t>
+  </si>
+  <si>
+    <t>698.00</t>
+  </si>
+  <si>
+    <t>59191555.69</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
-    <t>Coupang</t>
+    <t>BNYHDF3</t>
+  </si>
+  <si>
+    <t>US22266T1097</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>1,271,077</t>
+  </si>
+  <si>
+    <t>32.20</t>
+  </si>
+  <si>
+    <t>56948164.46</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
+    <t>BMWBC20</t>
+  </si>
+  <si>
+    <t>US7710491033</t>
+  </si>
+  <si>
     <t>Roblox</t>
   </si>
   <si>
+    <t>293,614</t>
+  </si>
+  <si>
+    <t>138.52</t>
+  </si>
+  <si>
+    <t>56590201.60</t>
+  </si>
+  <si>
     <t>3.58</t>
   </si>
   <si>
-    <t>SEDOL</t>
-[...208 lines deleted...]
-  <si>
     <t>B929F46</t>
   </si>
   <si>
     <t>NL0010273215</t>
-  </si>
-[...1 lines deleted...]
-    <t>ASML</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>41,634</t>
   </si>
   <si>
     <t>828.10</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>56366463.22</t>
   </si>
   <si>
     <t>3.57</t>
   </si>
   <si>
     <t>BYVW0F7</t>
   </si>
   <si>
     <t>US7223041028</t>
   </si>
@@ -1140,1422 +1173,1422 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="59.71428680419922" customWidth="1"/>
     <col min="2" max="2" width="11.571428298950195" customWidth="1"/>
     <col min="3" max="3" width="17.285715103149414" customWidth="1"/>
     <col min="4" max="4" width="27.14285659790039" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="12.428571701049805" customWidth="1"/>
     <col min="7" max="7" width="13.857142448425293" customWidth="1"/>
     <col min="8" max="8" width="11.285714149475098" customWidth="1"/>
     <col min="9" max="9" width="13.285714149475098" customWidth="1"/>
     <col min="10" max="10" width="23.85714340209961" customWidth="1"/>
     <col min="11" max="11" width="9.142857551574707" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H2" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I2" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J2" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K2" s="0" t="s">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J3" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K3" s="0" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="K4" s="0" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I5" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J5" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="K5" s="0" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="K6" s="0" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="K7" s="0" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="K8" s="0" t="s">
-        <v>16</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="K9" s="0" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="K10" s="0" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K11" s="0" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="K12" s="0" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="K13" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="K14" s="0" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="K15" s="0" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="K17" s="0" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="K18" s="0" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="K19" s="0" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="K20" s="0" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="K21" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="K22" s="0" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="K25" s="0" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="K26" s="0" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="K30" s="0" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="K31" s="0" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="K32" s="0" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="K33" s="0" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="K34" s="0" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="K35" s="0" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="K36" s="0" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="K37" s="0" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="K39" s="0" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1"/>
   <headerFooter/>
 </worksheet>
 </file>