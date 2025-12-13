--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -10,119 +10,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Top 10" sheetId="1" r:id="rId1"/>
     <sheet name="All holdings" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Top 10'!$A$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'All holdings'!$A$1</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="442">
-[...1 lines deleted...]
-    <t>Sustainable Growth Equity Fund - 31/10/2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="439">
+  <si>
+    <t>Sustainable Growth Equity Fund - 30/11/2025</t>
   </si>
   <si>
     <t>Holding</t>
   </si>
   <si>
     <t>Fund %</t>
   </si>
   <si>
+    <t>Microsoft</t>
+  </si>
+  <si>
+    <t>6.24</t>
+  </si>
+  <si>
     <t>Alphabet</t>
   </si>
   <si>
-    <t>6.47</t>
-[...5 lines deleted...]
-    <t>6.34</t>
+    <t>5.93</t>
   </si>
   <si>
     <t>TSMC</t>
   </si>
   <si>
-    <t>5.87</t>
+    <t>4.65</t>
+  </si>
+  <si>
+    <t>Illumina</t>
+  </si>
+  <si>
+    <t>3.64</t>
   </si>
   <si>
     <t>MercadoLibre</t>
   </si>
   <si>
-    <t>3.54</t>
-[...11 lines deleted...]
-    <t>2.92</t>
+    <t>3.27</t>
   </si>
   <si>
     <t>Mastercard</t>
   </si>
   <si>
-    <t>2.87</t>
+    <t>2.97</t>
+  </si>
+  <si>
+    <t>Recruit Holdings</t>
+  </si>
+  <si>
+    <t>2.89</t>
+  </si>
+  <si>
+    <t>Edwards Lifesciences</t>
+  </si>
+  <si>
+    <t>2.83</t>
+  </si>
+  <si>
+    <t>DSV</t>
   </si>
   <si>
     <t>Intuit</t>
   </si>
   <si>
-    <t>2.84</t>
-[...11 lines deleted...]
-    <t>2.59</t>
+    <t>2.77</t>
   </si>
   <si>
     <t>Sustainable Growth Equity Fund - 30/09/2025</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Stock name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Asset price</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Asset type</t>
   </si>
@@ -216,53 +213,50 @@
   <si>
     <t>2336.94</t>
   </si>
   <si>
     <t>780388.40</t>
   </si>
   <si>
     <t>3.57</t>
   </si>
   <si>
     <t>B121557</t>
   </si>
   <si>
     <t>US57636Q1040</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>568.81</t>
   </si>
   <si>
     <t>648982.63</t>
   </si>
   <si>
-    <t>2.97</t>
-[...1 lines deleted...]
-  <si>
     <t>2459020</t>
   </si>
   <si>
     <t>US4612021034</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>682.91</t>
   </si>
   <si>
     <t>639485.25</t>
   </si>
   <si>
     <t>2.93</t>
   </si>
   <si>
     <t>0709954</t>
   </si>
   <si>
     <t>GB0007099541</t>
   </si>
   <si>
     <t>Prudential</t>
@@ -331,53 +325,50 @@
     <t>2567116</t>
   </si>
   <si>
     <t>US28176E1082</t>
   </si>
   <si>
     <t>Edwards Lifesciences Corp</t>
   </si>
   <si>
     <t>5,001</t>
   </si>
   <si>
     <t>77.77</t>
   </si>
   <si>
     <t>541154.10</t>
   </si>
   <si>
     <t>2.48</t>
   </si>
   <si>
     <t>BQRRZ00</t>
   </si>
   <si>
     <t>JP3970300004</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recruit Holdings</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>7,200</t>
   </si>
   <si>
     <t>7963.00</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>540162.99</t>
   </si>
   <si>
     <t>2.47</t>
   </si>
   <si>
     <t>B1WT5G2</t>
   </si>
   <si>
     <t>DK0060079531</t>
   </si>
@@ -1508,2092 +1499,2092 @@
         <v>15</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="53.42856979370117" customWidth="1"/>
     <col min="2" max="2" width="11.571428298950195" customWidth="1"/>
     <col min="3" max="3" width="18.428571701049805" customWidth="1"/>
     <col min="4" max="4" width="35.42856979370117" customWidth="1"/>
     <col min="5" max="5" width="17.428571701049805" customWidth="1"/>
     <col min="6" max="6" width="9.571428298950195" customWidth="1"/>
     <col min="7" max="7" width="13.857142448425293" customWidth="1"/>
     <col min="8" max="8" width="11.285714149475098" customWidth="1"/>
     <col min="9" max="9" width="13.285714149475098" customWidth="1"/>
     <col min="10" max="10" width="23.85714340209961" customWidth="1"/>
     <col min="11" max="11" width="9.142857551574707" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="D2" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="D2" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="0" t="s">
+      <c r="F2" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="F2" s="0" t="s">
+      <c r="G2" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="G2" s="0" t="s">
+      <c r="H2" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="H2" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="J2" s="0" t="s">
+      <c r="K2" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C3" s="0" t="s">
+      <c r="D3" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="D3" s="0" t="s">
+      <c r="E3" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="E3" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="0" t="s">
+      <c r="G3" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="G3" s="0" t="s">
+      <c r="H3" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="H3" s="0" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="0" t="s">
+      <c r="K3" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F4" s="0" t="s">
+      <c r="G4" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="G4" s="0" t="s">
+      <c r="H4" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="H4" s="0" t="s">
+      <c r="I4" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="I4" s="0" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="0" t="s">
+      <c r="K4" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="0" t="s">
+      <c r="F5" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="G5" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="G5" s="0" t="s">
+      <c r="H5" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="H5" s="0" t="s">
-[...5 lines deleted...]
-      <c r="J5" s="0" t="s">
+      <c r="K5" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="D6" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="0" t="s">
+      <c r="G6" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="G6" s="0" t="s">
+      <c r="H6" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="H6" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K6" s="0" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="G7" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="D7" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="0" t="s">
+      <c r="H7" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="G7" s="0" t="s">
+      <c r="K7" s="0" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="E8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="H8" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="G8" s="0" t="s">
+      <c r="I8" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="H8" s="0" t="s">
+      <c r="K8" s="0" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="D9" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I9" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="K9" s="0" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="F10" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="E10" s="0" t="s">
+      <c r="G10" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="F10" s="0" t="s">
+      <c r="H10" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I10" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="G10" s="0" t="s">
+      <c r="K10" s="0" t="s">
         <v>95</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="E11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="G11" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="0" t="s">
+      <c r="H11" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I11" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="G11" s="0" t="s">
+      <c r="K11" s="0" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="H12" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="I12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="G12" s="0" t="s">
+      <c r="K12" s="0" t="s">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="0" t="s">
+      <c r="H13" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="I13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="G13" s="0" t="s">
+      <c r="K13" s="0" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="G14" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="I14" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="0" t="s">
+      <c r="K14" s="0" t="s">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="H15" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="F15" s="0" t="s">
+      <c r="I15" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="G15" s="0" t="s">
+      <c r="K15" s="0" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="H16" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I16" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="E16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="0" t="s">
+      <c r="K16" s="0" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="G17" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="H17" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="I17" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="G17" s="0" t="s">
+      <c r="K17" s="0" t="s">
         <v>150</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="G18" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="H18" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="E18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="0" t="s">
+      <c r="K18" s="0" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="G19" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="H19" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="0" t="s">
+      <c r="K19" s="0" t="s">
         <v>164</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="H20" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I20" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="0" t="s">
+      <c r="K20" s="0" t="s">
         <v>171</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="G21" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="H21" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="E21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="0" t="s">
+      <c r="K21" s="0" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="G22" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="H22" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="0" t="s">
+      <c r="K22" s="0" t="s">
         <v>185</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="G23" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="H23" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I23" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="E23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="0" t="s">
+      <c r="K23" s="0" t="s">
         <v>192</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="F24" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="G24" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="E24" s="0" t="s">
+      <c r="H24" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="F24" s="0" t="s">
+      <c r="I24" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="G24" s="0" t="s">
+      <c r="K24" s="0" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="G25" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="H25" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="I25" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="E25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="0" t="s">
+      <c r="K25" s="0" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="G26" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="H26" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="I26" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="E26" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="0" t="s">
+      <c r="K26" s="0" t="s">
         <v>215</v>
-      </c>
-[...13 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="H27" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I27" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="K27" s="0" t="s">
         <v>223</v>
-      </c>
-[...13 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="F28" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="G28" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="E28" s="0" t="s">
+      <c r="H28" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I28" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="F28" s="0" t="s">
+      <c r="K28" s="0" t="s">
         <v>231</v>
-      </c>
-[...13 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I29" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="E29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="0" t="s">
+      <c r="K29" s="0" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="G30" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="H30" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="I30" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="E30" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="0" t="s">
+      <c r="K30" s="0" t="s">
         <v>245</v>
-      </c>
-[...13 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="G31" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="D31" s="0" t="s">
+      <c r="H31" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I31" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="E31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="0" t="s">
+      <c r="K31" s="0" t="s">
         <v>252</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="G32" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="H32" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I32" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="0" t="s">
+      <c r="K32" s="0" t="s">
         <v>259</v>
-      </c>
-[...13 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="G33" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="D33" s="0" t="s">
+      <c r="H33" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I33" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="E33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="0" t="s">
+      <c r="K33" s="0" t="s">
         <v>266</v>
-      </c>
-[...13 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="G34" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="D34" s="0" t="s">
+      <c r="H34" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I34" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="0" t="s">
+      <c r="K34" s="0" t="s">
         <v>273</v>
-      </c>
-[...13 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="G35" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="H35" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I35" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="E35" s="0" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K35" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F36" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="G36" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="H36" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I36" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="E36" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="0" t="s">
+      <c r="K36" s="0" t="s">
         <v>286</v>
-      </c>
-[...13 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="G37" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D37" s="0" t="s">
+      <c r="H37" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I37" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="E37" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="0" t="s">
+      <c r="K37" s="0" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="G38" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D38" s="0" t="s">
+      <c r="H38" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I38" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J38" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="K38" s="0" t="s">
         <v>300</v>
-      </c>
-[...13 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="G39" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="H39" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="I39" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="E39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="0" t="s">
+      <c r="K39" s="0" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="F40" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D40" s="0" t="s">
+      <c r="G40" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="E40" s="0" t="s">
+      <c r="H40" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="F40" s="0" t="s">
+      <c r="I40" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="G40" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K40" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="D41" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="G41" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="E41" s="0" t="s">
+      <c r="H41" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="F41" s="0" t="s">
+      <c r="I41" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="G41" s="0" t="s">
+      <c r="K41" s="0" t="s">
         <v>322</v>
-      </c>
-[...10 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F42" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="G42" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="H42" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I42" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="E42" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="0" t="s">
+      <c r="K42" s="0" t="s">
         <v>329</v>
-      </c>
-[...13 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="G43" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="H43" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="E43" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="0" t="s">
+      <c r="I43" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J43" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="G43" s="0" t="s">
+      <c r="K43" s="0" t="s">
         <v>337</v>
-      </c>
-[...10 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="G44" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="H44" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="I44" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J44" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="0" t="s">
+      <c r="K44" s="0" t="s">
         <v>344</v>
-      </c>
-[...13 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>348</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="G45" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="H45" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I45" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J45" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="0" t="s">
+      <c r="K45" s="0" t="s">
         <v>351</v>
-      </c>
-[...13 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="G46" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="D46" s="0" t="s">
+      <c r="H46" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I46" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J46" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="0" t="s">
+      <c r="K46" s="0" t="s">
         <v>358</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="G47" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="H47" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I47" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="0" t="s">
+      <c r="K47" s="0" t="s">
         <v>365</v>
-      </c>
-[...13 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="G48" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="H48" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I48" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" s="0" t="s">
         <v>371</v>
       </c>
-      <c r="E48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="0" t="s">
+      <c r="K48" s="0" t="s">
         <v>372</v>
-      </c>
-[...13 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="G49" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="D49" s="0" t="s">
+      <c r="H49" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I49" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="E49" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="0" t="s">
+      <c r="K49" s="0" t="s">
         <v>379</v>
-      </c>
-[...13 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="G50" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="H50" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="I50" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="0" t="s">
+      <c r="K50" s="0" t="s">
         <v>386</v>
-      </c>
-[...13 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="G51" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="H51" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="I51" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J51" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="0" t="s">
+      <c r="K51" s="0" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="F52" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="G52" s="0" t="s">
         <v>398</v>
       </c>
-      <c r="D52" s="0" t="s">
+      <c r="H52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I52" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J52" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="0" t="s">
+      <c r="K52" s="0" t="s">
         <v>400</v>
-      </c>
-[...13 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="F53" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="G53" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="D53" s="0" t="s">
+      <c r="H53" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="I53" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="E53" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="0" t="s">
+      <c r="K53" s="0" t="s">
         <v>407</v>
-      </c>
-[...13 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="G54" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="H54" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I54" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="0" t="s">
+      <c r="K54" s="0" t="s">
         <v>414</v>
-      </c>
-[...13 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="G55" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="H55" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I55" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J55" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="E55" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="0" t="s">
+      <c r="K55" s="0" t="s">
         <v>421</v>
-      </c>
-[...13 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="F56" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="G56" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="H56" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="I56" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J56" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="E56" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="0" t="s">
+      <c r="K56" s="0" t="s">
         <v>428</v>
-      </c>
-[...13 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="G57" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="H57" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I57" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="E57" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="0" t="s">
+      <c r="K57" s="0" t="s">
         <v>435</v>
-      </c>
-[...13 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1"/>
   <headerFooter/>
 </worksheet>
 </file>