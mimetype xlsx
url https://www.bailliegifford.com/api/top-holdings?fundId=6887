--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -12,117 +12,117 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Top 10" sheetId="1" r:id="rId1"/>
     <sheet name="All holdings" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Top 10'!$A$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'All holdings'!$A$1</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="247">
   <si>
-    <t>International Concentrated Growth Fund - 31/10/2025</t>
+    <t>International Concentrated Growth Fund - 30/11/2025</t>
   </si>
   <si>
     <t>Holding</t>
   </si>
   <si>
     <t>Fund %</t>
   </si>
   <si>
     <t>MercadoLibre</t>
   </si>
   <si>
-    <t>12.44</t>
+    <t>11.81</t>
   </si>
   <si>
     <t>TSMC</t>
   </si>
   <si>
-    <t>10.38</t>
+    <t>10.41</t>
   </si>
   <si>
     <t>Spotify</t>
   </si>
   <si>
-    <t>9.28</t>
+    <t>9.04</t>
   </si>
   <si>
     <t>ASML</t>
   </si>
   <si>
-    <t>6.78</t>
+    <t>7.16</t>
   </si>
   <si>
     <t>Adyen</t>
   </si>
   <si>
-    <t>6.32</t>
+    <t>6.11</t>
   </si>
   <si>
     <t>Sea Limited</t>
   </si>
   <si>
-    <t>5.35</t>
+    <t>5.08</t>
+  </si>
+  <si>
+    <t>Ferrari</t>
+  </si>
+  <si>
+    <t>5.05</t>
   </si>
   <si>
     <t>NVIDIA</t>
   </si>
   <si>
-    <t>5.30</t>
-[...5 lines deleted...]
-    <t>4.83</t>
+    <t>4.94</t>
+  </si>
+  <si>
+    <t>Tencent</t>
+  </si>
+  <si>
+    <t>4.28</t>
   </si>
   <si>
     <t>Shopify</t>
   </si>
   <si>
-    <t>4.25</t>
-[...5 lines deleted...]
-    <t>4.13</t>
+    <t>4.14</t>
   </si>
   <si>
     <t>International Concentrated Growth Fund - 30/09/2025</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Stock name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Asset price</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Asset type</t>
   </si>
@@ -1255,86 +1255,86 @@
       </c>
       <c r="H8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>86</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>91</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>92</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="0" t="s">
         <v>93</v>
       </c>
       <c r="K9" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>100</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>38</v>
       </c>
       <c r="J10" s="0" t="s">
         <v>101</v>
       </c>
       <c r="K10" s="0" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0">