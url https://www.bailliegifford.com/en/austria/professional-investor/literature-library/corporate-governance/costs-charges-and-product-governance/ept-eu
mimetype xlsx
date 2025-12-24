--- v0 (2025-12-05)
+++ v1 (2025-12-24)
@@ -1,73 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://financialexpress-my.sharepoint.com/personal/anna_gordeeva_fefundinfo_com/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{61E928E5-D6ED-43FD-B295-A9AEE407901E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{23151B72-B289-4DB4-96C7-4B8D4E440E44}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{58BFE4F0-36FC-42FC-A90A-AC9853E578A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6271" uniqueCount="950">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6021" uniqueCount="924">
   <si>
     <t>00001_EPT_Version</t>
   </si>
   <si>
     <t>00002_EPT_Producer_Name</t>
   </si>
   <si>
     <t>00004_EPT_Producer_Email</t>
   </si>
   <si>
     <t>00005_File_Generation_Date_And_Time</t>
   </si>
   <si>
     <t>00006_EPT_Data_Reporting_Narratives</t>
   </si>
   <si>
     <t>00007_EPT_Data_Reporting_Costs</t>
   </si>
   <si>
     <t>00008_EPT_Data_Reporting_Additional_Requirements_German_MOPs</t>
   </si>
   <si>
     <t>00009_EPT_Additional_Information_Structured_Products</t>
   </si>
   <si>
@@ -403,62 +396,65 @@
   <si>
     <t>07070_One_Off_Costs_Portfolio_Entry_Cost</t>
   </si>
   <si>
     <t>07080_One_Off_Costs_Portfolio_Exit_Cost</t>
   </si>
   <si>
     <t>07090_Ongoing_Costs_Portfolio_Transaction_Costs</t>
   </si>
   <si>
     <t>07100_Ongoing_Costs_Management_Fees_And_Other_Administrative_Or_Operating_Costs</t>
   </si>
   <si>
     <t>07110_Incidental_Costs_Portfolio_Performance_Fees_Carried_Interest</t>
   </si>
   <si>
     <t>V20</t>
   </si>
   <si>
     <t>FE Fundinfo (Luxembourg) S.à r.l.</t>
   </si>
   <si>
     <t>publifundsupport@fefundinfo.com</t>
   </si>
   <si>
-    <t>2025-10-31 10:42:11</t>
+    <t>2025-11-28 10:51:12</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Baillie Gifford Investment Management (Europe) Limited</t>
   </si>
   <si>
+    <t>Baillie Gifford</t>
+  </si>
+  <si>
     <t>213800UMCR6T2PTQSG68</t>
   </si>
   <si>
     <t>bgeteam@bailliegifford.com</t>
   </si>
   <si>
     <t>IE00BN15WP34</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A CHF Accumulation</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>2025-07-17</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BN15WP34/en_IE</t>
   </si>
   <si>
     <t>XL41</t>
   </si>
   <si>
     <t>eng</t>
@@ -574,2337 +570,2256 @@
   <si>
     <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon with a focus on investing in companies that promote improving environmental and social standards. The Fund considers sustainability preferences through the qualitative consideration of principal adverse impacts using an exclusionary approach. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
   </si>
   <si>
     <t>The Fund aims to maximise the total return, mainly through capital growth. The Fund can invest in any economic sector in emerging markets worldwide, either directly or indirectly. Investment will be mainly in shares of companies. The emerging market companies in which the Fund will invest are those having a market capitalisation free float above U.S. $1 billion. The Investment Manager will decide what constitutes an emerging market. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI Emerging Markets Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
   </si>
   <si>
     <t>Exposure to emerging markets, which includes China, and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
   </si>
   <si>
     <t>Unfavourable This type of scenario occurred for an investment between June 2021 and August 2024.</t>
   </si>
   <si>
     <t>Moderate This type of scenario occurred for an investment between April 2017 and April 2022.</t>
   </si>
   <si>
     <t>Favourable This type of scenario occurred for an investment between February 2016 and February 2021.</t>
   </si>
   <si>
     <t>0.82% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
   </si>
   <si>
     <t>IE000WUM70S2</t>
   </si>
   <si>
-    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Dividend Growth Fund B GBP Accumulation</t>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE000WUM70S2/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE000WUM70S2/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE000WUM70S2/en_IE</t>
   </si>
   <si>
-    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth and income over a long-term investment horizon with a focus on investing in companies which are managed and behave responsibly. The Fund considers sustainability preferences through a minimum proportion of sustainable investments and the qualitative consideration of principal adverse impacts using an exclusionary approach. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance and investing for less than five years. The Fund does not offer capital protection.</t>
-[...2 lines deleted...]
-    <t>The Fund aims to achieve a higher level of income than global equities whilst, over the longer term, achieving growth in both income and capital by investing primarily in shares of companies anywhere in the world which meet the relevant environmental, social and governance criteria and will exclude companies from certain industries and companies which are inconsistent with the principles of United Nations Global Compact for Business. The Fund will invest at least 90% in shares of companies anywhere in the world which are managed and behave responsibly. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) and yield is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon with a focus on investing in companies which are managed and behave responsibly. The Fund considers sustainability preferences through a minimum proportion of sustainable investments and the qualitative consideration of principal adverse impacts using an exclusionary approach. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive total returns over the long term by investing primarily in shares of companies anywhere in the world which meet the relevant environmental, social and governance criteria and will exclude companies from certain industries and companies which are inconsistent with the principles of United Nations Global Compact for Business. The Fund will invest at least 90% in shares of companies anywhere in the world which are managed and behave responsibly. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
   </si>
   <si>
     <t>This rates the potential losses from future performance at a medium level, and poor market conditions could impact the capacity of Baillie Gifford Investment Management (Europe) Limited to pay you.</t>
   </si>
   <si>
     <t>Exposure to emerging markets, which includes China, and foreign currencies may increase risk. Some charges are taken from capital reducing the capital value.</t>
   </si>
   <si>
     <t>Moderate This type of scenario occurred for an investment between April 2018 and April 2023.</t>
   </si>
   <si>
-    <t>0.61% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+    <t>0.59% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
   </si>
   <si>
     <t>IE00BMD8PD21</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A AUD Accumulation (Hedged)</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>2025-08-07</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BMD8PD21/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BMD8PD21/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BMD8PD21/en_IE</t>
   </si>
   <si>
     <t>The Fund aims to produce strong capital returns over the long term. The Fund invests mainly in shares in a small number of companies worldwide. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. This hedged share class aims to remove the currency exposure between the currency of the share class and that of the majority of the underlying assets of the Fund. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
   </si>
   <si>
     <t>This rates the potential losses from future performance at a high level, and poor market conditions are very likely to impact the capacity of Baillie Gifford Investment Management (Europe) Limited to pay you.</t>
   </si>
   <si>
     <t>Risk raised by exposure to emerging markets, including China, foreign currencies and concentrated portfolio. If charges exceed income then excess taken from capital.</t>
   </si>
   <si>
     <t>Unfavourable This type of scenario occurred for an investment between October 2021 and April 2025.</t>
   </si>
   <si>
     <t>Favourable This type of scenario occurred for an investment between June 2016 and June 2021.</t>
   </si>
   <si>
     <t>1.57% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
   </si>
   <si>
     <t>IE00BK8PGF30</t>
   </si>
   <si>
-    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Dividend Growth Fund B USD Income</t>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B USD Income</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BK8PGF30/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BK8PGF30/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BK8PGF30/en_IE</t>
   </si>
   <si>
-    <t>This Fund is suitable for all investors seeking a Fund that aims to deliver income and capital growth over a long-term investment horizon. The investor should be prepared to bear losses. This Fund is compatible for mass market distribution. This Fund may not be suitable for investors who are concerned about short-term volatility and performance and investing for less than five years. This Fund does not offer capital protection.</t>
-[...2 lines deleted...]
-    <t>The Fund aims to achieve a higher level of income than global equities whilst, over the longer term, achieving growth in both income and capital. The Fund invests mainly in shares of companies worldwide. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) and yield is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+    <t>This Fund is suitable for all investors seeking a Fund that aims to deliver capital growth over a long-term investment horizon. The investor should be prepared to bear losses. This Fund is compatible for mass market distribution. This Fund may not be suitable for investors who are concerned about short-term volatility and performance and investing for less than five years. This Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive total returns over the long term by investing primarily in global equities. The Fund invests mainly in shares of companies worldwide. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between December 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between October 2019 and October 2024.</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between December 2016 and December 2021.</t>
+  </si>
+  <si>
+    <t>0.65% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BK8PGD16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK8PGD16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK8PGD16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK8PGD16/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between January 2024 and January 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between June 2018 and June 2023.</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between August 2016 and August 2021.</t>
+  </si>
+  <si>
+    <t>IE00BKLC2X16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLC2X16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLC2X16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLC2X16/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon by investing in companies focused on sustainable value creation. The Fund integrates the consideration of environmental, social and governance matters as part of the investment process through the use of qualitative analysis and quantitative screens. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive returns, mainly through capital growth, over the long term. The Fund invests mainly in shares of companies worldwide which we consider offer excellent future growth prospects. The Fund will invest in shares of companies in any country and in any sector which typically at the time of initial purchase have a market capitalisation which is smaller or equal to the market capitalisation of the largest company in the MSCI All Country World Small Cap Index (measured on the second business day of each calendar month). The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Manager's policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) should be measured against the MSCI ACWI Small Cap Index for illustrative purposes only. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>The concentrated portfolio, exposure to smaller, immature companies and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between January 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between May 2017 and May 2022.</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between January 2016 and January 2021.</t>
+  </si>
+  <si>
+    <t>0.88% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BF6NPR96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF6NPR96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF6NPR96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF6NPR96/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive total returns over the long term by investing primarily in global equities. The Fund invests mainly in shares of companies worldwide. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00BKLC2W09</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLC2W09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLC2W09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLC2W09/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BJK3VZ31</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJK3VZ31/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJK3VZ31/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJK3VZ31/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver long-term growth and has a sustainable objective to deliver positive impact. The Fund considers sustainability preferences through sustainable investments including a minimum proportion of Taxonomy aligned investments and the qualitative consideration of principal adverse impacts. Investors should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors concerned about short term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce capital growth over the long term and to contribute towards a more sustainable and inclusive world by investing primarily in the equities of companies whose products, and/or services make a positive social and/or environmental impact. The Fund will invest at least 90% in shares of companies worldwide for whom delivering a positive impact is core to their business; whose products, behaviour and/or services represent an improvement to the prevailing practices; and who conduct business with honesty and integrity. This will include companies addressing critical challenges in the four impact themes, each of which represent key global challenges: (i) social inclusion and education, (ii) environment and resource needs, (iii) healthcare and quality of life and (iv) base of the pyramid (addressing the needs of the poorest four billion people in the world). An impact analysis is conducted to assess whether a company contributes to one of the social impact themes. This analysis is based on the assessment of three factors: (i) intent (ii) product impact and (iii) business practices. The Fund will be concentrated. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index over rolling 5 year periods. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>The concentrated portfolio, and exposure to emerging markets and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between August 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>0.08% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BZ00WJ76</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ00WJ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ00WJ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ00WJ76/en_IE</t>
+  </si>
+  <si>
+    <t>This Fund is suitable for all investors seeking a Fund that aims to deliver capital growth over a long-term investment horizon. The investor should be prepared to bear losses. This Fund is compatible for mass market distribution. This Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. This Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to achieve long-term capital growth. The Fund invests in shares of companies of any size and in any sector in Asia (excluding Japan). The Fund will invest in companies which are listed or conducting a significant portion of their business in Asia (excluding Japan). The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI AC Asia ex Japan Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between October 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>0.83% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BZ00WK81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ00WK81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ00WK81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ00WK81/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between March 2019 and March 2024.</t>
+  </si>
+  <si>
+    <t>IE00BJ5JS224</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ5JS224/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ5JS224/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ5JS224/en_IE</t>
+  </si>
+  <si>
+    <t>1.63% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BJ7VXX24</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B USD Income</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ7VXX24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ7VXX24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ7VXX24/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce strong capital returns over the long term. The Fund invests mainly in shares in a small number of companies worldwide. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>0.67% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BHNBGF56</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A SGD Accumulation</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BHNBGF56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BHNBGF56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BHNBGF56/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce strong capital returns over the long term. The Fund invests mainly in shares in a small number of companies worldwide. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between November 2021 and August 2024.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between February 2017 and February 2022.</t>
+  </si>
+  <si>
+    <t>1.55% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3N92</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3N92/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3N92/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3N92/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce capital growth over the long term. The Fund invests primarily in China 'A' shares. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) should be measured against the MSCI China A Onshore Index for illustrative purposes only. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>The concentrated portfolio, and exposure to a single market, China and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between January 2018 and January 2023.</t>
+  </si>
+  <si>
+    <t>0.30% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3Q24</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B CNH Accumulation</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3Q24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3Q24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3Q24/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between September 2018 and September 2023.</t>
+  </si>
+  <si>
+    <t>IE00BHNZM592</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BHNZM592/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BHNZM592/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BHNZM592/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for investors seeking a fund that aims to deliver long-term capital growth and have a carbon footprint that is lower than that of the MSCI ACWI EU Paris Aligned Requirements Index. This Fund invests in a way which aligns with the Paris Climate Agreement. The Fund considers sustainability preferences through the qualitative consideration of principal adverse impacts using an exclusionary approach. Investors should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to increase the value of its shares through capital growth and dividend income, over the long term. The Fund also aims to have a Carbon Footprint that is lower than that of the MSCI ACWI EU Paris Aligned Requirements Index. The Fund will invest primarily in shares of companies globally while considering environmental, social and/or governance factors that may affect sustainability of a company's profit growth. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Manager's policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund also applies an additional qualitative assessment framework to identify those companies that do not, in the Investment Manager's opinion, align with the objectives of the Paris Climate agreement. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Exposure to emerging markets and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between September 2019 and September 2024.</t>
+  </si>
+  <si>
+    <t>0.66% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BG4PVW16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG4PVW16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG4PVW16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG4PVW16/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between January 2019 and January 2024.</t>
+  </si>
+  <si>
+    <t>IE00BG47J676</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C AUD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG47J676/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG47J676/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG47J676/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between March 2018 and March 2023.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJD81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJD81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BGGJJD81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BGGJJD81/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon by investing in companies covering a broad range of sustainability topics but whose products or services are creating value for society by addressing significant global challenges. The Fund commits to a minimum proportion of sustainable investments as defined under SFDR and considers principal adverse impacts qualitatively through exclusions. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to provide returns comprising capital growth over the long term by investing primarily in global equities which are listed, traded or dealt in on Regulated Markets worldwide covering a broad range of sustainability topics but whose products or services are creating value for society by addressing significant global challenges. The Fund will invest at least 90% in shares of companies globally that have been assessed by the Investment Manager as addressing significant global challenges. The company's alignment is assessed on four areas: products or services, business practices, ambition and trust. In order to be considered as addressing a significant global challenge, a company's products or services must be aligned with one or more of these headline themes: 1) People (the welfare of people); 2) Planet (the condition of the planet); and/or 3) Prosperity (broadening prosperity across society). These themes and associated sub-themes, examples of which are outlined in the Prospectus, align with the United Nations Sustainable Development Goals ("UN SDGs"). To ensure that the company's products or services are aligned with the relevant significant global challenge, the Investment Manager will assess either the revenue or profits derived from the company's products or services. The Investment Manager applies a proprietary assessment to assess companies' creation of value for society. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Investment Manager will comply with its policy on assessing breaches of the United Nations Global Compact Principles for Business as outlined in its Stewardship Principles and Guidelines document. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between May 2015 and May 2020.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJH20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund F GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-08-11</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJH20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BGGJJH20/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between March 2024 and March 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between July 2015 and July 2020.</t>
+  </si>
+  <si>
+    <t>0.50% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BFWYPN26</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Income (Hedged)</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWYPN26/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWYPN26/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWYPN26/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to maximise total returns, mainly through capital growth, over the long term. The Fund can invest in any economic sector in Japan, either directly or indirectly. Investment will be mainly in shares of companies. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the TOPIX Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. This hedged share class aims to remove the currency exposure between the currency of the share class and that of the majority of the underlying assets of the Fund. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between March 2015 and March 2020.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between August 2015 and August 2020.</t>
+  </si>
+  <si>
+    <t>1.72% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJC74</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJC74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BGGJJC74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BGGJJC74/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between June 2021 and April 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between November 2019 and November 2024.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3P17</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3P17/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3P17/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3P17/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WN10</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WN10/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WN10/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WN10/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon by investing in companies focused on sustainable value creation. The investor should be prepared to bear losses. The Fund considers sustainability preferences through the qualitative consideration of principal adverse impacts using an exclusionary approach. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to maximise total returns, mainly through capital growth. The Fund can invest in any economic sector, either directly or indirectly, of the United States of America. Investment will be mainly in shares of companies. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the S&amp;P 500 Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>The concentrated portfolio, and exposure to a single market and foreign currencies may increase risk. Charges are taken from income; if expenses exceed income the capital value falls.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between February 2020 and February 2025.</t>
+  </si>
+  <si>
+    <t>IE000TCFRGS6</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000TCFRGS6/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000TCFRGS6/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000TCFRGS6/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive total returns over the long term by investing primarily in shares of companies anywhere in the world which meet the relevant environmental, social and governance criteria and will exclude companies from certain industries and companies which are inconsistent with the principles of United Nations Global Compact for Business. The Fund will invest at least 90% in shares of companies anywhere in the world which are managed and behave responsibly. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00BD3TXF01</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B AUD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD3TXF01/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD3TXF01/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD3TXF01/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between February 2019 and February 2024.</t>
+  </si>
+  <si>
+    <t>0.58% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BD1DSB51</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD1DSB51/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD1DSB51/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD1DSB51/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD5GZ312</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD5GZ312/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD5GZ312/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD5GZ312/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between October 2021 and August 2024.</t>
+  </si>
+  <si>
+    <t>0.06% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BG88PY66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG88PY66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG88PY66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG88PY66/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between January 2021 and April 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between June 2017 and June 2022.</t>
+  </si>
+  <si>
+    <t>IE00BFMNL083</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFMNL083/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFMNL083/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFMNL083/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between January 2020 and January 2025.</t>
+  </si>
+  <si>
+    <t>IE00BM98ZM50</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BM98ZM50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BM98ZM50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BM98ZM50/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund is suitable for all investors seeking a fund that aims to deliver capital growth over a long-term investment horizon by investing in companies focused on sustainable value creation. The Fund considers sustainability preferences through the qualitative consideration of principal adverse impacts using an exclusionary approach. The investor should be prepared to bear losses. The Fund is compatible for mass market distribution. The Fund may not be suitable for investors who are concerned about short-term volatility and performance, seeking a regular source of income and investing for less than five years. The Fund does not offer capital protection.</t>
+  </si>
+  <si>
+    <t>The Fund aims to increase the value of its shares through capital growth and dividend income, over the long term. The Fund will invest mainly in shares of companies worldwide. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between December 2018 and December 2023.</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between May 2016 and May 2021.</t>
+  </si>
+  <si>
+    <t>0.64% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BN15WJ73</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WJ73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WJ73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WJ73/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between August 2021 and April 2025.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between July 2017 and July 2022.</t>
+  </si>
+  <si>
+    <t>IE00BN15WK88</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WK88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WK88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WK88/en_IE</t>
+  </si>
+  <si>
+    <t>1.60% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BMD8PC14</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A GBP Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BMD8PC14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BMD8PC14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BMD8PC14/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between December 2017 and December 2022.</t>
+  </si>
+  <si>
+    <t>IE000ILJY605</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000ILJY605/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000ILJY605/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000ILJY605/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between July 2019 and July 2024.</t>
+  </si>
+  <si>
+    <t>IE00BN15WS64</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WS64/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WS64/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WS64/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9M30</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9M30/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9M30/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9M30/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between September 2015 and September 2020.</t>
+  </si>
+  <si>
+    <t>IE00B90ZJS81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B90ZJS81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B90ZJS81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B90ZJS81/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to increase the value of its shares through capital growth and dividend income, over the long term. The Fund will invest mainly in shares of companies worldwide. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00B912KW96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B912KW96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B912KW96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B912KW96/en_IE</t>
+  </si>
+  <si>
+    <t>IE000OXMWD49</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000OXMWD49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000OXMWD49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000OXMWD49/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between October 2018 and October 2023.</t>
+  </si>
+  <si>
+    <t>IE000S7Q7G63</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000S7Q7G63/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000S7Q7G63/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000S7Q7G63/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between March 2017 and March 2022.</t>
+  </si>
+  <si>
+    <t>Neither Baillie Gifford Investment Management (Europe) Limited nor the Fund charge an exit fee for this product, but the person selling you the product may do so</t>
+  </si>
+  <si>
+    <t>IE00B88JT962</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B88JT962/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B88JT962/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B88JT962/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B8G4HY49</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund C GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8G4HY49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8G4HY49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8G4HY49/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to increase the value of its shares through capital growth and dividend income, over the long term. The Fund also aims to have a Carbon Footprint that is lower than that of the MSCI ACWI EU Paris Aligned Requirements Index. The Fund will invest primarily in shares of companies globally while considering environmental, social and/or governance factors that may affect sustainability of a company's profit growth. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Manager's policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund also applies an additional qualitative assessment framework to identify those companies that do not, in the Investment Manager's opinion, align with the objectives of the Paris Climate agreement. The Investment Manager will manage the Fund in order to align the Fund's holdings with the goal of net zero GHG emissions by 2050 or sooner, in line with global efforts to limit warming to 1.5C ("net zero"). As part of this process, all portfolio companies are actively assessed and prioritised for engagement for their alignment with net zero on an ongoing basis. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>0.09% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00B8H9N519</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8H9N519/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8H9N519/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8H9N519/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between September 2017 and September 2022.</t>
+  </si>
+  <si>
+    <t>0.15% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00B8HCHF86</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8HCHF86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8HCHF86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8HCHF86/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B88CSH68</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B88CSH68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B88CSH68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B88CSH68/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B8HW2209</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8HW2209/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8HW2209/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8HW2209/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYVXP887</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund D NOK Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYVXP887/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYVXP887/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYVXP887/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to increase the value of its shares through capital growth and dividend income, over the long term. The Fund also aims to have a Carbon Footprint that is lower than that of the MSCI ACWI EU Paris Aligned Requirements Index. The Fund will invest primarily in shares of companies globally while considering environmental, social and/or governance factors that may affect sustainability of a company's profit growth. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund also applies an additional qualitative assessment to exclude carbon intensive companies that do not, or will not, play a role in the transition to a low-carbon future. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI ACWI Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. This hedged share class aims to remove the currency exposure between the currency of the share class and that of the majority of the underlying assets of the Fund. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>0.56% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00044Y5V41</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00044Y5V41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00044Y5V41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00044Y5V41/en_IE</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between March 2020 and March 2025.</t>
+  </si>
+  <si>
+    <t>IE0003IVLHW7</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund A SGD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE0003IVLHW7/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE0003IVLHW7/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE0003IVLHW7/en_IE</t>
+  </si>
+  <si>
+    <t>1.68% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00B3T2JL14</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B3T2JL14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B3T2JL14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B3T2JL14/en_IE</t>
+  </si>
+  <si>
+    <t>0.10% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE000JZWVBT4</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000JZWVBT4/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000JZWVBT4/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000JZWVBT4/en_IE</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between October 2016 and October 2021.</t>
+  </si>
+  <si>
+    <t>IE00BN15WT71</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WT71/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WT71/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WT71/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9H86</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9H86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9H86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9H86/en_IE</t>
+  </si>
+  <si>
+    <t>1.59% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BN15WV93</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WV93/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WV93/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WV93/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WG43</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WG43/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WG43/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WG43/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between March 2015 and March 2020.</t>
+  </si>
+  <si>
+    <t>IE00BLRPML96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BLRPML96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BLRPML96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BLRPML96/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BG0WJG66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG0WJG66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG0WJG66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG0WJG66/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9S91</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9S91/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9S91/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9S91/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to provide capital growth over the long term. The Fund invests in shares and depositary receipts of Chinese companies. Depositary receipts are transferable securities issued by a bank and which represent the shares of a company. Chinese companies are defined as those that have their headquarters or a significant part of their operations in China. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the MSCI China All Shares Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between January 2021 and August 2024.</t>
+  </si>
+  <si>
+    <t>0.87% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BK70ZP28</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70ZP28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70ZP28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70ZP28/en_IE</t>
+  </si>
+  <si>
+    <t>1.58% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BK70X697</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A USD Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70X697/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70X697/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70X697/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to maximise total returns, mainly through capital growth, over the long term. The Fund can invest in any economic sector in Japan, either directly or indirectly. Investment will be mainly in shares of companies. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the TOPIX Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. This hedged share class aims to remove the currency exposure between the currency of the share class and that of the majority of the underlying assets of the Fund. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00BK70X580</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70X580/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70X580/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70X580/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between September 2014 and September 2019.</t>
+  </si>
+  <si>
+    <t>IE00BJM0FX81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJM0FX81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJM0FX81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJM0FX81/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between April 2015 and April 2020.</t>
+  </si>
+  <si>
+    <t>0.07% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BJ7W3579</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ7W3579/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ7W3579/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ7W3579/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to produce attractive returns, mainly through capital growth, over the long term. The Fund invests mainly in shares of companies worldwide which we consider offer excellent future growth prospects. The Fund will invest in shares of companies in any country and in any sector which typically at the time of initial purchase have a market capitalisation which is smaller or equal to the market capitalisation of the largest company in the MSCI All Country World Small Cap Index (measure on the second business day of each calendar month). . The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) should be measured against the MSCI All Country Small Cap Index for illustrative purposes only. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9T09</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9T09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9T09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9T09/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TW727</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW727/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW727/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW727/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between November 2021 and September 2024.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between August 2019 and August 2024.</t>
+  </si>
+  <si>
+    <t>IE00BK5TW834</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW834/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW834/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW834/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between June 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>1.65% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BK5TW610</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW610/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW610/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW610/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TWB66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TWB66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TWB66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TWB66/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BJVHXJ20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJVHXJ20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJVHXJ20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJVHXJ20/en_IE</t>
+  </si>
+  <si>
+    <t>0.13% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BJ9MMW50</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ9MMW50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ9MMW50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ9MMW50/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BKLVKQ76</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLVKQ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLVKQ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLVKQ76/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between July 2018 and July 2023.</t>
+  </si>
+  <si>
+    <t>IE00BKYBTW37</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKYBTW37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKYBTW37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKYBTW37/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TW941</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW941/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW941/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW941/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BZ0FXF52</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ0FXF52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ0FXF52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ0FXF52/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BZ18GN21</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Diversified Return Yen Fund B JPY Accumulation</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ18GN21/en_IE</t>
+  </si>
+  <si>
+    <t>XL49</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ18GN21/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ18GN21/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to provide capital growth over the long-term at a level of risk lower than investment in shares of companies. The Fund invests in a variety of asset classes, either directly or indirectly or through other funds. The asset classes include, but are not limited to, shares, bonds, property, infrastructure, commodities, and currencies. Investment may be in transferable securities (such as bonds and shares), other funds, derivatives, money market instruments, cash and near cash. Currency forwards and derivatives, which are types of financial contracts, may be used to protect or increase the value of the Fund. This means the Fund is exposed to foreign currencies. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the Mutan Rate. The Fund seeks to materially outperform the benchmark. The return of the Fund is dependent on the performance of the underlying assets. Income will be re-invested. No further shares will be purchased but the reinvestment will be reflected in the price of your existing accumulation shares. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>This rates the potential losses from future performance at a medium-low level, and poor market conditions are unlikely to impact the capacity of Baillie Gifford Investment Management (Europe) Limited to pay you.</t>
+  </si>
+  <si>
+    <t>Risk raised by exposure to emerging markets, including China, foreign currencies, bonds, derivatives, alternative assets and liquidity. If charges exceed income then excess taken from capital.</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between December 2021 and April 2025.</t>
+  </si>
+  <si>
+    <t>IE00BW0DJL69</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BW0DJL69/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BW0DJL69/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BW0DJL69/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between January 2021 and November 2024.</t>
+  </si>
+  <si>
+    <t>IE00BY7S4358</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BY7S4358/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BY7S4358/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BY7S4358/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between February 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>0.80% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00BVVB5F88</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVVB5F88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVVB5F88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVVB5F88/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BVGBXT35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXT35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXT35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXT35/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between January 2017 and January 2022.</t>
+  </si>
+  <si>
+    <t>IE00BVGBXR11</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXR11/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXR11/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXR11/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between June 2015 and June 2020.</t>
+  </si>
+  <si>
+    <t>IE00BVGBXS28</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXS28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXS28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXS28/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BRS62D57</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund C CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BRS62D57/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BRS62D57/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BRS62D57/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BPYP3T56</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BPYP3T56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BPYP3T56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BPYP3T56/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between October 2015 and October 2020.</t>
+  </si>
+  <si>
+    <t>IE00BB36C725</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BB36C725/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BB36C725/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BB36C725/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK70YW20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70YW20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70YW20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70YW20/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TWD80</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TWD80/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TWD80/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TWD80/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BXDZF966</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BXDZF966/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BXDZF966/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BXDZF966/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between December 2019 and December 2024.</t>
+  </si>
+  <si>
+    <t>IE00BW0DJK52</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BW0DJK52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BW0DJK52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BW0DJK52/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYW73306</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYW73306/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYW73306/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYW73306/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between September 2021 and January 2025.</t>
+  </si>
+  <si>
+    <t>IE00BN15WF36</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WF36/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WF36/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WF36/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WQ41</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WQ41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WQ41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WQ41/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between September 2021 and April 2025.</t>
+  </si>
+  <si>
+    <t>IE000ABP24M1</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000ABP24M1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000ABP24M1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000ABP24M1/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between December 2021 and November 2024.</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between August 2017 and August 2022.</t>
+  </si>
+  <si>
+    <t>IE00BN15WH59</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WH59/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WH59/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WH59/en_IE</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between August 2021 and August 2024.</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9L23</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9L23/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9L23/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9L23/en_IE</t>
+  </si>
+  <si>
+    <t>IE000B5ZP5Z1</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000B5ZP5Z1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000B5ZP5Z1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000B5ZP5Z1/en_IE</t>
   </si>
   <si>
     <t>Unfavourable This type of scenario occurred for an investment between December 2021 and August 2024.</t>
   </si>
   <si>
-    <t>Moderate This type of scenario occurred for an investment between May 2017 and May 2022.</t>
-[...23 lines deleted...]
-    <t>https://docs.publifund.com/monthlyperf/IE00BK8PGD16/en_IE</t>
+    <t>IE00BDCY2C68</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BDCY2C68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BDCY2C68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BDCY2C68/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPM20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPM20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPM20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPM20/en_IE</t>
+  </si>
+  <si>
+    <t>The Fund aims to maximise total returns, mainly through capital growth, over the long term. The Fund can invest in any economic sector in Japan, either directly or indirectly. Investment will be mainly in shares of companies. The Fund applies a revenue-based screen that excludes companies with a defined level of activity in certain sectors, details of which are disclosed in the Prospectus. The Fund will comply with the Investment Managers policy on assessing breaches of the United Nations Global Compact Principles for Business. The Fund is actively managed and no index is used for the purposes of determining or constraining the composition of the Fund's portfolio. The Fund's performance (after deduction of costs) is measured against the TOPIX Index. The Fund seeks to materially outperform the index. The return of the Fund is dependent on the performance of the underlying assets. Any income due to you will be paid into your bank or building society account, paid on the dates specified in the Prospectus. You can sell some or all of your shares on any day on which banks in Ireland are open for business by contacting the Transfer Agent by phone or post. The Fund's assets are held through the Company's Depositary, which is Brown Brothers Harriman Trustee Services (Ireland) Limited. To obtain further and other practical information, including prices, and documentation please see the Other Relevant Information section of this document. This Key Information Document describes the Fund only, the Prospectus and the annual and interim reports and accounts are prepared for the Company rather than the Fund. The assets of the Fund are segregated from other funds in the Company. This means that the assets of one fund cannot be used to meet the liabilities of another fund. You may at any time switch all or some of your shares in the Fund for shares in any other fund of the Company and may obtain further information about this from the conversion of shares section of the Prospectus.</t>
+  </si>
+  <si>
+    <t>IE00BFWVPR74</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPR74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPR74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPR74/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPQ67</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPQ67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPQ67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPQ67/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWJRQ46</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWJRQ46/en_CH</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWJRQ46/en_CH</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWJRQ46/en_CH</t>
+  </si>
+  <si>
+    <t>Unfavourable This type of scenario occurred for an investment between October 2017 and October 2022.</t>
+  </si>
+  <si>
+    <t>IE00BF4LVG61</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A SEK Accumulation</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF4LVG61/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF4LVG61/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF4LVG61/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFX4DD70</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFX4DD70/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFX4DD70/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFX4DD70/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPN37</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPN37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPN37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPN37/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BDCY2N73</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BDCY2N73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BDCY2N73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BDCY2N73/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD09K309</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD09K309/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD09K309/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD09K309/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between October 2017 and October 2022.</t>
+  </si>
+  <si>
+    <t>IE00BF0D7Y67</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF0D7Y67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF0D7Y67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF0D7Y67/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYNZR422</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYNZR422/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYNZR422/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYNZR422/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD09K416</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD09K416/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD09K416/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD09K416/en_IE</t>
+  </si>
+  <si>
+    <t>Moderate This type of scenario occurred for an investment between November 2017 and November 2022.</t>
+  </si>
+  <si>
+    <t>IE00BYX4R502</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYX4R502/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYX4R502/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYX4R502/en_IE</t>
+  </si>
+  <si>
+    <t>Favourable This type of scenario occurred for an investment between November 2016 and November 2021.</t>
+  </si>
+  <si>
+    <t>IE00BYQG5606</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYQG5606/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYQG5606/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYQG5606/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BMXR2D84</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BMXR2D84/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BMXR2D84/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BMXR2D84/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYQ91946</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund C USD Accumulation</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYQ91946/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYQ91946/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYQ91946/en_IE</t>
+  </si>
+  <si>
+    <t>0.05% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
+  </si>
+  <si>
+    <t>IE00083WZB35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund C USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00083WZB35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00083WZB35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00083WZB35/en_IE</t>
   </si>
   <si>
     <t>Moderate This type of scenario occurred for an investment between November 2018 and November 2023.</t>
-  </si>
-[...2161 lines deleted...]
-    <t>0.11% of the value of your investment per year. This is an estimate based on actual costs over the last year.</t>
   </si>
   <si>
     <t>IE000QJ8K821</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C GBP Accumulation</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE000QJ8K821/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE000QJ8K821/en_IE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
@@ -2937,51 +2852,51 @@
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3227,54 +3142,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:DS124"/>
+  <dimension ref="A1:DS119"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="BN76" workbookViewId="0">
-      <selection activeCell="BN1" sqref="A1:XFD1"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.453125" customWidth="1"/>
     <col min="2" max="2" width="38.81640625" customWidth="1"/>
     <col min="3" max="3" width="36.54296875" customWidth="1"/>
     <col min="4" max="5" width="45.08984375" customWidth="1"/>
     <col min="6" max="6" width="38.81640625" customWidth="1"/>
     <col min="7" max="7" width="76.54296875" customWidth="1"/>
     <col min="8" max="8" width="66.36328125" customWidth="1"/>
     <col min="9" max="10" width="62.81640625" customWidth="1"/>
     <col min="11" max="11" width="41.26953125" customWidth="1"/>
     <col min="12" max="12" width="43.81640625" customWidth="1"/>
     <col min="13" max="13" width="38.81640625" customWidth="1"/>
     <col min="14" max="14" width="41.26953125" customWidth="1"/>
     <col min="15" max="15" width="82.81640625" customWidth="1"/>
     <col min="16" max="16" width="155.36328125" customWidth="1"/>
     <col min="17" max="17" width="50.08984375" customWidth="1"/>
     <col min="18" max="18" width="42.54296875" customWidth="1"/>
     <col min="19" max="19" width="59.453125" customWidth="1"/>
     <col min="20" max="20" width="40" customWidth="1"/>
     <col min="21" max="21" width="25" customWidth="1"/>
     <col min="22" max="22" width="41.26953125" customWidth="1"/>
     <col min="23" max="23" width="31.26953125" customWidth="1"/>
@@ -3754,5114 +3669,5114 @@
       <c r="B2" t="s">
         <v>124</v>
       </c>
       <c r="C2" t="s">
         <v>125</v>
       </c>
       <c r="D2" t="s">
         <v>126</v>
       </c>
       <c r="E2" t="s">
         <v>127</v>
       </c>
       <c r="F2" t="s">
         <v>127</v>
       </c>
       <c r="G2" t="s">
         <v>128</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
         <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O2">
         <v>1</v>
       </c>
       <c r="P2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V2" t="s">
         <v>128</v>
       </c>
       <c r="W2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X2">
         <v>252</v>
       </c>
       <c r="Y2">
-        <v>0.20427600000000001</v>
+        <v>0.20530599999999999</v>
       </c>
       <c r="Z2" t="s">
         <v>128</v>
       </c>
       <c r="AE2" t="s">
         <v>128</v>
       </c>
       <c r="AF2">
         <v>5</v>
       </c>
       <c r="AG2" t="s">
         <v>128</v>
       </c>
       <c r="AH2">
         <v>5</v>
       </c>
       <c r="AI2">
         <v>1</v>
       </c>
       <c r="AJ2">
         <v>5</v>
       </c>
       <c r="AK2" t="s">
         <v>128</v>
       </c>
       <c r="AM2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN2">
         <v>-0.4019607</v>
       </c>
       <c r="AP2">
         <v>-8.3396700000000004E-2</v>
       </c>
       <c r="AQ2" t="s">
         <v>128</v>
       </c>
       <c r="AS2">
         <v>-3.3160799999999997E-2</v>
       </c>
       <c r="AU2">
         <v>-3.7789900000000001E-2</v>
       </c>
       <c r="AV2" t="s">
         <v>128</v>
       </c>
       <c r="AX2">
         <v>0.2416681</v>
       </c>
       <c r="AZ2">
         <v>8.0139000000000002E-2</v>
       </c>
       <c r="BA2" t="s">
         <v>128</v>
       </c>
       <c r="BC2">
         <v>-0.71977829999999998</v>
       </c>
       <c r="BE2">
         <v>-0.2188281</v>
       </c>
       <c r="BF2" t="s">
         <v>128</v>
       </c>
       <c r="BN2" t="s">
         <v>127</v>
       </c>
       <c r="BO2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BP2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BQ2">
         <v>2</v>
       </c>
       <c r="BR2">
         <v>10000</v>
       </c>
       <c r="BS2">
         <v>0.05</v>
       </c>
       <c r="BT2">
         <v>0</v>
       </c>
       <c r="BU2">
         <v>0</v>
       </c>
       <c r="BV2">
         <v>0</v>
       </c>
       <c r="BW2">
         <v>0</v>
       </c>
       <c r="BX2" t="s">
         <v>128</v>
       </c>
       <c r="BY2">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ2">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA2" t="s">
         <v>128</v>
       </c>
       <c r="CC2" t="s">
         <v>128</v>
       </c>
       <c r="CD2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI2" t="s">
         <v>128</v>
       </c>
       <c r="CO2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="CP2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="CQ2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="CR2" t="s">
         <v>127</v>
       </c>
       <c r="CS2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="CW2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="3" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>123</v>
       </c>
       <c r="B3" t="s">
         <v>124</v>
       </c>
       <c r="C3" t="s">
         <v>125</v>
       </c>
       <c r="D3" t="s">
         <v>126</v>
       </c>
       <c r="E3" t="s">
         <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>127</v>
       </c>
       <c r="G3" t="s">
         <v>128</v>
       </c>
       <c r="H3" t="s">
         <v>128</v>
       </c>
       <c r="I3" t="s">
         <v>129</v>
       </c>
       <c r="J3" t="s">
         <v>129</v>
       </c>
       <c r="K3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O3">
         <v>1</v>
       </c>
       <c r="P3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Q3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V3" t="s">
         <v>128</v>
       </c>
       <c r="W3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X3">
         <v>252</v>
       </c>
       <c r="Y3">
-        <v>0.222694</v>
+        <v>0.222721</v>
       </c>
       <c r="Z3" t="s">
         <v>128</v>
       </c>
       <c r="AE3" t="s">
         <v>128</v>
       </c>
       <c r="AF3">
         <v>5</v>
       </c>
       <c r="AG3" t="s">
         <v>128</v>
       </c>
       <c r="AH3">
         <v>5</v>
       </c>
       <c r="AI3">
         <v>1</v>
       </c>
       <c r="AJ3">
         <v>5</v>
       </c>
       <c r="AK3" t="s">
         <v>128</v>
       </c>
       <c r="AM3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN3">
         <v>-0.1530811</v>
       </c>
       <c r="AP3">
         <v>-1.51431E-2</v>
       </c>
       <c r="AQ3" t="s">
         <v>128</v>
       </c>
       <c r="AS3">
         <v>0.1543224</v>
       </c>
       <c r="AU3">
         <v>0.13386909999999999</v>
       </c>
       <c r="AV3" t="s">
         <v>128</v>
       </c>
       <c r="AX3">
         <v>0.41061340000000002</v>
       </c>
       <c r="AZ3">
         <v>0.18352560000000001</v>
       </c>
       <c r="BA3" t="s">
         <v>128</v>
       </c>
       <c r="BC3">
         <v>-0.74520889999999995</v>
       </c>
       <c r="BE3">
         <v>-0.23714170000000001</v>
       </c>
       <c r="BF3" t="s">
         <v>128</v>
       </c>
       <c r="BN3" t="s">
         <v>127</v>
       </c>
       <c r="BO3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BP3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="BQ3">
         <v>0</v>
       </c>
       <c r="BR3">
         <v>10000</v>
       </c>
       <c r="BS3">
         <v>0</v>
       </c>
       <c r="BT3">
         <v>0</v>
       </c>
       <c r="BU3">
         <v>0</v>
       </c>
       <c r="BV3">
         <v>0</v>
       </c>
       <c r="BW3">
         <v>0</v>
       </c>
       <c r="BX3" t="s">
         <v>128</v>
       </c>
       <c r="BY3">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ3">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA3" t="s">
         <v>128</v>
       </c>
       <c r="CC3" t="s">
         <v>128</v>
       </c>
       <c r="CD3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="CE3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="CF3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="CH3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI3" t="s">
         <v>128</v>
       </c>
       <c r="CO3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="CQ3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR3" t="s">
         <v>127</v>
       </c>
       <c r="CS3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="CW3" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="4" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>123</v>
       </c>
       <c r="B4" t="s">
         <v>124</v>
       </c>
       <c r="C4" t="s">
         <v>125</v>
       </c>
       <c r="D4" t="s">
         <v>126</v>
       </c>
       <c r="E4" t="s">
         <v>127</v>
       </c>
       <c r="F4" t="s">
         <v>127</v>
       </c>
       <c r="G4" t="s">
         <v>128</v>
       </c>
       <c r="H4" t="s">
         <v>128</v>
       </c>
       <c r="I4" t="s">
         <v>129</v>
       </c>
       <c r="J4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O4">
         <v>1</v>
       </c>
       <c r="P4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Q4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V4" t="s">
         <v>128</v>
       </c>
       <c r="W4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X4">
         <v>252</v>
       </c>
       <c r="Y4">
-        <v>0.206062</v>
+        <v>0.206679</v>
       </c>
       <c r="Z4" t="s">
         <v>128</v>
       </c>
       <c r="AE4" t="s">
         <v>128</v>
       </c>
       <c r="AF4">
         <v>5</v>
       </c>
       <c r="AG4" t="s">
         <v>128</v>
       </c>
       <c r="AH4">
         <v>5</v>
       </c>
       <c r="AI4">
         <v>1</v>
       </c>
       <c r="AJ4">
         <v>5</v>
       </c>
       <c r="AK4" t="s">
         <v>128</v>
       </c>
       <c r="AM4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN4">
         <v>-0.342721</v>
       </c>
       <c r="AP4">
         <v>-6.2266799999999997E-2</v>
       </c>
       <c r="AQ4" t="s">
         <v>128</v>
       </c>
       <c r="AS4">
         <v>6.3769800000000001E-2</v>
       </c>
       <c r="AU4">
         <v>6.9129200000000002E-2</v>
       </c>
       <c r="AV4" t="s">
         <v>128</v>
       </c>
       <c r="AX4">
         <v>0.73830600000000002</v>
       </c>
       <c r="AZ4">
         <v>0.21431140000000001</v>
       </c>
       <c r="BA4" t="s">
         <v>128</v>
       </c>
       <c r="BC4">
         <v>-0.64403580000000005</v>
       </c>
       <c r="BE4">
         <v>-0.24655360000000001</v>
       </c>
       <c r="BF4" t="s">
         <v>128</v>
       </c>
       <c r="BN4" t="s">
         <v>127</v>
       </c>
       <c r="BO4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="BP4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="BQ4">
         <v>2</v>
       </c>
       <c r="BR4">
         <v>10000</v>
       </c>
       <c r="BS4">
         <v>0</v>
       </c>
       <c r="BT4">
         <v>0</v>
       </c>
       <c r="BU4">
         <v>0</v>
       </c>
       <c r="BV4">
         <v>0</v>
       </c>
       <c r="BW4">
         <v>0</v>
       </c>
       <c r="BX4" t="s">
         <v>128</v>
       </c>
       <c r="BY4">
         <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ4">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA4" t="s">
         <v>128</v>
       </c>
       <c r="CC4" t="s">
         <v>128</v>
       </c>
       <c r="CD4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="CF4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CH4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI4" t="s">
         <v>128</v>
       </c>
       <c r="CO4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="CQ4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR4" t="s">
         <v>127</v>
       </c>
       <c r="CS4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="CW4" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="5" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>123</v>
       </c>
       <c r="B5" t="s">
         <v>124</v>
       </c>
       <c r="C5" t="s">
         <v>125</v>
       </c>
       <c r="D5" t="s">
         <v>126</v>
       </c>
       <c r="E5" t="s">
         <v>127</v>
       </c>
       <c r="F5" t="s">
         <v>127</v>
       </c>
       <c r="G5" t="s">
         <v>128</v>
       </c>
       <c r="H5" t="s">
         <v>128</v>
       </c>
       <c r="I5" t="s">
         <v>129</v>
       </c>
       <c r="J5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="O5">
         <v>1</v>
       </c>
       <c r="P5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Q5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R5" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S5" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V5" t="s">
         <v>128</v>
       </c>
       <c r="W5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X5">
         <v>252</v>
       </c>
       <c r="Y5">
-        <v>0.13669899999999999</v>
+        <v>0.136654</v>
       </c>
       <c r="Z5" t="s">
         <v>128</v>
       </c>
       <c r="AE5" t="s">
         <v>128</v>
       </c>
       <c r="AF5">
         <v>4</v>
       </c>
       <c r="AG5" t="s">
         <v>128</v>
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
       <c r="AI5">
         <v>1</v>
       </c>
       <c r="AJ5">
         <v>5</v>
       </c>
       <c r="AK5" t="s">
         <v>128</v>
       </c>
       <c r="AM5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN5">
         <v>-6.6859500000000002E-2</v>
       </c>
       <c r="AP5">
         <v>-1.438E-3</v>
       </c>
       <c r="AQ5" t="s">
         <v>128</v>
       </c>
       <c r="AS5">
         <v>0.11177380000000001</v>
       </c>
       <c r="AU5">
         <v>0.1082979</v>
       </c>
       <c r="AV5" t="s">
         <v>128</v>
       </c>
       <c r="AX5">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ5">
         <v>0.15125710000000001</v>
       </c>
       <c r="BA5" t="s">
         <v>128</v>
       </c>
       <c r="BC5">
         <v>-0.62193580000000004</v>
       </c>
       <c r="BE5">
         <v>-0.15349599999999999</v>
       </c>
       <c r="BF5" t="s">
         <v>128</v>
       </c>
       <c r="BN5" t="s">
         <v>127</v>
       </c>
       <c r="BO5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="BP5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="BQ5">
         <v>1</v>
       </c>
       <c r="BR5">
         <v>10000</v>
       </c>
       <c r="BS5">
         <v>0</v>
       </c>
       <c r="BT5">
         <v>0</v>
       </c>
       <c r="BU5">
         <v>0</v>
       </c>
       <c r="BV5">
         <v>0</v>
       </c>
       <c r="BW5">
         <v>0</v>
       </c>
       <c r="BX5" t="s">
         <v>128</v>
       </c>
       <c r="BY5">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ5">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA5" t="s">
         <v>128</v>
       </c>
       <c r="CC5" t="s">
         <v>128</v>
       </c>
       <c r="CD5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="CE5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="CF5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI5" t="s">
         <v>128</v>
       </c>
       <c r="CO5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="CQ5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR5" t="s">
         <v>127</v>
       </c>
       <c r="CS5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CW5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>123</v>
       </c>
       <c r="B6" t="s">
         <v>124</v>
       </c>
       <c r="C6" t="s">
         <v>125</v>
       </c>
       <c r="D6" t="s">
         <v>126</v>
       </c>
       <c r="E6" t="s">
         <v>127</v>
       </c>
       <c r="F6" t="s">
         <v>127</v>
       </c>
       <c r="G6" t="s">
         <v>128</v>
       </c>
       <c r="H6" t="s">
         <v>128</v>
       </c>
       <c r="I6" t="s">
         <v>129</v>
       </c>
       <c r="J6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="Q6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="R6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="S6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V6" t="s">
         <v>128</v>
       </c>
       <c r="W6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X6">
         <v>252</v>
       </c>
       <c r="Y6">
-        <v>0.30048799999999998</v>
+        <v>0.29989700000000002</v>
       </c>
       <c r="Z6" t="s">
         <v>128</v>
       </c>
       <c r="AE6" t="s">
         <v>128</v>
       </c>
       <c r="AF6">
         <v>6</v>
       </c>
       <c r="AG6" t="s">
         <v>128</v>
       </c>
       <c r="AH6">
         <v>6</v>
       </c>
       <c r="AI6">
         <v>1</v>
       </c>
       <c r="AJ6">
         <v>5</v>
       </c>
       <c r="AK6" t="s">
         <v>128</v>
       </c>
       <c r="AM6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN6">
         <v>-0.5777563</v>
       </c>
       <c r="AP6">
         <v>-8.0172099999999996E-2</v>
       </c>
       <c r="AQ6" t="s">
         <v>128</v>
       </c>
       <c r="AS6">
         <v>5.4214400000000003E-2</v>
       </c>
       <c r="AU6">
         <v>-2.27155E-2</v>
       </c>
       <c r="AV6" t="s">
         <v>128</v>
       </c>
       <c r="AX6">
         <v>0.3850597</v>
       </c>
       <c r="AZ6">
         <v>0.13434260000000001</v>
       </c>
       <c r="BA6" t="s">
         <v>128</v>
       </c>
       <c r="BC6">
         <v>-0.82740880000000006</v>
       </c>
       <c r="BE6">
         <v>-0.41327140000000001</v>
       </c>
       <c r="BF6" t="s">
         <v>128</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="BP6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="BQ6">
         <v>1</v>
       </c>
       <c r="BR6">
         <v>10000</v>
       </c>
       <c r="BS6">
         <v>0.05</v>
       </c>
       <c r="BT6">
         <v>0</v>
       </c>
       <c r="BU6">
         <v>0</v>
       </c>
       <c r="BV6">
         <v>0</v>
       </c>
       <c r="BW6">
         <v>0</v>
       </c>
       <c r="BX6" t="s">
         <v>128</v>
       </c>
       <c r="BY6">
         <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ6">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="CA6" t="s">
         <v>128</v>
       </c>
       <c r="CC6" t="s">
         <v>128</v>
       </c>
       <c r="CD6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="CF6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="CG6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI6" t="s">
         <v>128</v>
       </c>
       <c r="CO6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="CP6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="CQ6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR6" t="s">
         <v>127</v>
       </c>
       <c r="CS6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CW6" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="7" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>123</v>
       </c>
       <c r="B7" t="s">
         <v>124</v>
       </c>
       <c r="C7" t="s">
         <v>125</v>
       </c>
       <c r="D7" t="s">
         <v>126</v>
       </c>
       <c r="E7" t="s">
         <v>127</v>
       </c>
       <c r="F7" t="s">
         <v>127</v>
       </c>
       <c r="G7" t="s">
         <v>128</v>
       </c>
       <c r="H7" t="s">
         <v>128</v>
       </c>
       <c r="I7" t="s">
         <v>129</v>
       </c>
       <c r="J7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N7" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="O7">
         <v>1</v>
       </c>
       <c r="P7" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="Q7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R7" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="S7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V7" t="s">
         <v>128</v>
       </c>
       <c r="W7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X7">
         <v>252</v>
       </c>
       <c r="Y7">
-        <v>0.15606400000000001</v>
+        <v>0.155581</v>
       </c>
       <c r="Z7" t="s">
         <v>128</v>
       </c>
       <c r="AE7" t="s">
         <v>128</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7" t="s">
         <v>128</v>
       </c>
       <c r="AH7">
         <v>4</v>
       </c>
       <c r="AI7">
         <v>1</v>
       </c>
       <c r="AJ7">
         <v>5</v>
       </c>
       <c r="AK7" t="s">
         <v>128</v>
       </c>
       <c r="AM7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN7">
-        <v>-0.12715180000000001</v>
+        <v>-0.19616459999999999</v>
       </c>
       <c r="AP7">
-        <v>-7.7359000000000004E-3</v>
+        <v>4.1523000000000003E-3</v>
       </c>
       <c r="AQ7" t="s">
         <v>128</v>
       </c>
       <c r="AS7">
-        <v>0.1027301</v>
+        <v>0.11687019999999999</v>
       </c>
       <c r="AU7">
-        <v>0.1008858</v>
+        <v>0.1013776</v>
       </c>
       <c r="AV7" t="s">
         <v>128</v>
       </c>
       <c r="AX7">
-        <v>0.38361610000000002</v>
+        <v>0.49301139999999999</v>
       </c>
       <c r="AZ7">
-        <v>0.2197209</v>
+        <v>0.15208759999999999</v>
       </c>
       <c r="BA7" t="s">
         <v>128</v>
       </c>
       <c r="BC7">
-        <v>-0.83513789999999999</v>
+        <v>-0.55604039999999999</v>
       </c>
       <c r="BE7">
-        <v>-0.27696490000000001</v>
+        <v>-0.1937208</v>
       </c>
       <c r="BF7" t="s">
         <v>128</v>
       </c>
       <c r="BN7" t="s">
         <v>127</v>
       </c>
       <c r="BO7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="BP7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="BQ7">
         <v>3</v>
       </c>
       <c r="BR7">
         <v>10000</v>
       </c>
       <c r="BS7">
         <v>0</v>
       </c>
       <c r="BT7">
         <v>0</v>
       </c>
       <c r="BU7">
         <v>0</v>
       </c>
       <c r="BV7">
         <v>0</v>
       </c>
       <c r="BW7">
         <v>0</v>
       </c>
       <c r="BX7" t="s">
         <v>128</v>
       </c>
       <c r="BY7">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ7">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA7" t="s">
         <v>128</v>
       </c>
       <c r="CC7" t="s">
         <v>128</v>
       </c>
       <c r="CD7" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="CE7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="CF7" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI7" t="s">
         <v>128</v>
       </c>
       <c r="CO7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="CP7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="CQ7" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CR7" t="s">
         <v>127</v>
       </c>
       <c r="CS7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CW7" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>123</v>
       </c>
       <c r="B8" t="s">
         <v>124</v>
       </c>
       <c r="C8" t="s">
         <v>125</v>
       </c>
       <c r="D8" t="s">
         <v>126</v>
       </c>
       <c r="E8" t="s">
         <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>127</v>
       </c>
       <c r="G8" t="s">
         <v>128</v>
       </c>
       <c r="H8" t="s">
         <v>128</v>
       </c>
       <c r="I8" t="s">
         <v>129</v>
       </c>
       <c r="J8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L8" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="Q8" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R8" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="S8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V8" t="s">
         <v>128</v>
       </c>
       <c r="W8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X8">
         <v>252</v>
       </c>
       <c r="Y8">
-        <v>0.13584499999999999</v>
+        <v>0.13569700000000001</v>
       </c>
       <c r="Z8" t="s">
         <v>128</v>
       </c>
       <c r="AE8" t="s">
         <v>128</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8" t="s">
         <v>128</v>
       </c>
       <c r="AH8">
         <v>4</v>
       </c>
       <c r="AI8">
         <v>1</v>
       </c>
       <c r="AJ8">
         <v>5</v>
       </c>
       <c r="AK8" t="s">
         <v>128</v>
       </c>
       <c r="AM8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN8">
-        <v>-0.1042172</v>
+        <v>-0.11451749999999999</v>
       </c>
       <c r="AP8">
-        <v>5.1583000000000002E-3</v>
+        <v>3.2220999999999999E-3</v>
       </c>
       <c r="AQ8" t="s">
         <v>128</v>
       </c>
       <c r="AS8">
-        <v>0.1059708</v>
+        <v>9.7746899999999998E-2</v>
       </c>
       <c r="AU8">
-        <v>0.1035363</v>
+        <v>0.1078712</v>
       </c>
       <c r="AV8" t="s">
         <v>128</v>
       </c>
       <c r="AX8">
-        <v>0.35318119999999997</v>
+        <v>0.39625110000000002</v>
       </c>
       <c r="AZ8">
-        <v>0.20935290000000001</v>
+        <v>0.13634650000000001</v>
       </c>
       <c r="BA8" t="s">
         <v>128</v>
       </c>
       <c r="BC8">
-        <v>-0.83438599999999996</v>
+        <v>-0.60359149999999995</v>
       </c>
       <c r="BE8">
-        <v>-0.27803240000000001</v>
+        <v>-0.1573061</v>
       </c>
       <c r="BF8" t="s">
         <v>128</v>
       </c>
       <c r="BN8" t="s">
         <v>127</v>
       </c>
       <c r="BO8" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="BP8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="BQ8">
         <v>3</v>
       </c>
       <c r="BR8">
         <v>10000</v>
       </c>
       <c r="BS8">
         <v>0</v>
       </c>
       <c r="BT8">
         <v>0</v>
       </c>
       <c r="BU8">
         <v>0</v>
       </c>
       <c r="BV8">
         <v>0</v>
       </c>
       <c r="BW8">
         <v>0</v>
       </c>
       <c r="BX8" t="s">
         <v>128</v>
       </c>
       <c r="BY8">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ8">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA8" t="s">
         <v>128</v>
       </c>
       <c r="CC8" t="s">
         <v>128</v>
       </c>
       <c r="CD8" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="CE8" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="CF8" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI8" t="s">
         <v>128</v>
       </c>
       <c r="CO8" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="CP8" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="CQ8" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR8" t="s">
         <v>127</v>
       </c>
       <c r="CS8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV8" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CW8" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>123</v>
       </c>
       <c r="B9" t="s">
         <v>124</v>
       </c>
       <c r="C9" t="s">
         <v>125</v>
       </c>
       <c r="D9" t="s">
         <v>126</v>
       </c>
       <c r="E9" t="s">
         <v>127</v>
       </c>
       <c r="F9" t="s">
         <v>127</v>
       </c>
       <c r="G9" t="s">
         <v>128</v>
       </c>
       <c r="H9" t="s">
         <v>128</v>
       </c>
       <c r="I9" t="s">
         <v>129</v>
       </c>
       <c r="J9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N9" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O9">
         <v>1</v>
       </c>
       <c r="P9" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="Q9" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="R9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S9" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V9" t="s">
         <v>128</v>
       </c>
       <c r="W9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X9">
         <v>252</v>
       </c>
       <c r="Y9">
-        <v>0.27937800000000002</v>
+        <v>0.27792899999999998</v>
       </c>
       <c r="Z9" t="s">
         <v>128</v>
       </c>
       <c r="AE9" t="s">
         <v>128</v>
       </c>
       <c r="AF9">
         <v>5</v>
       </c>
       <c r="AG9" t="s">
         <v>128</v>
       </c>
       <c r="AH9">
         <v>5</v>
       </c>
       <c r="AI9">
         <v>1</v>
       </c>
       <c r="AJ9">
         <v>5</v>
       </c>
       <c r="AK9" t="s">
         <v>128</v>
       </c>
       <c r="AM9" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN9">
         <v>-0.51825129999999997</v>
       </c>
       <c r="AP9">
         <v>-0.15732380000000001</v>
       </c>
       <c r="AQ9" t="s">
         <v>128</v>
       </c>
       <c r="AS9">
         <v>4.5111699999999998E-2</v>
       </c>
       <c r="AU9">
         <v>3.9879E-3</v>
       </c>
       <c r="AV9" t="s">
         <v>128</v>
       </c>
       <c r="AX9">
         <v>0.8556279</v>
       </c>
       <c r="AZ9">
         <v>0.22943330000000001</v>
       </c>
       <c r="BA9" t="s">
         <v>128</v>
       </c>
       <c r="BC9">
         <v>-0.75123410000000002</v>
       </c>
       <c r="BE9">
         <v>-0.3450917</v>
       </c>
       <c r="BF9" t="s">
         <v>128</v>
       </c>
       <c r="BN9" t="s">
         <v>127</v>
       </c>
       <c r="BO9" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="BP9" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="BQ9">
         <v>3</v>
       </c>
       <c r="BR9">
         <v>10000</v>
       </c>
       <c r="BS9">
         <v>0</v>
       </c>
       <c r="BT9">
         <v>0</v>
       </c>
       <c r="BU9">
         <v>0</v>
       </c>
       <c r="BV9">
         <v>0</v>
       </c>
       <c r="BW9">
         <v>0</v>
       </c>
       <c r="BX9" t="s">
         <v>128</v>
       </c>
       <c r="BY9">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ9">
         <v>1.4E-3</v>
       </c>
       <c r="CA9" t="s">
         <v>128</v>
       </c>
       <c r="CC9" t="s">
         <v>128</v>
       </c>
       <c r="CD9" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="CE9" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="CF9" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG9" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="CH9" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI9" t="s">
         <v>128</v>
       </c>
       <c r="CO9" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="CP9" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="CQ9" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR9" t="s">
         <v>127</v>
       </c>
       <c r="CS9" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT9" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV9" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="CW9" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="10" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>123</v>
       </c>
       <c r="B10" t="s">
         <v>124</v>
       </c>
       <c r="C10" t="s">
         <v>125</v>
       </c>
       <c r="D10" t="s">
         <v>126</v>
       </c>
       <c r="E10" t="s">
         <v>127</v>
       </c>
       <c r="F10" t="s">
         <v>127</v>
       </c>
       <c r="G10" t="s">
         <v>128</v>
       </c>
       <c r="H10" t="s">
         <v>128</v>
       </c>
       <c r="I10" t="s">
         <v>129</v>
       </c>
       <c r="J10" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K10" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L10" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N10" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="O10">
         <v>1</v>
       </c>
       <c r="P10" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="Q10" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R10" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="S10" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V10" t="s">
         <v>128</v>
       </c>
       <c r="W10" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X10">
         <v>252</v>
       </c>
       <c r="Y10">
-        <v>0.15606500000000001</v>
+        <v>0.155582</v>
       </c>
       <c r="Z10" t="s">
         <v>128</v>
       </c>
       <c r="AE10" t="s">
         <v>128</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10" t="s">
         <v>128</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
       <c r="AI10">
         <v>1</v>
       </c>
       <c r="AJ10">
         <v>5</v>
       </c>
       <c r="AK10" t="s">
         <v>128</v>
       </c>
       <c r="AM10" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN10">
-        <v>-0.1271534</v>
+        <v>-0.19617270000000001</v>
       </c>
       <c r="AP10">
-        <v>-7.7378999999999998E-3</v>
+        <v>4.1505999999999999E-3</v>
       </c>
       <c r="AQ10" t="s">
         <v>128</v>
       </c>
       <c r="AS10">
-        <v>0.10272779999999999</v>
+        <v>0.1168478</v>
       </c>
       <c r="AU10">
-        <v>0.1008835</v>
+        <v>0.1013758</v>
       </c>
       <c r="AV10" t="s">
         <v>128</v>
       </c>
       <c r="AX10">
-        <v>0.38361269999999997</v>
+        <v>0.4930196</v>
       </c>
       <c r="AZ10">
-        <v>0.2197182</v>
+        <v>0.15208199999999999</v>
       </c>
       <c r="BA10" t="s">
         <v>128</v>
       </c>
       <c r="BC10">
-        <v>-0.83514140000000003</v>
+        <v>-0.58758030000000006</v>
       </c>
       <c r="BE10">
-        <v>-0.27696720000000002</v>
+        <v>-0.19508159999999999</v>
       </c>
       <c r="BF10" t="s">
         <v>128</v>
       </c>
       <c r="BN10" t="s">
         <v>127</v>
       </c>
       <c r="BO10" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="BP10" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="BQ10">
         <v>3</v>
       </c>
       <c r="BR10">
         <v>10000</v>
       </c>
       <c r="BS10">
         <v>0</v>
       </c>
       <c r="BT10">
         <v>0</v>
       </c>
       <c r="BU10">
         <v>0</v>
       </c>
       <c r="BV10">
         <v>0</v>
       </c>
       <c r="BW10">
         <v>0</v>
       </c>
       <c r="BX10" t="s">
         <v>128</v>
       </c>
       <c r="BY10">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ10">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA10" t="s">
         <v>128</v>
       </c>
       <c r="CC10" t="s">
         <v>128</v>
       </c>
       <c r="CD10" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="CE10" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="CF10" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG10" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH10" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI10" t="s">
         <v>128</v>
       </c>
       <c r="CO10" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="CP10" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="CQ10" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CR10" t="s">
         <v>127</v>
       </c>
       <c r="CS10" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT10" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU10" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CW10" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="11" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>123</v>
       </c>
       <c r="B11" t="s">
         <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>125</v>
       </c>
       <c r="D11" t="s">
         <v>126</v>
       </c>
       <c r="E11" t="s">
         <v>127</v>
       </c>
       <c r="F11" t="s">
         <v>127</v>
       </c>
       <c r="G11" t="s">
         <v>128</v>
       </c>
       <c r="H11" t="s">
         <v>128</v>
       </c>
       <c r="I11" t="s">
         <v>129</v>
       </c>
       <c r="J11" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K11" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L11" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N11" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="O11">
         <v>1</v>
       </c>
       <c r="P11" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="Q11" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R11" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="S11" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V11" t="s">
         <v>128</v>
       </c>
       <c r="W11" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X11">
         <v>252</v>
       </c>
       <c r="Y11">
-        <v>0.135847</v>
+        <v>0.13569999999999999</v>
       </c>
       <c r="Z11" t="s">
         <v>128</v>
       </c>
       <c r="AE11" t="s">
         <v>128</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
       <c r="AG11" t="s">
         <v>128</v>
       </c>
       <c r="AH11">
         <v>4</v>
       </c>
       <c r="AI11">
         <v>1</v>
       </c>
       <c r="AJ11">
         <v>5</v>
       </c>
       <c r="AK11" t="s">
         <v>128</v>
       </c>
       <c r="AM11" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN11">
-        <v>-0.10422480000000001</v>
+        <v>-0.1144752</v>
       </c>
       <c r="AP11">
-        <v>5.1517000000000004E-3</v>
+        <v>3.2217999999999999E-3</v>
       </c>
       <c r="AQ11" t="s">
         <v>128</v>
       </c>
       <c r="AS11">
-        <v>0.1059653</v>
+        <v>9.7704399999999997E-2</v>
       </c>
       <c r="AU11">
-        <v>0.1035307</v>
+        <v>0.1078654</v>
       </c>
       <c r="AV11" t="s">
         <v>128</v>
       </c>
       <c r="AX11">
-        <v>0.35317880000000001</v>
+        <v>0.39622200000000002</v>
       </c>
       <c r="AZ11">
-        <v>0.20934849999999999</v>
+        <v>0.13633990000000001</v>
       </c>
       <c r="BA11" t="s">
         <v>128</v>
       </c>
       <c r="BC11">
-        <v>-0.83438889999999999</v>
+        <v>-0.60360619999999998</v>
       </c>
       <c r="BE11">
-        <v>-0.27804099999999998</v>
+        <v>-0.15731410000000001</v>
       </c>
       <c r="BF11" t="s">
         <v>128</v>
       </c>
       <c r="BN11" t="s">
         <v>127</v>
       </c>
       <c r="BO11" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="BP11" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="BQ11">
         <v>3</v>
       </c>
       <c r="BR11">
         <v>10000</v>
       </c>
       <c r="BS11">
         <v>0</v>
       </c>
       <c r="BT11">
         <v>0</v>
       </c>
       <c r="BU11">
         <v>0</v>
       </c>
       <c r="BV11">
         <v>0</v>
       </c>
       <c r="BW11">
         <v>0</v>
       </c>
       <c r="BX11" t="s">
         <v>128</v>
       </c>
       <c r="BY11">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ11">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA11" t="s">
         <v>128</v>
       </c>
       <c r="CC11" t="s">
         <v>128</v>
       </c>
       <c r="CD11" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="CE11" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="CF11" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG11" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH11" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI11" t="s">
         <v>128</v>
       </c>
       <c r="CO11" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="CP11" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="CQ11" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR11" t="s">
         <v>127</v>
       </c>
       <c r="CS11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT11" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU11" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV11" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CW11" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="12" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>123</v>
       </c>
       <c r="B12" t="s">
         <v>124</v>
       </c>
       <c r="C12" t="s">
         <v>125</v>
       </c>
       <c r="D12" t="s">
         <v>126</v>
       </c>
       <c r="E12" t="s">
         <v>127</v>
       </c>
       <c r="F12" t="s">
         <v>127</v>
       </c>
       <c r="G12" t="s">
         <v>128</v>
       </c>
       <c r="H12" t="s">
         <v>128</v>
       </c>
       <c r="I12" t="s">
         <v>129</v>
       </c>
       <c r="J12" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N12" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="O12">
         <v>1</v>
       </c>
       <c r="P12" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="Q12" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="R12" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S12" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V12" t="s">
         <v>128</v>
       </c>
       <c r="W12" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X12">
         <v>252</v>
       </c>
       <c r="Y12">
-        <v>0.24338099999999999</v>
+        <v>0.24334800000000001</v>
       </c>
       <c r="Z12" t="s">
         <v>128</v>
       </c>
       <c r="AE12" t="s">
         <v>128</v>
       </c>
       <c r="AF12">
         <v>5</v>
       </c>
       <c r="AG12" t="s">
         <v>128</v>
       </c>
       <c r="AH12">
         <v>5</v>
       </c>
       <c r="AI12">
         <v>1</v>
       </c>
       <c r="AJ12">
         <v>5</v>
       </c>
       <c r="AK12" t="s">
         <v>128</v>
       </c>
       <c r="AM12" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN12">
         <v>-0.25001200000000001</v>
       </c>
       <c r="AP12">
         <v>-5.8875000000000004E-3</v>
       </c>
       <c r="AQ12" t="s">
         <v>128</v>
       </c>
       <c r="AS12">
         <v>0.14053789999999999</v>
       </c>
       <c r="AU12">
         <v>0.21164250000000001</v>
       </c>
       <c r="AV12" t="s">
         <v>128</v>
       </c>
       <c r="AX12">
         <v>1.0638627</v>
       </c>
       <c r="AZ12">
         <v>0.31498579999999998</v>
       </c>
       <c r="BA12" t="s">
         <v>128</v>
       </c>
       <c r="BC12">
         <v>-0.73940530000000004</v>
       </c>
       <c r="BE12">
         <v>-0.3040062</v>
       </c>
       <c r="BF12" t="s">
         <v>128</v>
       </c>
       <c r="BN12" t="s">
         <v>127</v>
       </c>
       <c r="BO12" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="BP12" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="BQ12">
         <v>3</v>
       </c>
       <c r="BR12">
         <v>1000000</v>
       </c>
       <c r="BS12">
         <v>0</v>
       </c>
       <c r="BT12">
         <v>0</v>
       </c>
       <c r="BU12">
         <v>0</v>
       </c>
       <c r="BV12">
         <v>0</v>
       </c>
       <c r="BW12">
         <v>0</v>
       </c>
       <c r="BX12" t="s">
         <v>128</v>
       </c>
       <c r="BY12">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ12">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA12" t="s">
         <v>128</v>
       </c>
       <c r="CC12" t="s">
         <v>128</v>
       </c>
       <c r="CD12" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="CE12" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="CF12" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG12" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="CH12" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI12" t="s">
         <v>128</v>
       </c>
       <c r="CO12" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="CP12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="CQ12" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR12" t="s">
         <v>127</v>
       </c>
       <c r="CS12" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU12" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV12" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="CW12" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="13" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>123</v>
       </c>
       <c r="B13" t="s">
         <v>124</v>
       </c>
       <c r="C13" t="s">
         <v>125</v>
       </c>
       <c r="D13" t="s">
         <v>126</v>
       </c>
       <c r="E13" t="s">
         <v>127</v>
       </c>
       <c r="F13" t="s">
         <v>127</v>
       </c>
       <c r="G13" t="s">
         <v>128</v>
       </c>
       <c r="H13" t="s">
         <v>128</v>
       </c>
       <c r="I13" t="s">
         <v>129</v>
       </c>
       <c r="J13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N13" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="O13">
         <v>1</v>
       </c>
       <c r="P13" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="Q13" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R13" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="S13" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V13" t="s">
         <v>128</v>
       </c>
       <c r="W13" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X13">
         <v>252</v>
       </c>
       <c r="Y13">
-        <v>0.18657499999999999</v>
+        <v>0.18604999999999999</v>
       </c>
       <c r="Z13" t="s">
         <v>128</v>
       </c>
       <c r="AE13" t="s">
         <v>128</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13" t="s">
         <v>128</v>
       </c>
       <c r="AH13">
         <v>4</v>
       </c>
       <c r="AI13">
         <v>1</v>
       </c>
       <c r="AJ13">
         <v>5</v>
       </c>
       <c r="AK13" t="s">
         <v>128</v>
       </c>
       <c r="AM13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN13">
         <v>-0.1207969</v>
       </c>
       <c r="AP13">
         <v>3.3928000000000001E-3</v>
       </c>
       <c r="AQ13" t="s">
         <v>128</v>
       </c>
       <c r="AS13">
         <v>0.1168695</v>
       </c>
       <c r="AU13">
         <v>0.1166287</v>
       </c>
       <c r="AV13" t="s">
         <v>128</v>
       </c>
       <c r="AX13">
         <v>0.41752669999999997</v>
       </c>
       <c r="AZ13">
         <v>0.24242359999999999</v>
       </c>
       <c r="BA13" t="s">
         <v>128</v>
       </c>
       <c r="BC13">
         <v>-0.58771030000000002</v>
       </c>
       <c r="BE13">
         <v>-0.19873440000000001</v>
       </c>
       <c r="BF13" t="s">
         <v>128</v>
       </c>
       <c r="BN13" t="s">
         <v>127</v>
       </c>
       <c r="BO13" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="BP13" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="BQ13">
         <v>2</v>
       </c>
       <c r="BR13">
         <v>10000</v>
       </c>
       <c r="BS13">
         <v>0</v>
       </c>
       <c r="BT13">
         <v>0</v>
       </c>
       <c r="BU13">
         <v>0</v>
       </c>
       <c r="BV13">
         <v>0</v>
       </c>
       <c r="BW13">
         <v>0</v>
       </c>
       <c r="BX13" t="s">
         <v>128</v>
       </c>
       <c r="BY13">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ13">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA13" t="s">
         <v>128</v>
       </c>
       <c r="CC13" t="s">
         <v>128</v>
       </c>
       <c r="CD13" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="CE13" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="CF13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI13" t="s">
         <v>128</v>
       </c>
       <c r="CO13" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="CP13" t="s">
-        <v>269</v>
+        <v>217</v>
       </c>
       <c r="CQ13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR13" t="s">
         <v>127</v>
       </c>
       <c r="CS13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV13" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="CW13" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>123</v>
       </c>
       <c r="B14" t="s">
         <v>124</v>
       </c>
       <c r="C14" t="s">
         <v>125</v>
       </c>
       <c r="D14" t="s">
         <v>126</v>
       </c>
       <c r="E14" t="s">
         <v>127</v>
       </c>
       <c r="F14" t="s">
         <v>127</v>
       </c>
       <c r="G14" t="s">
         <v>128</v>
       </c>
       <c r="H14" t="s">
         <v>128</v>
       </c>
       <c r="I14" t="s">
         <v>129</v>
       </c>
       <c r="J14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N14" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="Q14" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R14" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S14" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
       <c r="U14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V14" t="s">
         <v>128</v>
       </c>
       <c r="W14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X14">
         <v>252</v>
       </c>
       <c r="Y14">
-        <v>0.200742</v>
+        <v>0.19957800000000001</v>
       </c>
       <c r="Z14" t="s">
         <v>128</v>
       </c>
       <c r="AE14" t="s">
         <v>128</v>
       </c>
       <c r="AF14">
         <v>5</v>
       </c>
       <c r="AG14" t="s">
         <v>128</v>
       </c>
       <c r="AH14">
         <v>5</v>
       </c>
       <c r="AI14">
         <v>1</v>
       </c>
       <c r="AJ14">
         <v>5</v>
       </c>
       <c r="AK14" t="s">
         <v>128</v>
       </c>
       <c r="AM14" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN14">
         <v>-0.1941116</v>
       </c>
       <c r="AP14">
         <v>-5.5336099999999999E-2</v>
       </c>
       <c r="AQ14" t="s">
         <v>128</v>
       </c>
       <c r="AS14">
         <v>7.5231599999999996E-2</v>
       </c>
       <c r="AU14">
         <v>7.4328199999999997E-2</v>
       </c>
       <c r="AV14" t="s">
         <v>128</v>
       </c>
       <c r="AX14">
         <v>0.4296529</v>
       </c>
       <c r="AZ14">
         <v>0.22094730000000001</v>
       </c>
       <c r="BA14" t="s">
         <v>128</v>
       </c>
       <c r="BC14">
         <v>-0.82300249999999997</v>
       </c>
       <c r="BE14">
         <v>-0.24456249999999999</v>
       </c>
       <c r="BF14" t="s">
         <v>128</v>
       </c>
       <c r="BN14" t="s">
         <v>127</v>
       </c>
       <c r="BO14" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="BP14" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="BQ14">
         <v>2</v>
       </c>
       <c r="BR14">
         <v>10000</v>
       </c>
       <c r="BS14">
         <v>0</v>
       </c>
       <c r="BT14">
         <v>0</v>
       </c>
       <c r="BU14">
         <v>0</v>
       </c>
       <c r="BV14">
         <v>0</v>
       </c>
       <c r="BW14">
         <v>0</v>
       </c>
       <c r="BX14" t="s">
         <v>128</v>
       </c>
       <c r="BY14">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ14">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA14" t="s">
         <v>128</v>
       </c>
       <c r="CC14" t="s">
         <v>128</v>
       </c>
       <c r="CD14" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="CE14" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="CF14" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG14" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI14" t="s">
         <v>128</v>
       </c>
       <c r="CO14" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP14" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="CQ14" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR14" t="s">
         <v>127</v>
       </c>
       <c r="CS14" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT14" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV14" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="CW14" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>123</v>
       </c>
       <c r="B15" t="s">
         <v>124</v>
       </c>
       <c r="C15" t="s">
         <v>125</v>
       </c>
       <c r="D15" t="s">
         <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>127</v>
       </c>
       <c r="F15" t="s">
         <v>127</v>
       </c>
       <c r="G15" t="s">
         <v>128</v>
       </c>
       <c r="H15" t="s">
         <v>128</v>
       </c>
       <c r="I15" t="s">
         <v>129</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="O15">
         <v>1</v>
       </c>
       <c r="P15" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="Q15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S15" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V15" t="s">
         <v>128</v>
       </c>
       <c r="W15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X15">
         <v>252</v>
       </c>
       <c r="Y15">
-        <v>0.285107</v>
+        <v>0.284441</v>
       </c>
       <c r="Z15" t="s">
         <v>128</v>
       </c>
       <c r="AE15" t="s">
         <v>128</v>
       </c>
       <c r="AF15">
         <v>5</v>
       </c>
       <c r="AG15" t="s">
         <v>128</v>
       </c>
       <c r="AH15">
         <v>5</v>
       </c>
       <c r="AI15">
         <v>1</v>
       </c>
       <c r="AJ15">
         <v>5</v>
       </c>
       <c r="AK15" t="s">
         <v>128</v>
       </c>
       <c r="AM15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN15">
         <v>-0.50262510000000005</v>
       </c>
       <c r="AP15">
         <v>-0.17072290000000001</v>
       </c>
       <c r="AQ15" t="s">
         <v>128</v>
       </c>
       <c r="AS15">
         <v>-5.9065999999999997E-3</v>
       </c>
       <c r="AU15">
         <v>8.8520000000000005E-4</v>
       </c>
       <c r="AV15" t="s">
         <v>128</v>
       </c>
       <c r="AX15">
         <v>0.69725440000000005</v>
       </c>
       <c r="AZ15">
         <v>0.20864969999999999</v>
       </c>
       <c r="BA15" t="s">
         <v>128</v>
       </c>
       <c r="BC15">
         <v>-0.78082390000000002</v>
       </c>
       <c r="BE15">
         <v>-0.35740739999999999</v>
       </c>
       <c r="BF15" t="s">
         <v>128</v>
       </c>
       <c r="BN15" t="s">
         <v>127</v>
       </c>
       <c r="BO15" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="BP15" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="BQ15">
         <v>3</v>
       </c>
       <c r="BR15">
         <v>10000</v>
       </c>
       <c r="BS15">
         <v>0.05</v>
       </c>
       <c r="BT15">
         <v>0</v>
       </c>
       <c r="BU15">
         <v>0</v>
       </c>
       <c r="BV15">
         <v>0</v>
       </c>
       <c r="BW15">
         <v>0</v>
       </c>
       <c r="BX15" t="s">
         <v>128</v>
       </c>
       <c r="BY15">
         <v>1.6299999999999999E-2</v>
       </c>
       <c r="BZ15">
         <v>1.4E-3</v>
       </c>
       <c r="CA15" t="s">
         <v>128</v>
       </c>
       <c r="CC15" t="s">
         <v>128</v>
       </c>
       <c r="CD15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="CE15" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="CF15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG15" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="CH15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI15" t="s">
         <v>128</v>
       </c>
       <c r="CO15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="CP15" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="CQ15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR15" t="s">
         <v>127</v>
       </c>
       <c r="CS15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV15" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="CW15" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>123</v>
       </c>
       <c r="B16" t="s">
         <v>124</v>
       </c>
       <c r="C16" t="s">
         <v>125</v>
       </c>
       <c r="D16" t="s">
         <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>127</v>
       </c>
       <c r="G16" t="s">
         <v>128</v>
       </c>
       <c r="H16" t="s">
         <v>128</v>
       </c>
       <c r="I16" t="s">
         <v>129</v>
       </c>
       <c r="J16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="O16">
         <v>1</v>
       </c>
       <c r="P16" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="Q16" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R16" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="S16" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V16" t="s">
         <v>128</v>
       </c>
       <c r="W16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X16">
         <v>252</v>
       </c>
       <c r="Y16">
-        <v>0.296597</v>
+        <v>0.29453099999999999</v>
       </c>
       <c r="Z16" t="s">
         <v>128</v>
       </c>
       <c r="AE16" t="s">
         <v>128</v>
       </c>
       <c r="AF16">
         <v>5</v>
       </c>
       <c r="AG16" t="s">
         <v>128</v>
       </c>
       <c r="AH16">
         <v>5</v>
       </c>
       <c r="AI16">
         <v>1</v>
       </c>
       <c r="AJ16">
         <v>5</v>
       </c>
       <c r="AK16" t="s">
         <v>128</v>
       </c>
       <c r="AM16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN16">
         <v>-0.53257880000000002</v>
       </c>
       <c r="AP16">
         <v>-4.6614799999999998E-2</v>
       </c>
       <c r="AQ16" t="s">
         <v>128</v>
       </c>
       <c r="AS16">
         <v>0.15179690000000001</v>
       </c>
       <c r="AU16">
         <v>0.1379485</v>
       </c>
       <c r="AV16" t="s">
         <v>128</v>
       </c>
       <c r="AX16">
         <v>1.0512246999999999</v>
       </c>
       <c r="AZ16">
         <v>0.28735119999999997</v>
       </c>
       <c r="BA16" t="s">
         <v>128</v>
       </c>
       <c r="BC16">
         <v>-0.817685</v>
       </c>
       <c r="BE16">
         <v>-0.40164179999999999</v>
       </c>
       <c r="BF16" t="s">
         <v>128</v>
       </c>
       <c r="BN16" t="s">
         <v>127</v>
       </c>
       <c r="BO16" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="BP16" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="BQ16">
         <v>3</v>
       </c>
       <c r="BR16">
         <v>10000</v>
       </c>
       <c r="BS16">
         <v>0</v>
       </c>
       <c r="BT16">
         <v>0</v>
       </c>
       <c r="BU16">
         <v>0</v>
       </c>
       <c r="BV16">
         <v>0</v>
       </c>
       <c r="BW16">
         <v>0</v>
       </c>
       <c r="BX16" t="s">
         <v>128</v>
       </c>
       <c r="BY16">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ16">
         <v>2.3E-3</v>
       </c>
       <c r="CA16" t="s">
         <v>128</v>
       </c>
       <c r="CC16" t="s">
         <v>128</v>
       </c>
       <c r="CD16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE16" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="CF16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG16" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI16" t="s">
         <v>128</v>
       </c>
       <c r="CO16" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="CP16" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="CQ16" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR16" t="s">
         <v>127</v>
       </c>
       <c r="CS16" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT16" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU16" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV16" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="CW16" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>123</v>
       </c>
       <c r="B17" t="s">
         <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>125</v>
       </c>
       <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>127</v>
       </c>
       <c r="F17" t="s">
         <v>127</v>
       </c>
       <c r="G17" t="s">
         <v>128</v>
       </c>
       <c r="H17" t="s">
         <v>128</v>
       </c>
       <c r="I17" t="s">
         <v>129</v>
       </c>
       <c r="J17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="Q17" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="R17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S17" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V17" t="s">
         <v>128</v>
       </c>
       <c r="W17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X17">
         <v>252</v>
       </c>
       <c r="Y17">
-        <v>0.28092099999999998</v>
+        <v>0.27919300000000002</v>
       </c>
       <c r="Z17" t="s">
         <v>128</v>
       </c>
       <c r="AE17" t="s">
         <v>128</v>
       </c>
       <c r="AF17">
         <v>5</v>
       </c>
       <c r="AG17" t="s">
         <v>128</v>
       </c>
       <c r="AH17">
         <v>5</v>
       </c>
       <c r="AI17">
         <v>1</v>
       </c>
       <c r="AJ17">
         <v>5</v>
       </c>
       <c r="AK17" t="s">
         <v>128</v>
       </c>
       <c r="AM17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN17">
         <v>-0.53781990000000002</v>
       </c>
       <c r="AP17">
         <v>-8.1850900000000004E-2</v>
       </c>
       <c r="AQ17" t="s">
         <v>128</v>
       </c>
       <c r="AS17">
         <v>3.2926200000000003E-2</v>
       </c>
       <c r="AU17">
         <v>2.8116599999999999E-2</v>
       </c>
       <c r="AV17" t="s">
         <v>128</v>
       </c>
       <c r="AX17">
         <v>0.31023840000000003</v>
       </c>
       <c r="AZ17">
         <v>0.1403008</v>
       </c>
       <c r="BA17" t="s">
         <v>128</v>
       </c>
       <c r="BC17">
         <v>-0.8145327</v>
       </c>
       <c r="BE17">
         <v>-0.39788420000000002</v>
       </c>
       <c r="BF17" t="s">
         <v>128</v>
       </c>
       <c r="BN17" t="s">
         <v>127</v>
       </c>
       <c r="BO17" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="BP17" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="BQ17">
         <v>2</v>
       </c>
       <c r="BR17">
         <v>10000</v>
       </c>
       <c r="BS17">
         <v>0.05</v>
       </c>
       <c r="BT17">
         <v>0</v>
       </c>
       <c r="BU17">
         <v>0</v>
       </c>
       <c r="BV17">
         <v>0</v>
       </c>
       <c r="BW17">
         <v>0</v>
       </c>
       <c r="BX17" t="s">
         <v>128</v>
       </c>
       <c r="BY17">
         <v>1.55E-2</v>
       </c>
       <c r="BZ17">
         <v>2.3E-3</v>
       </c>
       <c r="CA17" t="s">
         <v>128</v>
       </c>
       <c r="CC17" t="s">
         <v>128</v>
       </c>
       <c r="CD17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE17" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="CF17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG17" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI17" t="s">
         <v>128</v>
       </c>
       <c r="CO17" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="CP17" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="CQ17" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR17" t="s">
         <v>127</v>
       </c>
       <c r="CS17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV17" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="CW17" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>123</v>
       </c>
       <c r="B18" t="s">
         <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>125</v>
       </c>
       <c r="D18" t="s">
         <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>127</v>
       </c>
       <c r="F18" t="s">
         <v>127</v>
       </c>
       <c r="G18" t="s">
         <v>128</v>
       </c>
       <c r="H18" t="s">
         <v>128</v>
       </c>
       <c r="I18" t="s">
         <v>129</v>
       </c>
       <c r="J18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="O18">
         <v>1</v>
       </c>
       <c r="P18" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="Q18" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R18" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S18" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>
       <c r="U18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V18" t="s">
         <v>128</v>
       </c>
       <c r="W18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X18">
         <v>252</v>
       </c>
       <c r="Y18">
-        <v>0.26412200000000002</v>
+        <v>0.26307799999999998</v>
       </c>
       <c r="Z18" t="s">
         <v>128</v>
       </c>
       <c r="AE18" t="s">
         <v>128</v>
       </c>
       <c r="AF18">
         <v>5</v>
       </c>
       <c r="AG18" t="s">
         <v>128</v>
       </c>
       <c r="AH18">
         <v>5</v>
       </c>
       <c r="AI18">
         <v>1</v>
       </c>
       <c r="AJ18">
         <v>5</v>
       </c>
       <c r="AK18" t="s">
         <v>128</v>
       </c>
       <c r="AM18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN18">
         <v>-0.4445443</v>
       </c>
       <c r="AP18">
         <v>-0.15655250000000001</v>
       </c>
       <c r="AQ18" t="s">
         <v>128</v>
       </c>
       <c r="AS18">
         <v>-1.9954199999999998E-2</v>
       </c>
       <c r="AU18">
         <v>0.10511760000000001</v>
       </c>
       <c r="AV18" t="s">
         <v>128</v>
       </c>
       <c r="AX18">
         <v>0.91506810000000005</v>
       </c>
       <c r="AZ18">
         <v>0.1918301</v>
       </c>
       <c r="BA18" t="s">
         <v>128</v>
       </c>
       <c r="BC18">
         <v>-0.76322400000000001</v>
       </c>
       <c r="BE18">
         <v>-0.3001393</v>
       </c>
       <c r="BF18" t="s">
         <v>128</v>
       </c>
       <c r="BN18" t="s">
         <v>127</v>
       </c>
       <c r="BO18" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="BP18" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="BQ18">
         <v>3</v>
       </c>
       <c r="BR18">
         <v>10000</v>
       </c>
       <c r="BS18">
         <v>0</v>
       </c>
       <c r="BT18">
         <v>0</v>
       </c>
       <c r="BU18">
         <v>0</v>
       </c>
       <c r="BV18">
         <v>0</v>
       </c>
       <c r="BW18">
         <v>0</v>
       </c>
       <c r="BX18" t="s">
         <v>128</v>
       </c>
       <c r="BY18">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ18">
         <v>1.5E-3</v>
       </c>
       <c r="CA18" t="s">
         <v>128</v>
       </c>
       <c r="CC18" t="s">
         <v>128</v>
       </c>
       <c r="CD18" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE18" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="CF18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG18" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="CH18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI18" t="s">
         <v>128</v>
       </c>
       <c r="CO18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP18" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="CQ18" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR18" t="s">
         <v>127</v>
       </c>
       <c r="CS18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV18" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="CW18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>123</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>125</v>
       </c>
       <c r="D19" t="s">
         <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>127</v>
       </c>
       <c r="G19" t="s">
         <v>128</v>
       </c>
       <c r="H19" t="s">
         <v>128</v>
       </c>
       <c r="I19" t="s">
         <v>129</v>
       </c>
       <c r="J19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N19" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="O19">
         <v>1</v>
       </c>
       <c r="P19" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="Q19" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="R19" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S19" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V19" t="s">
         <v>128</v>
       </c>
       <c r="W19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X19">
         <v>252</v>
       </c>
       <c r="Y19">
-        <v>0.25183100000000003</v>
+        <v>0.250973</v>
       </c>
       <c r="Z19" t="s">
         <v>128</v>
       </c>
       <c r="AE19" t="s">
         <v>128</v>
       </c>
       <c r="AF19">
         <v>5</v>
       </c>
       <c r="AG19" t="s">
         <v>128</v>
       </c>
       <c r="AH19">
         <v>5</v>
       </c>
       <c r="AI19">
         <v>1</v>
       </c>
       <c r="AJ19">
         <v>5</v>
       </c>
       <c r="AK19" t="s">
         <v>128</v>
       </c>
       <c r="AM19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN19">
         <v>-0.40982010000000002</v>
       </c>
       <c r="AP19">
         <v>-0.15306400000000001</v>
       </c>
       <c r="AQ19" t="s">
         <v>128</v>
       </c>
       <c r="AS19">
         <v>1.573E-4</v>
       </c>
       <c r="AU19">
         <v>0.1011977</v>
       </c>
       <c r="AV19" t="s">
         <v>128</v>
       </c>
       <c r="AX19">
         <v>0.94490510000000005</v>
       </c>
       <c r="AZ19">
         <v>0.21486130000000001</v>
       </c>
       <c r="BA19" t="s">
         <v>128</v>
       </c>
       <c r="BC19">
         <v>-0.73582349999999996</v>
       </c>
       <c r="BE19">
         <v>-0.28540070000000001</v>
       </c>
       <c r="BF19" t="s">
         <v>128</v>
       </c>
       <c r="BN19" t="s">
         <v>127</v>
       </c>
       <c r="BO19" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="BP19" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="BQ19">
         <v>3</v>
       </c>
       <c r="BR19">
         <v>100000</v>
       </c>
       <c r="BS19">
         <v>0</v>
       </c>
       <c r="BT19">
         <v>0</v>
       </c>
       <c r="BU19">
         <v>0</v>
       </c>
       <c r="BV19">
         <v>0</v>
       </c>
       <c r="BW19">
         <v>0</v>
       </c>
       <c r="BX19" t="s">
         <v>128</v>
       </c>
       <c r="BY19">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ19">
         <v>1.5E-3</v>
       </c>
       <c r="CA19" t="s">
         <v>128</v>
       </c>
       <c r="CC19" t="s">
         <v>128</v>
       </c>
       <c r="CD19" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE19" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="CF19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG19" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="CH19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI19" t="s">
         <v>128</v>
       </c>
       <c r="CO19" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP19" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="CQ19" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR19" t="s">
         <v>127</v>
       </c>
       <c r="CS19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT19" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV19" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="CW19" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>125</v>
       </c>
       <c r="D20" t="s">
         <v>126</v>
       </c>
       <c r="E20" t="s">
         <v>127</v>
       </c>
       <c r="F20" t="s">
         <v>127</v>
       </c>
       <c r="G20" t="s">
         <v>128</v>
       </c>
       <c r="H20" t="s">
         <v>128</v>
       </c>
       <c r="I20" t="s">
         <v>129</v>
       </c>
       <c r="J20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N20" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="O20">
         <v>1</v>
       </c>
       <c r="P20" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="Q20" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S20" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V20" t="s">
         <v>128</v>
       </c>
       <c r="W20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X20">
         <v>252</v>
       </c>
       <c r="Y20">
-        <v>0.20105700000000001</v>
+        <v>0.20069200000000001</v>
       </c>
       <c r="Z20" t="s">
         <v>128</v>
       </c>
       <c r="AE20" t="s">
         <v>128</v>
       </c>
       <c r="AF20">
         <v>5</v>
       </c>
       <c r="AG20" t="s">
         <v>128</v>
       </c>
       <c r="AH20">
         <v>5</v>
       </c>
       <c r="AI20">
         <v>1</v>
       </c>
       <c r="AJ20">
         <v>5</v>
       </c>
       <c r="AK20" t="s">
         <v>128</v>
       </c>
       <c r="AM20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN20">
         <v>-0.3046584</v>
       </c>
       <c r="AP20">
         <v>-2.14623E-2</v>
       </c>
       <c r="AQ20" t="s">
         <v>128</v>
       </c>
       <c r="AS20">
         <v>0.1117288</v>
       </c>
       <c r="AU20">
         <v>9.3818600000000002E-2</v>
       </c>
       <c r="AV20" t="s">
         <v>128</v>
       </c>
       <c r="AX20">
         <v>0.59029050000000005</v>
       </c>
       <c r="AZ20">
         <v>0.17814160000000001</v>
       </c>
       <c r="BA20" t="s">
         <v>128</v>
       </c>
       <c r="BC20">
         <v>-0.69239819999999996</v>
       </c>
       <c r="BE20">
         <v>-0.25643539999999998</v>
       </c>
       <c r="BF20" t="s">
         <v>128</v>
       </c>
       <c r="BN20" t="s">
         <v>127</v>
       </c>
       <c r="BO20" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="BP20" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="BQ20">
         <v>3</v>
       </c>
       <c r="BR20">
         <v>10000</v>
       </c>
       <c r="BS20">
         <v>0</v>
       </c>
       <c r="BT20">
         <v>0</v>
       </c>
       <c r="BU20">
         <v>0</v>
       </c>
       <c r="BV20">
         <v>0</v>
       </c>
       <c r="BW20">
         <v>0</v>
       </c>
       <c r="BX20" t="s">
         <v>128</v>
       </c>
       <c r="BY20">
         <v>6.6E-3</v>
       </c>
       <c r="BZ20">
         <v>1E-3</v>
       </c>
       <c r="CA20" t="s">
         <v>128</v>
       </c>
       <c r="CC20" t="s">
         <v>128</v>
       </c>
       <c r="CD20" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="CE20" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="CF20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG20" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI20" t="s">
         <v>128</v>
       </c>
       <c r="CO20" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="CP20" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="CQ20" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR20" t="s">
         <v>127</v>
       </c>
       <c r="CS20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV20" t="s">
-        <v>217</v>
+        <v>329</v>
       </c>
       <c r="CW20" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>123</v>
       </c>
       <c r="B21" t="s">
         <v>124</v>
       </c>
       <c r="C21" t="s">
         <v>125</v>
       </c>
       <c r="D21" t="s">
         <v>126</v>
       </c>
       <c r="E21" t="s">
         <v>127</v>
       </c>
       <c r="F21" t="s">
         <v>127</v>
       </c>
       <c r="G21" t="s">
         <v>128</v>
       </c>
       <c r="H21" t="s">
         <v>128</v>
       </c>
       <c r="I21" t="s">
         <v>129</v>
       </c>
       <c r="J21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N21" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="O21">
         <v>1</v>
       </c>
       <c r="P21" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="Q21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S21" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>
       <c r="U21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V21" t="s">
         <v>128</v>
       </c>
       <c r="W21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X21">
         <v>252</v>
       </c>
       <c r="Y21">
-        <v>0.27935500000000002</v>
+        <v>0.27666000000000002</v>
       </c>
       <c r="Z21" t="s">
         <v>128</v>
       </c>
       <c r="AE21" t="s">
         <v>128</v>
       </c>
       <c r="AF21">
         <v>5</v>
       </c>
       <c r="AG21" t="s">
         <v>128</v>
       </c>
       <c r="AH21">
         <v>5</v>
       </c>
       <c r="AI21">
         <v>1</v>
       </c>
       <c r="AJ21">
         <v>5</v>
       </c>
       <c r="AK21" t="s">
         <v>128</v>
       </c>
       <c r="AM21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN21">
         <v>-0.44568020000000003</v>
       </c>
       <c r="AP21">
         <v>-5.6358499999999999E-2</v>
       </c>
       <c r="AQ21" t="s">
         <v>128</v>
       </c>
       <c r="AS21">
         <v>0.13271279999999999</v>
       </c>
       <c r="AU21">
         <v>0.14063339999999999</v>
       </c>
       <c r="AV21" t="s">
         <v>128</v>
       </c>
       <c r="AX21">
         <v>0.97062280000000001</v>
       </c>
       <c r="AZ21">
         <v>0.3043689</v>
       </c>
       <c r="BA21" t="s">
         <v>128</v>
       </c>
       <c r="BC21">
         <v>-0.82916469999999998</v>
       </c>
       <c r="BE21">
         <v>-0.38501570000000002</v>
       </c>
       <c r="BF21" t="s">
         <v>128</v>
       </c>
       <c r="BN21" t="s">
         <v>127</v>
       </c>
       <c r="BO21" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="BP21" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="BQ21">
         <v>3</v>
       </c>
       <c r="BR21">
         <v>10000</v>
       </c>
       <c r="BS21">
         <v>0</v>
       </c>
       <c r="BT21">
         <v>0</v>
       </c>
       <c r="BU21">
         <v>0</v>
       </c>
       <c r="BV21">
         <v>0</v>
       </c>
       <c r="BW21">
         <v>0</v>
       </c>
       <c r="BX21" t="s">
         <v>128</v>
       </c>
       <c r="BY21">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ21">
         <v>2.3E-3</v>
       </c>
       <c r="CA21" t="s">
         <v>128</v>
       </c>
       <c r="CC21" t="s">
         <v>128</v>
       </c>
       <c r="CD21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE21" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="CF21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG21" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI21" t="s">
         <v>128</v>
       </c>
       <c r="CO21" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="CP21" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="CQ21" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR21" t="s">
         <v>127</v>
       </c>
       <c r="CS21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV21" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="CW21" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>123</v>
       </c>
       <c r="B22" t="s">
         <v>124</v>
       </c>
       <c r="C22" t="s">
         <v>125</v>
       </c>
       <c r="D22" t="s">
         <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>127</v>
       </c>
       <c r="F22" t="s">
         <v>127</v>
       </c>
       <c r="G22" t="s">
         <v>128</v>
       </c>
       <c r="H22" t="s">
         <v>128</v>
       </c>
       <c r="I22" t="s">
         <v>129</v>
       </c>
       <c r="J22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N22" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="O22">
         <v>1</v>
       </c>
       <c r="P22" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="Q22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="R22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S22" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="T22">
         <v>2</v>
       </c>
       <c r="U22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V22" t="s">
         <v>128</v>
       </c>
       <c r="W22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X22">
         <v>252</v>
       </c>
       <c r="Y22">
-        <v>0.19873499999999999</v>
+        <v>0.197107</v>
       </c>
       <c r="Z22" t="s">
         <v>128</v>
       </c>
       <c r="AE22" t="s">
         <v>128</v>
       </c>
       <c r="AF22">
         <v>5</v>
       </c>
       <c r="AG22" t="s">
         <v>128</v>
       </c>
       <c r="AH22">
         <v>4</v>
       </c>
       <c r="AI22">
         <v>1</v>
       </c>
       <c r="AJ22">
         <v>5</v>
       </c>
       <c r="AK22" t="s">
         <v>128</v>
       </c>
       <c r="AM22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN22">
         <v>-0.36474610000000002</v>
       </c>
       <c r="AP22">
         <v>-3.3341900000000001E-2</v>
       </c>
       <c r="AQ22" t="s">
         <v>128</v>
       </c>
       <c r="AS22">
         <v>0.1340489</v>
       </c>
       <c r="AU22">
         <v>0.17221420000000001</v>
       </c>
       <c r="AV22" t="s">
         <v>128</v>
       </c>
       <c r="AX22">
         <v>0.73568020000000001</v>
       </c>
       <c r="AZ22">
         <v>0.30020259999999999</v>
       </c>
       <c r="BA22" t="s">
         <v>128</v>
       </c>
       <c r="BC22">
         <v>-0.60721179999999997</v>
       </c>
       <c r="BE22">
         <v>-0.24598449999999999</v>
       </c>
       <c r="BF22" t="s">
         <v>128</v>
       </c>
       <c r="BN22" t="s">
         <v>127</v>
       </c>
       <c r="BO22" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="BP22" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="BQ22">
         <v>4</v>
       </c>
       <c r="BR22">
         <v>10000</v>
       </c>
       <c r="BS22">
         <v>0</v>
       </c>
       <c r="BT22">
         <v>0</v>
       </c>
       <c r="BU22">
         <v>0</v>
       </c>
       <c r="BV22">
         <v>0</v>
       </c>
       <c r="BW22">
         <v>0</v>
       </c>
       <c r="BX22" t="s">
         <v>128</v>
       </c>
       <c r="BY22">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ22">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA22" t="s">
         <v>128</v>
       </c>
       <c r="CC22" t="s">
         <v>128</v>
       </c>
       <c r="CD22" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="CE22" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="CF22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG22" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="CH22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI22" t="s">
         <v>128</v>
       </c>
       <c r="CO22" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="CP22" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="CQ22" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR22" t="s">
         <v>127</v>
       </c>
       <c r="CS22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV22" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="CW22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>123</v>
       </c>
       <c r="B23" t="s">
         <v>124</v>
       </c>
       <c r="C23" t="s">
         <v>125</v>
       </c>
       <c r="D23" t="s">
         <v>126</v>
       </c>
       <c r="E23" t="s">
         <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>127</v>
       </c>
       <c r="G23" t="s">
         <v>128</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
       <c r="I23" t="s">
         <v>129</v>
       </c>
       <c r="J23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N23" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="O23">
         <v>1</v>
       </c>
       <c r="P23" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="Q23" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S23" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>
       <c r="U23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V23" t="s">
         <v>128</v>
       </c>
       <c r="W23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X23">
         <v>252</v>
       </c>
       <c r="Y23">
-        <v>0.21459400000000001</v>
+        <v>0.21286099999999999</v>
       </c>
       <c r="Z23" t="s">
         <v>128</v>
       </c>
       <c r="AE23" t="s">
         <v>128</v>
       </c>
       <c r="AF23">
         <v>5</v>
       </c>
       <c r="AG23" t="s">
         <v>128</v>
       </c>
       <c r="AH23">
         <v>5</v>
       </c>
       <c r="AI23">
         <v>1</v>
       </c>
       <c r="AJ23">
         <v>5</v>
       </c>
       <c r="AK23" t="s">
         <v>128</v>
       </c>
       <c r="AM23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN23">
         <v>-0.4054046</v>
       </c>
       <c r="AP23">
         <v>-6.3156599999999993E-2</v>
       </c>
       <c r="AQ23" t="s">
         <v>128</v>
       </c>
       <c r="AS23">
         <v>9.9714399999999995E-2</v>
       </c>
       <c r="AU23">
         <v>8.5505200000000003E-2</v>
       </c>
       <c r="AV23" t="s">
         <v>128</v>
       </c>
       <c r="AX23">
         <v>0.89612849999999999</v>
       </c>
       <c r="AZ23">
         <v>0.21110000000000001</v>
       </c>
       <c r="BA23" t="s">
         <v>128</v>
       </c>
       <c r="BC23">
         <v>-0.70397120000000002</v>
       </c>
       <c r="BE23">
         <v>-0.2781478</v>
       </c>
       <c r="BF23" t="s">
         <v>128</v>
       </c>
       <c r="BN23" t="s">
         <v>127</v>
       </c>
       <c r="BO23" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="BP23" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="BQ23">
         <v>4</v>
       </c>
       <c r="BR23">
         <v>10000</v>
       </c>
       <c r="BS23">
         <v>0</v>
       </c>
       <c r="BT23">
         <v>0</v>
       </c>
       <c r="BU23">
         <v>0</v>
       </c>
       <c r="BV23">
         <v>0</v>
       </c>
       <c r="BW23">
         <v>0</v>
       </c>
       <c r="BX23" t="s">
         <v>128</v>
       </c>
       <c r="BY23">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ23">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA23" t="s">
         <v>128</v>
       </c>
       <c r="CC23" t="s">
         <v>128</v>
       </c>
       <c r="CD23" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="CE23" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="CF23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG23" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI23" t="s">
         <v>128</v>
       </c>
       <c r="CO23" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="CP23" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="CQ23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR23" t="s">
         <v>127</v>
       </c>
       <c r="CS23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV23" t="s">
-        <v>346</v>
+        <v>219</v>
       </c>
       <c r="CW23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24" t="s">
         <v>126</v>
       </c>
       <c r="E24" t="s">
         <v>127</v>
       </c>
       <c r="F24" t="s">
         <v>127</v>
       </c>
       <c r="G24" t="s">
         <v>128</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
       <c r="I24" t="s">
         <v>129</v>
       </c>
       <c r="J24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N24" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="O24">
         <v>1</v>
       </c>
       <c r="P24" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="Q24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R24" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="S24" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="T24">
         <v>2</v>
       </c>
       <c r="U24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V24" t="s">
         <v>128</v>
       </c>
       <c r="W24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X24">
         <v>252</v>
       </c>
       <c r="Y24">
-        <v>0.13018299999999999</v>
+        <v>0.129769</v>
       </c>
       <c r="Z24" t="s">
         <v>128</v>
       </c>
       <c r="AE24" t="s">
         <v>128</v>
       </c>
       <c r="AF24">
         <v>4</v>
       </c>
       <c r="AG24" t="s">
         <v>128</v>
       </c>
       <c r="AH24">
         <v>4</v>
       </c>
       <c r="AI24">
         <v>1</v>
       </c>
       <c r="AJ24">
         <v>5</v>
       </c>
       <c r="AK24" t="s">
         <v>128</v>
       </c>
       <c r="AM24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN24">
         <v>-7.4182899999999996E-2</v>
       </c>
       <c r="AO24">
         <v>-3.2612000000000001E-3</v>
       </c>
       <c r="AP24">
         <v>1.9649300000000001E-2</v>
       </c>
       <c r="AQ24" t="s">
         <v>128</v>
       </c>
       <c r="AS24">
         <v>0.1029593</v>
       </c>
       <c r="AT24">
         <v>0.102602</v>
       </c>
       <c r="AU24">
         <v>0.1025305</v>
       </c>
       <c r="AV24" t="s">
         <v>128</v>
       </c>
@@ -8871,23147 +8786,21731 @@
       <c r="AY24">
         <v>0.21906020000000001</v>
       </c>
       <c r="AZ24">
         <v>0.1917682</v>
       </c>
       <c r="BA24" t="s">
         <v>128</v>
       </c>
       <c r="BC24">
         <v>-0.45081280000000001</v>
       </c>
       <c r="BD24">
         <v>-0.17783409999999999</v>
       </c>
       <c r="BE24">
         <v>-0.14407130000000001</v>
       </c>
       <c r="BF24" t="s">
         <v>128</v>
       </c>
       <c r="BN24" t="s">
         <v>127</v>
       </c>
       <c r="BP24" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="BQ24">
         <v>0</v>
       </c>
       <c r="BR24">
         <v>10000</v>
       </c>
       <c r="BS24">
         <v>0</v>
       </c>
       <c r="BT24">
         <v>0</v>
       </c>
       <c r="BU24">
         <v>0</v>
       </c>
       <c r="BV24">
         <v>0</v>
       </c>
       <c r="BW24">
         <v>0</v>
       </c>
       <c r="BX24" t="s">
         <v>128</v>
       </c>
       <c r="BY24">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="BZ24">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA24" t="s">
         <v>128</v>
       </c>
       <c r="CC24" t="s">
         <v>128</v>
       </c>
       <c r="CD24" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="CE24" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="CF24" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG24" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI24" t="s">
         <v>128</v>
       </c>
       <c r="CO24" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="CP24" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="CQ24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR24" t="s">
         <v>127</v>
       </c>
       <c r="CS24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV24" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="CW24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>123</v>
       </c>
       <c r="B25" t="s">
         <v>124</v>
       </c>
       <c r="C25" t="s">
         <v>125</v>
       </c>
       <c r="D25" t="s">
         <v>126</v>
       </c>
       <c r="E25" t="s">
         <v>127</v>
       </c>
       <c r="F25" t="s">
         <v>127</v>
       </c>
       <c r="G25" t="s">
         <v>128</v>
       </c>
       <c r="H25" t="s">
         <v>128</v>
       </c>
       <c r="I25" t="s">
         <v>129</v>
       </c>
       <c r="J25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N25" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="O25">
         <v>1</v>
       </c>
       <c r="P25" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="Q25" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R25" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="S25" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="T25">
         <v>2</v>
       </c>
       <c r="U25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V25" t="s">
         <v>128</v>
       </c>
       <c r="W25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X25">
         <v>252</v>
       </c>
       <c r="Y25">
-        <v>0.20660500000000001</v>
+        <v>0.20755100000000001</v>
       </c>
       <c r="Z25" t="s">
         <v>128</v>
       </c>
       <c r="AE25" t="s">
         <v>128</v>
       </c>
       <c r="AF25">
         <v>5</v>
       </c>
       <c r="AG25" t="s">
         <v>128</v>
       </c>
       <c r="AH25">
         <v>5</v>
       </c>
       <c r="AI25">
         <v>1</v>
       </c>
       <c r="AJ25">
         <v>5</v>
       </c>
       <c r="AK25" t="s">
         <v>128</v>
       </c>
       <c r="AM25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN25">
         <v>-0.19657340000000001</v>
       </c>
       <c r="AP25">
         <v>-3.72257E-2</v>
       </c>
       <c r="AQ25" t="s">
         <v>128</v>
       </c>
       <c r="AS25">
         <v>3.4945200000000003E-2</v>
       </c>
       <c r="AU25">
         <v>7.8235799999999994E-2</v>
       </c>
       <c r="AV25" t="s">
         <v>128</v>
       </c>
       <c r="AX25">
         <v>0.33286739999999998</v>
       </c>
       <c r="AZ25">
         <v>0.20748759999999999</v>
       </c>
       <c r="BA25" t="s">
         <v>128</v>
       </c>
       <c r="BC25">
         <v>-0.68780600000000003</v>
       </c>
       <c r="BE25">
         <v>-0.22685949999999999</v>
       </c>
       <c r="BF25" t="s">
         <v>128</v>
       </c>
       <c r="BN25" t="s">
         <v>127</v>
       </c>
       <c r="BO25" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="BP25" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="BQ25">
         <v>4</v>
       </c>
       <c r="BR25">
         <v>10000</v>
       </c>
       <c r="BS25">
         <v>0.05</v>
       </c>
       <c r="BT25">
         <v>0</v>
       </c>
       <c r="BU25">
         <v>0</v>
       </c>
       <c r="BV25">
         <v>0</v>
       </c>
       <c r="BW25">
         <v>0</v>
       </c>
       <c r="BX25" t="s">
         <v>128</v>
       </c>
       <c r="BY25">
         <v>1.72E-2</v>
       </c>
       <c r="BZ25">
         <v>2E-3</v>
       </c>
       <c r="CA25" t="s">
         <v>128</v>
       </c>
       <c r="CC25" t="s">
         <v>128</v>
       </c>
       <c r="CD25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE25" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="CF25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI25" t="s">
         <v>128</v>
       </c>
       <c r="CO25" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="CP25" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="CQ25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="CR25" t="s">
         <v>127</v>
       </c>
       <c r="CS25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV25" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="CW25" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="26" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>123</v>
       </c>
       <c r="B26" t="s">
         <v>124</v>
       </c>
       <c r="C26" t="s">
         <v>125</v>
       </c>
       <c r="D26" t="s">
         <v>126</v>
       </c>
       <c r="E26" t="s">
         <v>127</v>
       </c>
       <c r="F26" t="s">
         <v>127</v>
       </c>
       <c r="G26" t="s">
         <v>128</v>
       </c>
       <c r="H26" t="s">
         <v>128</v>
       </c>
       <c r="I26" t="s">
         <v>129</v>
       </c>
       <c r="J26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L26" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N26" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="O26">
         <v>1</v>
       </c>
       <c r="P26" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="Q26" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S26" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="T26">
         <v>2</v>
       </c>
       <c r="U26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V26" t="s">
         <v>128</v>
       </c>
       <c r="W26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X26">
         <v>252</v>
       </c>
       <c r="Y26">
-        <v>0.23480599999999999</v>
+        <v>0.232436</v>
       </c>
       <c r="Z26" t="s">
         <v>128</v>
       </c>
       <c r="AE26" t="s">
         <v>128</v>
       </c>
       <c r="AF26">
         <v>5</v>
       </c>
       <c r="AG26" t="s">
         <v>128</v>
       </c>
       <c r="AH26">
         <v>5</v>
       </c>
       <c r="AI26">
         <v>1</v>
       </c>
       <c r="AJ26">
         <v>5</v>
       </c>
       <c r="AK26" t="s">
         <v>128</v>
       </c>
       <c r="AM26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN26">
         <v>-0.4926913</v>
       </c>
       <c r="AP26">
         <v>-8.0196000000000003E-2</v>
       </c>
       <c r="AQ26" t="s">
         <v>128</v>
       </c>
       <c r="AS26">
         <v>0.1091519</v>
       </c>
       <c r="AU26">
         <v>7.5602000000000003E-2</v>
       </c>
       <c r="AV26" t="s">
         <v>128</v>
       </c>
       <c r="AX26">
         <v>1.0273629</v>
       </c>
       <c r="AZ26">
         <v>0.23771139999999999</v>
       </c>
       <c r="BA26" t="s">
         <v>128</v>
       </c>
       <c r="BC26">
         <v>-0.69931960000000004</v>
       </c>
       <c r="BE26">
         <v>-0.30989709999999998</v>
       </c>
       <c r="BF26" t="s">
         <v>128</v>
       </c>
       <c r="BN26" t="s">
         <v>127</v>
       </c>
       <c r="BO26" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="BP26" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="BQ26">
         <v>4</v>
       </c>
       <c r="BR26">
         <v>10000</v>
       </c>
       <c r="BS26">
         <v>0</v>
       </c>
       <c r="BT26">
         <v>0</v>
       </c>
       <c r="BU26">
         <v>0</v>
       </c>
       <c r="BV26">
         <v>0</v>
       </c>
       <c r="BW26">
         <v>0</v>
       </c>
       <c r="BX26" t="s">
         <v>128</v>
       </c>
       <c r="BY26">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ26">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA26" t="s">
         <v>128</v>
       </c>
       <c r="CC26" t="s">
         <v>128</v>
       </c>
       <c r="CD26" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="CE26" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="CF26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG26" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI26" t="s">
         <v>128</v>
       </c>
       <c r="CO26" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="CP26" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="CQ26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR26" t="s">
         <v>127</v>
       </c>
       <c r="CS26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV26" t="s">
-        <v>346</v>
+        <v>219</v>
       </c>
       <c r="CW26" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>123</v>
       </c>
       <c r="B27" t="s">
         <v>124</v>
       </c>
       <c r="C27" t="s">
         <v>125</v>
       </c>
       <c r="D27" t="s">
         <v>126</v>
       </c>
       <c r="E27" t="s">
         <v>127</v>
       </c>
       <c r="F27" t="s">
         <v>127</v>
       </c>
       <c r="G27" t="s">
         <v>128</v>
       </c>
       <c r="H27" t="s">
         <v>128</v>
       </c>
       <c r="I27" t="s">
         <v>129</v>
       </c>
       <c r="J27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N27" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="O27">
         <v>1</v>
       </c>
       <c r="P27" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="Q27" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S27" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V27" t="s">
         <v>128</v>
       </c>
       <c r="W27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X27">
         <v>252</v>
       </c>
       <c r="Y27">
-        <v>0.26966699999999999</v>
+        <v>0.26864300000000002</v>
       </c>
       <c r="Z27" t="s">
         <v>128</v>
       </c>
       <c r="AE27" t="s">
         <v>128</v>
       </c>
       <c r="AF27">
         <v>5</v>
       </c>
       <c r="AG27" t="s">
         <v>128</v>
       </c>
       <c r="AH27">
         <v>5</v>
       </c>
       <c r="AI27">
         <v>1</v>
       </c>
       <c r="AJ27">
         <v>5</v>
       </c>
       <c r="AK27" t="s">
         <v>128</v>
       </c>
       <c r="AM27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN27">
         <v>-0.44495459999999998</v>
       </c>
       <c r="AP27">
         <v>-0.16835629999999999</v>
       </c>
       <c r="AQ27" t="s">
         <v>128</v>
       </c>
       <c r="AS27">
         <v>-3.4372600000000003E-2</v>
       </c>
       <c r="AU27">
         <v>8.8188600000000006E-2</v>
       </c>
       <c r="AV27" t="s">
         <v>128</v>
       </c>
       <c r="AX27">
         <v>1.1044731000000001</v>
       </c>
       <c r="AZ27">
         <v>0.2190201</v>
       </c>
       <c r="BA27" t="s">
         <v>128</v>
       </c>
       <c r="BC27">
         <v>-0.75075130000000001</v>
       </c>
       <c r="BE27">
         <v>-0.30376809999999999</v>
       </c>
       <c r="BF27" t="s">
         <v>128</v>
       </c>
       <c r="BN27" t="s">
         <v>127</v>
       </c>
       <c r="BO27" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="BP27" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="BQ27">
         <v>3</v>
       </c>
       <c r="BR27">
         <v>10000</v>
       </c>
       <c r="BS27">
         <v>0</v>
       </c>
       <c r="BT27">
         <v>0</v>
       </c>
       <c r="BU27">
         <v>0</v>
       </c>
       <c r="BV27">
         <v>0</v>
       </c>
       <c r="BW27">
         <v>0</v>
       </c>
       <c r="BX27" t="s">
         <v>128</v>
       </c>
       <c r="BY27">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ27">
         <v>1.5E-3</v>
       </c>
       <c r="CA27" t="s">
         <v>128</v>
       </c>
       <c r="CC27" t="s">
         <v>128</v>
       </c>
       <c r="CD27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE27" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="CF27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG27" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="CH27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI27" t="s">
         <v>128</v>
       </c>
       <c r="CO27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP27" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="CQ27" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR27" t="s">
         <v>127</v>
       </c>
       <c r="CS27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV27" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="CW27" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>124</v>
       </c>
       <c r="C28" t="s">
         <v>125</v>
       </c>
       <c r="D28" t="s">
         <v>126</v>
       </c>
       <c r="E28" t="s">
         <v>127</v>
       </c>
       <c r="F28" t="s">
         <v>127</v>
       </c>
       <c r="G28" t="s">
         <v>128</v>
       </c>
       <c r="H28" t="s">
         <v>128</v>
       </c>
       <c r="I28" t="s">
         <v>129</v>
       </c>
       <c r="J28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L28" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N28" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="O28">
         <v>1</v>
       </c>
       <c r="P28" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="Q28" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R28" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="S28" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="T28">
         <v>2</v>
       </c>
       <c r="U28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V28" t="s">
         <v>128</v>
       </c>
       <c r="W28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X28">
         <v>252</v>
       </c>
       <c r="Y28">
-        <v>0.36336299999999999</v>
+        <v>0.362068</v>
       </c>
       <c r="Z28" t="s">
         <v>128</v>
       </c>
       <c r="AE28" t="s">
         <v>128</v>
       </c>
       <c r="AF28">
         <v>6</v>
       </c>
       <c r="AG28" t="s">
         <v>128</v>
       </c>
       <c r="AH28">
         <v>6</v>
       </c>
       <c r="AI28">
         <v>1</v>
       </c>
       <c r="AJ28">
         <v>5</v>
       </c>
       <c r="AK28" t="s">
         <v>128</v>
       </c>
       <c r="AM28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN28">
         <v>-0.59917100000000001</v>
       </c>
       <c r="AP28">
         <v>-9.32037E-2</v>
       </c>
       <c r="AQ28" t="s">
         <v>128</v>
       </c>
       <c r="AS28">
         <v>0.22413440000000001</v>
       </c>
       <c r="AU28">
         <v>0.1157691</v>
       </c>
       <c r="AV28" t="s">
         <v>128</v>
       </c>
       <c r="AX28">
         <v>1.2484039</v>
       </c>
       <c r="AZ28">
         <v>0.3936442</v>
       </c>
       <c r="BA28" t="s">
         <v>128</v>
       </c>
       <c r="BC28">
         <v>-0.87999870000000002</v>
       </c>
       <c r="BE28">
         <v>-0.47613909999999998</v>
       </c>
       <c r="BF28" t="s">
         <v>128</v>
       </c>
       <c r="BN28" t="s">
         <v>127</v>
       </c>
       <c r="BO28" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="BP28" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="BQ28">
         <v>2</v>
       </c>
       <c r="BR28">
         <v>10000</v>
       </c>
       <c r="BS28">
         <v>0</v>
       </c>
       <c r="BT28">
         <v>0</v>
       </c>
       <c r="BU28">
         <v>0</v>
       </c>
       <c r="BV28">
         <v>0</v>
       </c>
       <c r="BW28">
         <v>0</v>
       </c>
       <c r="BX28" t="s">
         <v>128</v>
       </c>
       <c r="BY28">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ28">
         <v>2.3E-3</v>
       </c>
       <c r="CA28" t="s">
         <v>128</v>
       </c>
       <c r="CC28" t="s">
         <v>128</v>
       </c>
       <c r="CD28" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="CE28" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="CF28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="CG28" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="CH28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI28" t="s">
         <v>128</v>
       </c>
       <c r="CO28" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="CP28" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="CQ28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR28" t="s">
         <v>127</v>
       </c>
       <c r="CS28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV28" t="s">
-        <v>346</v>
+        <v>219</v>
       </c>
       <c r="CW28" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>124</v>
       </c>
       <c r="C29" t="s">
         <v>125</v>
       </c>
       <c r="D29" t="s">
         <v>126</v>
       </c>
       <c r="E29" t="s">
         <v>127</v>
       </c>
       <c r="F29" t="s">
         <v>127</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29" t="s">
         <v>128</v>
       </c>
       <c r="I29" t="s">
         <v>129</v>
       </c>
       <c r="J29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K29" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L29" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N29" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="O29">
         <v>1</v>
       </c>
       <c r="P29" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="Q29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R29" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S29" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="T29">
         <v>2</v>
       </c>
       <c r="U29" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V29" t="s">
         <v>128</v>
       </c>
       <c r="W29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X29">
         <v>252</v>
       </c>
       <c r="Y29">
-        <v>0.13670099999999999</v>
+        <v>0.136656</v>
       </c>
       <c r="Z29" t="s">
         <v>128</v>
       </c>
       <c r="AE29" t="s">
         <v>128</v>
       </c>
       <c r="AF29">
         <v>4</v>
       </c>
       <c r="AG29" t="s">
         <v>128</v>
       </c>
       <c r="AH29">
         <v>4</v>
       </c>
       <c r="AI29">
         <v>1</v>
       </c>
       <c r="AJ29">
         <v>5</v>
       </c>
       <c r="AK29" t="s">
         <v>128</v>
       </c>
       <c r="AM29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN29">
         <v>-6.6859500000000002E-2</v>
       </c>
       <c r="AP29">
         <v>-1.4381000000000001E-3</v>
       </c>
       <c r="AQ29" t="s">
         <v>128</v>
       </c>
       <c r="AS29">
         <v>0.11177380000000001</v>
       </c>
       <c r="AU29">
         <v>0.1082723</v>
       </c>
       <c r="AV29" t="s">
         <v>128</v>
       </c>
       <c r="AX29">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ29">
         <v>0.15125710000000001</v>
       </c>
       <c r="BA29" t="s">
         <v>128</v>
       </c>
       <c r="BC29">
         <v>-0.53077700000000005</v>
       </c>
       <c r="BE29">
         <v>-0.15267919999999999</v>
       </c>
       <c r="BF29" t="s">
         <v>128</v>
       </c>
       <c r="BN29" t="s">
         <v>127</v>
       </c>
       <c r="BO29" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="BP29" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="BQ29">
         <v>1</v>
       </c>
       <c r="BR29">
         <v>10000</v>
       </c>
       <c r="BS29">
         <v>0</v>
       </c>
       <c r="BT29">
         <v>0</v>
       </c>
       <c r="BU29">
         <v>0</v>
       </c>
       <c r="BV29">
         <v>0</v>
       </c>
       <c r="BW29">
         <v>0</v>
       </c>
       <c r="BX29" t="s">
         <v>128</v>
       </c>
       <c r="BY29">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ29">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA29" t="s">
         <v>128</v>
       </c>
       <c r="CC29" t="s">
         <v>128</v>
       </c>
       <c r="CD29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="CE29" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="CF29" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG29" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI29" t="s">
         <v>128</v>
       </c>
       <c r="CO29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP29" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="CQ29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR29" t="s">
         <v>127</v>
       </c>
       <c r="CS29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV29" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CW29" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
       <c r="C30" t="s">
         <v>125</v>
       </c>
       <c r="D30" t="s">
         <v>126</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30" t="s">
         <v>127</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30" t="s">
         <v>128</v>
       </c>
       <c r="I30" t="s">
         <v>129</v>
       </c>
       <c r="J30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K30" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N30" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="Q30" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="R30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S30" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="T30">
         <v>2</v>
       </c>
       <c r="U30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V30" t="s">
         <v>128</v>
       </c>
       <c r="W30" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X30">
         <v>252</v>
       </c>
       <c r="Y30">
-        <v>0.19875200000000001</v>
+        <v>0.19712499999999999</v>
       </c>
       <c r="Z30" t="s">
         <v>128</v>
       </c>
       <c r="AE30" t="s">
         <v>128</v>
       </c>
       <c r="AF30">
         <v>5</v>
       </c>
       <c r="AG30" t="s">
         <v>128</v>
       </c>
       <c r="AH30">
         <v>4</v>
       </c>
       <c r="AI30">
         <v>1</v>
       </c>
       <c r="AJ30">
         <v>5</v>
       </c>
       <c r="AK30" t="s">
         <v>128</v>
       </c>
       <c r="AM30" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN30">
         <v>-0.36772450000000001</v>
       </c>
       <c r="AP30">
         <v>-3.6739099999999997E-2</v>
       </c>
       <c r="AQ30" t="s">
         <v>128</v>
       </c>
       <c r="AS30">
         <v>0.13167190000000001</v>
       </c>
       <c r="AU30">
         <v>0.16833609999999999</v>
       </c>
       <c r="AV30" t="s">
         <v>128</v>
       </c>
       <c r="AX30">
         <v>0.73160559999999997</v>
       </c>
       <c r="AZ30">
         <v>0.2979888</v>
       </c>
       <c r="BA30" t="s">
         <v>128</v>
       </c>
       <c r="BC30">
         <v>-0.6074195</v>
       </c>
       <c r="BE30">
         <v>-0.24601300000000001</v>
       </c>
       <c r="BF30" t="s">
         <v>128</v>
       </c>
       <c r="BN30" t="s">
         <v>127</v>
       </c>
       <c r="BO30" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="BP30" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="BQ30">
         <v>4</v>
       </c>
       <c r="BR30">
         <v>10000</v>
       </c>
       <c r="BS30">
         <v>0</v>
       </c>
       <c r="BT30">
         <v>0</v>
       </c>
       <c r="BU30">
         <v>0</v>
       </c>
       <c r="BV30">
         <v>0</v>
       </c>
       <c r="BW30">
         <v>0</v>
       </c>
       <c r="BX30" t="s">
         <v>128</v>
       </c>
       <c r="BY30">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ30">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA30" t="s">
         <v>128</v>
       </c>
       <c r="CC30" t="s">
         <v>128</v>
       </c>
       <c r="CD30" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="CE30" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="CF30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG30" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="CH30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI30" t="s">
         <v>128</v>
       </c>
       <c r="CO30" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="CP30" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="CQ30" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR30" t="s">
         <v>127</v>
       </c>
       <c r="CS30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU30" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV30" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="CW30" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>124</v>
       </c>
       <c r="C31" t="s">
         <v>125</v>
       </c>
       <c r="D31" t="s">
         <v>126</v>
       </c>
       <c r="E31" t="s">
         <v>127</v>
       </c>
       <c r="F31" t="s">
         <v>127</v>
       </c>
       <c r="G31" t="s">
         <v>128</v>
       </c>
       <c r="H31" t="s">
         <v>128</v>
       </c>
       <c r="I31" t="s">
         <v>129</v>
       </c>
       <c r="J31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L31" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N31" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="O31">
         <v>1</v>
       </c>
       <c r="P31" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="Q31" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R31" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="S31" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="T31">
         <v>2</v>
       </c>
       <c r="U31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V31" t="s">
         <v>128</v>
       </c>
       <c r="W31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X31">
         <v>252</v>
       </c>
       <c r="Y31">
-        <v>0.29662300000000003</v>
+        <v>0.29455599999999998</v>
       </c>
       <c r="Z31" t="s">
         <v>128</v>
       </c>
       <c r="AE31" t="s">
         <v>128</v>
       </c>
       <c r="AF31">
         <v>5</v>
       </c>
       <c r="AG31" t="s">
         <v>128</v>
       </c>
       <c r="AH31">
         <v>5</v>
       </c>
       <c r="AI31">
         <v>1</v>
       </c>
       <c r="AJ31">
         <v>5</v>
       </c>
       <c r="AK31" t="s">
         <v>128</v>
       </c>
       <c r="AM31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN31">
         <v>-0.55987290000000001</v>
       </c>
       <c r="AP31">
         <v>-6.1995599999999998E-2</v>
       </c>
       <c r="AQ31" t="s">
         <v>128</v>
       </c>
       <c r="AS31">
         <v>0.1095483</v>
       </c>
       <c r="AU31">
         <v>0.12136089999999999</v>
       </c>
       <c r="AV31" t="s">
         <v>128</v>
       </c>
       <c r="AX31">
         <v>0.93159809999999998</v>
       </c>
       <c r="AZ31">
         <v>0.2807616</v>
       </c>
       <c r="BA31" t="s">
         <v>128</v>
       </c>
       <c r="BC31">
         <v>-0.82676669999999997</v>
       </c>
       <c r="BE31">
         <v>-0.40775109999999998</v>
       </c>
       <c r="BF31" t="s">
         <v>128</v>
       </c>
       <c r="BN31" t="s">
         <v>127</v>
       </c>
       <c r="BO31" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="BP31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="BQ31">
         <v>3</v>
       </c>
       <c r="BR31">
         <v>10000</v>
       </c>
       <c r="BS31">
         <v>0.05</v>
       </c>
       <c r="BT31">
         <v>0</v>
       </c>
       <c r="BU31">
         <v>0</v>
       </c>
       <c r="BV31">
         <v>0</v>
       </c>
       <c r="BW31">
         <v>0</v>
       </c>
       <c r="BX31" t="s">
         <v>128</v>
       </c>
       <c r="BY31">
         <v>1.55E-2</v>
       </c>
       <c r="BZ31">
         <v>2.3E-3</v>
       </c>
       <c r="CA31" t="s">
         <v>128</v>
       </c>
       <c r="CC31" t="s">
         <v>128</v>
       </c>
       <c r="CD31" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE31" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="CF31" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG31" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH31" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI31" t="s">
         <v>128</v>
       </c>
       <c r="CO31" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="CP31" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="CQ31" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR31" t="s">
         <v>127</v>
       </c>
       <c r="CS31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV31" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="CW31" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>123</v>
       </c>
       <c r="B32" t="s">
         <v>124</v>
       </c>
       <c r="C32" t="s">
         <v>125</v>
       </c>
       <c r="D32" t="s">
         <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>127</v>
       </c>
       <c r="F32" t="s">
         <v>127</v>
       </c>
       <c r="G32" t="s">
         <v>128</v>
       </c>
       <c r="H32" t="s">
         <v>128</v>
       </c>
       <c r="I32" t="s">
         <v>129</v>
       </c>
       <c r="J32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N32" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="O32">
         <v>1</v>
       </c>
       <c r="P32" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="Q32" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="R32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S32" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="T32">
         <v>2</v>
       </c>
       <c r="U32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V32" t="s">
         <v>128</v>
       </c>
       <c r="W32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X32">
         <v>252</v>
       </c>
       <c r="Y32">
-        <v>0.30168400000000001</v>
+        <v>0.30060900000000002</v>
       </c>
       <c r="Z32" t="s">
         <v>128</v>
       </c>
       <c r="AE32" t="s">
         <v>128</v>
       </c>
       <c r="AF32">
         <v>6</v>
       </c>
       <c r="AG32" t="s">
         <v>128</v>
       </c>
       <c r="AH32">
         <v>6</v>
       </c>
       <c r="AI32">
         <v>1</v>
       </c>
       <c r="AJ32">
         <v>5</v>
       </c>
       <c r="AK32" t="s">
         <v>128</v>
       </c>
       <c r="AM32" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN32">
         <v>-0.2164075</v>
       </c>
       <c r="AP32">
         <v>-1.9972500000000001E-2</v>
       </c>
       <c r="AQ32" t="s">
         <v>128</v>
       </c>
       <c r="AS32">
         <v>0.1750148</v>
       </c>
       <c r="AU32">
         <v>0.17467750000000001</v>
       </c>
       <c r="AV32" t="s">
         <v>128</v>
       </c>
       <c r="AX32">
         <v>0.75988599999999995</v>
       </c>
       <c r="AZ32">
         <v>0.40765649999999998</v>
       </c>
       <c r="BA32" t="s">
         <v>128</v>
       </c>
       <c r="BC32">
         <v>-0.88857350000000002</v>
       </c>
       <c r="BE32">
         <v>-0.4479688</v>
       </c>
       <c r="BF32" t="s">
         <v>128</v>
       </c>
       <c r="BN32" t="s">
         <v>127</v>
       </c>
       <c r="BO32" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="BP32" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="BQ32">
         <v>3</v>
       </c>
       <c r="BR32">
         <v>1000000</v>
       </c>
       <c r="BS32">
         <v>0</v>
       </c>
       <c r="BT32">
         <v>0</v>
       </c>
       <c r="BU32">
         <v>0</v>
       </c>
       <c r="BV32">
         <v>0</v>
       </c>
       <c r="BW32">
         <v>0</v>
       </c>
       <c r="BX32" t="s">
         <v>128</v>
       </c>
       <c r="BY32">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="BZ32">
         <v>2.3E-3</v>
       </c>
       <c r="CA32" t="s">
         <v>128</v>
       </c>
       <c r="CC32" t="s">
         <v>128</v>
       </c>
       <c r="CD32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE32" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="CF32" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="CG32" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI32" t="s">
         <v>128</v>
       </c>
       <c r="CO32" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="CP32" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="CQ32" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR32" t="s">
         <v>127</v>
       </c>
       <c r="CS32" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV32" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="CW32" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>123</v>
       </c>
       <c r="B33" t="s">
         <v>124</v>
       </c>
       <c r="C33" t="s">
         <v>125</v>
       </c>
       <c r="D33" t="s">
         <v>126</v>
       </c>
       <c r="E33" t="s">
         <v>127</v>
       </c>
       <c r="F33" t="s">
         <v>127</v>
       </c>
       <c r="G33" t="s">
         <v>128</v>
       </c>
       <c r="H33" t="s">
         <v>128</v>
       </c>
       <c r="I33" t="s">
         <v>129</v>
       </c>
       <c r="J33" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K33" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L33" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N33" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="O33">
         <v>1</v>
       </c>
       <c r="P33" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="Q33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R33" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S33" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V33" t="s">
         <v>128</v>
       </c>
       <c r="W33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X33">
         <v>252</v>
       </c>
       <c r="Y33">
-        <v>0.28226699999999999</v>
+        <v>0.28036899999999998</v>
       </c>
       <c r="Z33" t="s">
         <v>128</v>
       </c>
       <c r="AE33" t="s">
         <v>128</v>
       </c>
       <c r="AF33">
         <v>5</v>
       </c>
       <c r="AG33" t="s">
         <v>128</v>
       </c>
       <c r="AH33">
         <v>5</v>
       </c>
       <c r="AI33">
         <v>1</v>
       </c>
       <c r="AJ33">
         <v>5</v>
       </c>
       <c r="AK33" t="s">
         <v>128</v>
       </c>
       <c r="AM33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN33">
         <v>-0.4720181</v>
       </c>
       <c r="AP33">
         <v>-0.16667209999999999</v>
       </c>
       <c r="AQ33" t="s">
         <v>128</v>
       </c>
       <c r="AS33">
         <v>0.1087351</v>
       </c>
       <c r="AU33">
         <v>3.4698399999999997E-2</v>
       </c>
       <c r="AV33" t="s">
         <v>128</v>
       </c>
       <c r="AX33">
         <v>0.82995940000000001</v>
       </c>
       <c r="AZ33">
         <v>0.28662680000000001</v>
       </c>
       <c r="BA33" t="s">
         <v>128</v>
       </c>
       <c r="BC33">
         <v>-0.75562739999999995</v>
       </c>
       <c r="BE33">
         <v>-0.344862</v>
       </c>
       <c r="BF33" t="s">
         <v>128</v>
       </c>
       <c r="BN33" t="s">
         <v>127</v>
       </c>
       <c r="BO33" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="BP33" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="BQ33">
         <v>4</v>
       </c>
       <c r="BR33">
         <v>10000</v>
       </c>
       <c r="BS33">
         <v>0</v>
       </c>
       <c r="BT33">
         <v>0</v>
       </c>
       <c r="BU33">
         <v>0</v>
       </c>
       <c r="BV33">
         <v>0</v>
       </c>
       <c r="BW33">
         <v>0</v>
       </c>
       <c r="BX33" t="s">
         <v>128</v>
       </c>
       <c r="BY33">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ33">
         <v>1.4E-3</v>
       </c>
       <c r="CA33" t="s">
         <v>128</v>
       </c>
       <c r="CC33" t="s">
         <v>128</v>
       </c>
       <c r="CD33" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="CE33" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="CF33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG33" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="CH33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI33" t="s">
         <v>128</v>
       </c>
       <c r="CO33" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="CP33" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="CQ33" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR33" t="s">
         <v>127</v>
       </c>
       <c r="CS33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU33" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV33" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="CW33" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>123</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
       <c r="C34" t="s">
         <v>125</v>
       </c>
       <c r="D34" t="s">
         <v>126</v>
       </c>
       <c r="E34" t="s">
         <v>127</v>
       </c>
       <c r="F34" t="s">
         <v>127</v>
       </c>
       <c r="G34" t="s">
         <v>128</v>
       </c>
       <c r="H34" t="s">
         <v>128</v>
       </c>
       <c r="I34" t="s">
         <v>129</v>
       </c>
       <c r="J34" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K34" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N34" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="Q34" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="R34" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S34" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>
       <c r="U34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V34" t="s">
         <v>128</v>
       </c>
       <c r="W34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X34">
         <v>252</v>
       </c>
       <c r="Y34">
-        <v>0.206429</v>
+        <v>0.207376</v>
       </c>
       <c r="Z34" t="s">
         <v>128</v>
       </c>
       <c r="AE34" t="s">
         <v>128</v>
       </c>
       <c r="AF34">
         <v>5</v>
       </c>
       <c r="AG34" t="s">
         <v>128</v>
       </c>
       <c r="AH34">
         <v>5</v>
       </c>
       <c r="AI34">
         <v>1</v>
       </c>
       <c r="AJ34">
         <v>5</v>
       </c>
       <c r="AK34" t="s">
         <v>128</v>
       </c>
       <c r="AM34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN34">
         <v>-0.26292729999999997</v>
       </c>
       <c r="AP34">
         <v>-2.70193E-2</v>
       </c>
       <c r="AQ34" t="s">
         <v>128</v>
       </c>
       <c r="AS34">
         <v>2.4874799999999999E-2</v>
       </c>
       <c r="AU34">
         <v>3.4926100000000002E-2</v>
       </c>
       <c r="AV34" t="s">
         <v>128</v>
       </c>
       <c r="AX34">
         <v>0.35725950000000001</v>
       </c>
       <c r="AZ34">
         <v>0.1059899</v>
       </c>
       <c r="BA34" t="s">
         <v>128</v>
       </c>
       <c r="BC34">
         <v>-0.76351250000000004</v>
       </c>
       <c r="BE34">
         <v>-0.25946799999999998</v>
       </c>
       <c r="BF34" t="s">
         <v>128</v>
       </c>
       <c r="BN34" t="s">
         <v>127</v>
       </c>
       <c r="BO34" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="BP34" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="BQ34">
         <v>2</v>
       </c>
       <c r="BR34">
         <v>1000000</v>
       </c>
       <c r="BS34">
         <v>0.05</v>
       </c>
       <c r="BT34">
         <v>0</v>
       </c>
       <c r="BU34">
         <v>0</v>
       </c>
       <c r="BV34">
         <v>0</v>
       </c>
       <c r="BW34">
         <v>0</v>
       </c>
       <c r="BX34" t="s">
         <v>128</v>
       </c>
       <c r="BY34">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ34">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA34" t="s">
         <v>128</v>
       </c>
       <c r="CC34" t="s">
         <v>128</v>
       </c>
       <c r="CD34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI34" t="s">
         <v>128</v>
       </c>
       <c r="CO34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP34" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="CQ34" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR34" t="s">
         <v>127</v>
       </c>
       <c r="CS34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="CW34" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>123</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
       <c r="C35" t="s">
         <v>125</v>
       </c>
       <c r="D35" t="s">
         <v>126</v>
       </c>
       <c r="E35" t="s">
         <v>127</v>
       </c>
       <c r="F35" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="s">
         <v>128</v>
       </c>
       <c r="H35" t="s">
         <v>128</v>
       </c>
       <c r="I35" t="s">
         <v>129</v>
       </c>
       <c r="J35" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N35" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="O35">
         <v>1</v>
       </c>
       <c r="P35" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="Q35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S35" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="T35">
         <v>2</v>
       </c>
       <c r="U35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V35" t="s">
         <v>128</v>
       </c>
       <c r="W35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X35">
         <v>252</v>
       </c>
       <c r="Y35">
-        <v>0.18832699999999999</v>
+        <v>0.18847900000000001</v>
       </c>
       <c r="Z35" t="s">
         <v>128</v>
       </c>
       <c r="AE35" t="s">
         <v>128</v>
       </c>
       <c r="AF35">
         <v>4</v>
       </c>
       <c r="AG35" t="s">
         <v>128</v>
       </c>
       <c r="AH35">
         <v>4</v>
       </c>
       <c r="AI35">
         <v>1</v>
       </c>
       <c r="AJ35">
         <v>5</v>
       </c>
       <c r="AK35" t="s">
         <v>128</v>
       </c>
       <c r="AM35" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN35">
         <v>-0.26790350000000002</v>
       </c>
       <c r="AP35">
         <v>-1.5718900000000001E-2</v>
       </c>
       <c r="AQ35" t="s">
         <v>128</v>
       </c>
       <c r="AS35">
         <v>9.2036499999999993E-2</v>
       </c>
       <c r="AU35">
         <v>7.3944999999999997E-2</v>
       </c>
       <c r="AV35" t="s">
         <v>128</v>
       </c>
       <c r="AX35">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ35">
         <v>0.1550137</v>
       </c>
       <c r="BA35" t="s">
         <v>128</v>
       </c>
       <c r="BC35">
         <v>-0.60314219999999996</v>
       </c>
       <c r="BE35">
         <v>-0.24107029999999999</v>
       </c>
       <c r="BF35" t="s">
         <v>128</v>
       </c>
       <c r="BN35" t="s">
         <v>127</v>
       </c>
       <c r="BO35" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="BP35" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="BQ35">
         <v>1</v>
       </c>
       <c r="BR35">
         <v>10000</v>
       </c>
       <c r="BS35">
         <v>0</v>
       </c>
       <c r="BT35">
         <v>0</v>
       </c>
       <c r="BU35">
         <v>0</v>
       </c>
       <c r="BV35">
         <v>0</v>
       </c>
       <c r="BW35">
         <v>0</v>
       </c>
       <c r="BX35" t="s">
         <v>128</v>
       </c>
       <c r="BY35">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ35">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA35" t="s">
         <v>128</v>
       </c>
       <c r="CC35" t="s">
         <v>128</v>
       </c>
       <c r="CD35" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="CE35" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="CF35" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG35" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI35" t="s">
         <v>128</v>
       </c>
       <c r="CO35" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="CP35" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="CQ35" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="CR35" t="s">
         <v>127</v>
       </c>
       <c r="CS35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV35" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW35" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>123</v>
       </c>
       <c r="B36" t="s">
         <v>124</v>
       </c>
       <c r="C36" t="s">
         <v>125</v>
       </c>
       <c r="D36" t="s">
         <v>126</v>
       </c>
       <c r="E36" t="s">
         <v>127</v>
       </c>
       <c r="F36" t="s">
         <v>127</v>
       </c>
       <c r="G36" t="s">
         <v>128</v>
       </c>
       <c r="H36" t="s">
         <v>128</v>
       </c>
       <c r="I36" t="s">
         <v>129</v>
       </c>
       <c r="J36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L36" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N36" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="O36">
         <v>1</v>
       </c>
       <c r="P36" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="Q36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S36" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="T36">
         <v>2</v>
       </c>
       <c r="U36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V36" t="s">
         <v>128</v>
       </c>
       <c r="W36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X36">
         <v>252</v>
       </c>
       <c r="Y36">
-        <v>0.23106699999999999</v>
+        <v>0.231207</v>
       </c>
       <c r="Z36" t="s">
         <v>128</v>
       </c>
       <c r="AE36" t="s">
         <v>128</v>
       </c>
       <c r="AF36">
         <v>5</v>
       </c>
       <c r="AG36" t="s">
         <v>128</v>
       </c>
       <c r="AH36">
         <v>5</v>
       </c>
       <c r="AI36">
         <v>1</v>
       </c>
       <c r="AJ36">
         <v>5</v>
       </c>
       <c r="AK36" t="s">
         <v>128</v>
       </c>
       <c r="AM36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN36">
         <v>-0.39497349999999998</v>
       </c>
       <c r="AP36">
         <v>-7.3654300000000006E-2</v>
       </c>
       <c r="AQ36" t="s">
         <v>128</v>
       </c>
       <c r="AS36">
         <v>6.7333299999999999E-2</v>
       </c>
       <c r="AU36">
         <v>2.8081800000000001E-2</v>
       </c>
       <c r="AV36" t="s">
         <v>128</v>
       </c>
       <c r="AX36">
         <v>0.50214499999999995</v>
       </c>
       <c r="AZ36">
         <v>0.15658420000000001</v>
       </c>
       <c r="BA36" t="s">
         <v>128</v>
       </c>
       <c r="BC36">
         <v>-0.74403779999999997</v>
       </c>
       <c r="BE36">
         <v>-0.29272130000000002</v>
       </c>
       <c r="BF36" t="s">
         <v>128</v>
       </c>
       <c r="BN36" t="s">
         <v>127</v>
       </c>
       <c r="BO36" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="BP36" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="BQ36">
         <v>2</v>
       </c>
       <c r="BR36">
         <v>10000</v>
       </c>
       <c r="BS36">
         <v>0</v>
       </c>
       <c r="BT36">
         <v>0</v>
       </c>
       <c r="BU36">
         <v>0</v>
       </c>
       <c r="BV36">
         <v>0</v>
       </c>
       <c r="BW36">
         <v>0</v>
       </c>
       <c r="BX36" t="s">
         <v>128</v>
       </c>
       <c r="BY36">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ36">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA36" t="s">
         <v>128</v>
       </c>
       <c r="CC36" t="s">
         <v>128</v>
       </c>
       <c r="CD36" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="CE36" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="CF36" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG36" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="CH36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI36" t="s">
         <v>128</v>
       </c>
       <c r="CO36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="CP36" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="CQ36" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR36" t="s">
         <v>127</v>
       </c>
       <c r="CS36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT36" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV36" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="CW36" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>123</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>127</v>
       </c>
       <c r="F37" t="s">
         <v>127</v>
       </c>
       <c r="G37" t="s">
         <v>128</v>
       </c>
       <c r="H37" t="s">
         <v>128</v>
       </c>
       <c r="I37" t="s">
         <v>129</v>
       </c>
       <c r="J37" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N37" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="Q37" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R37" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S37" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="T37">
         <v>2</v>
       </c>
       <c r="U37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V37" t="s">
         <v>128</v>
       </c>
       <c r="W37" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X37">
         <v>252</v>
       </c>
       <c r="Y37">
-        <v>0.20607300000000001</v>
+        <v>0.20669100000000001</v>
       </c>
       <c r="Z37" t="s">
         <v>128</v>
       </c>
       <c r="AE37" t="s">
         <v>128</v>
       </c>
       <c r="AF37">
         <v>5</v>
       </c>
       <c r="AG37" t="s">
         <v>128</v>
       </c>
       <c r="AH37">
         <v>5</v>
       </c>
       <c r="AI37">
         <v>1</v>
       </c>
       <c r="AJ37">
         <v>5</v>
       </c>
       <c r="AK37" t="s">
         <v>128</v>
       </c>
       <c r="AM37" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN37">
         <v>-0.38030710000000001</v>
       </c>
       <c r="AP37">
         <v>-7.6253100000000004E-2</v>
       </c>
       <c r="AQ37" t="s">
         <v>128</v>
       </c>
       <c r="AS37">
         <v>7.051E-3</v>
       </c>
       <c r="AU37">
         <v>5.6047899999999998E-2</v>
       </c>
       <c r="AV37" t="s">
         <v>128</v>
       </c>
       <c r="AX37">
         <v>0.64630399999999999</v>
       </c>
       <c r="AZ37">
         <v>0.20130149999999999</v>
       </c>
       <c r="BA37" t="s">
         <v>128</v>
       </c>
       <c r="BC37">
         <v>-0.66183760000000003</v>
       </c>
       <c r="BE37">
         <v>-0.25425740000000002</v>
       </c>
       <c r="BF37" t="s">
         <v>128</v>
       </c>
       <c r="BN37" t="s">
         <v>127</v>
       </c>
       <c r="BO37" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="BP37" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="BQ37">
         <v>2</v>
       </c>
       <c r="BR37">
         <v>10000</v>
       </c>
       <c r="BS37">
         <v>0.05</v>
       </c>
       <c r="BT37">
         <v>0</v>
       </c>
       <c r="BU37">
         <v>0</v>
       </c>
       <c r="BV37">
         <v>0</v>
       </c>
       <c r="BW37">
         <v>0</v>
       </c>
       <c r="BX37" t="s">
         <v>128</v>
       </c>
       <c r="BY37">
         <v>1.6E-2</v>
       </c>
       <c r="BZ37">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA37" t="s">
         <v>128</v>
       </c>
       <c r="CC37" t="s">
         <v>128</v>
       </c>
       <c r="CD37" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="CF37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CH37" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI37" t="s">
         <v>128</v>
       </c>
       <c r="CO37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP37" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="CQ37" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR37" t="s">
         <v>127</v>
       </c>
       <c r="CS37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV37" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="CW37" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>123</v>
       </c>
       <c r="B38" t="s">
         <v>124</v>
       </c>
       <c r="C38" t="s">
         <v>125</v>
       </c>
       <c r="D38" t="s">
         <v>126</v>
       </c>
       <c r="E38" t="s">
         <v>127</v>
       </c>
       <c r="F38" t="s">
         <v>127</v>
       </c>
       <c r="G38" t="s">
         <v>128</v>
       </c>
       <c r="H38" t="s">
         <v>128</v>
       </c>
       <c r="I38" t="s">
         <v>129</v>
       </c>
       <c r="J38" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K38" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L38" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N38" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="O38">
         <v>1</v>
       </c>
       <c r="P38" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="Q38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S38" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="T38">
         <v>2</v>
       </c>
       <c r="U38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V38" t="s">
         <v>128</v>
       </c>
       <c r="W38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X38">
         <v>252</v>
       </c>
       <c r="Y38">
-        <v>0.29692299999999999</v>
+        <v>0.296404</v>
       </c>
       <c r="Z38" t="s">
         <v>128</v>
       </c>
       <c r="AE38" t="s">
         <v>128</v>
       </c>
       <c r="AF38">
         <v>6</v>
       </c>
       <c r="AG38" t="s">
         <v>128</v>
       </c>
       <c r="AH38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI38">
         <v>1</v>
       </c>
       <c r="AJ38">
         <v>5</v>
       </c>
       <c r="AK38" t="s">
         <v>128</v>
       </c>
       <c r="AM38" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN38">
         <v>-0.57178859999999998</v>
       </c>
       <c r="AP38">
         <v>-7.2586300000000006E-2</v>
       </c>
       <c r="AQ38" t="s">
         <v>128</v>
       </c>
       <c r="AS38">
         <v>6.5576499999999996E-2</v>
       </c>
       <c r="AU38">
         <v>-3.3443000000000001E-3</v>
       </c>
       <c r="AV38" t="s">
         <v>128</v>
       </c>
       <c r="AX38">
         <v>0.40005030000000003</v>
       </c>
       <c r="AZ38">
         <v>0.1481017</v>
       </c>
       <c r="BA38" t="s">
         <v>128</v>
       </c>
       <c r="BC38">
         <v>-0.82976689999999997</v>
       </c>
       <c r="BE38">
         <v>-0.41431420000000002</v>
       </c>
       <c r="BF38" t="s">
         <v>128</v>
       </c>
       <c r="BN38" t="s">
         <v>127</v>
       </c>
       <c r="BO38" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="BP38" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="BQ38">
         <v>1</v>
       </c>
       <c r="BR38">
         <v>10000</v>
       </c>
       <c r="BS38">
         <v>0.05</v>
       </c>
       <c r="BT38">
         <v>0</v>
       </c>
       <c r="BU38">
         <v>0</v>
       </c>
       <c r="BV38">
         <v>0</v>
       </c>
       <c r="BW38">
         <v>0</v>
       </c>
       <c r="BX38" t="s">
         <v>128</v>
       </c>
       <c r="BY38">
         <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ38">
         <v>3.8E-3</v>
       </c>
       <c r="CA38" t="s">
         <v>128</v>
       </c>
       <c r="CC38" t="s">
         <v>128</v>
       </c>
       <c r="CD38" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE38" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="CF38" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="CG38" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="CH38" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI38" t="s">
         <v>128</v>
       </c>
       <c r="CO38" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="CP38" t="s">
-        <v>269</v>
+        <v>217</v>
       </c>
       <c r="CQ38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR38" t="s">
         <v>127</v>
       </c>
       <c r="CS38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU38" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV38" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CW38" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
         <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>126</v>
       </c>
       <c r="E39" t="s">
         <v>127</v>
       </c>
       <c r="F39" t="s">
         <v>127</v>
       </c>
       <c r="G39" t="s">
         <v>128</v>
       </c>
       <c r="H39" t="s">
         <v>128</v>
       </c>
       <c r="I39" t="s">
         <v>129</v>
       </c>
       <c r="J39" t="s">
         <v>129</v>
       </c>
       <c r="K39" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L39" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N39" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="O39">
         <v>1</v>
       </c>
       <c r="P39" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="Q39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R39" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S39" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="T39">
         <v>2</v>
       </c>
       <c r="U39" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V39" t="s">
         <v>128</v>
       </c>
       <c r="W39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X39">
         <v>252</v>
       </c>
       <c r="Y39">
-        <v>0.24543100000000001</v>
+        <v>0.245114</v>
       </c>
       <c r="Z39" t="s">
         <v>128</v>
       </c>
       <c r="AE39" t="s">
         <v>128</v>
       </c>
       <c r="AF39">
         <v>5</v>
       </c>
       <c r="AG39" t="s">
         <v>128</v>
       </c>
       <c r="AH39">
         <v>5</v>
       </c>
       <c r="AI39">
         <v>1</v>
       </c>
       <c r="AJ39">
         <v>5</v>
       </c>
       <c r="AK39" t="s">
         <v>128</v>
       </c>
       <c r="AM39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN39">
         <v>-0.26091720000000002</v>
       </c>
       <c r="AP39">
         <v>-9.7801999999999993E-3</v>
       </c>
       <c r="AQ39" t="s">
         <v>128</v>
       </c>
       <c r="AS39">
         <v>0.1460043</v>
       </c>
       <c r="AU39">
         <v>0.1291196</v>
       </c>
       <c r="AV39" t="s">
         <v>128</v>
       </c>
       <c r="AX39">
         <v>0.56959820000000005</v>
       </c>
       <c r="AZ39">
         <v>0.1883812</v>
       </c>
       <c r="BA39" t="s">
         <v>128</v>
       </c>
       <c r="BC39">
         <v>-0.74969620000000003</v>
       </c>
       <c r="BE39">
         <v>-0.28666330000000001</v>
       </c>
       <c r="BF39" t="s">
         <v>128</v>
       </c>
       <c r="BN39" t="s">
         <v>127</v>
       </c>
       <c r="BO39" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="BP39" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="BQ39">
         <v>0</v>
       </c>
       <c r="BR39">
         <v>10000</v>
       </c>
       <c r="BS39">
         <v>0</v>
       </c>
       <c r="BT39">
         <v>0</v>
       </c>
       <c r="BU39">
         <v>0</v>
       </c>
       <c r="BV39">
         <v>0</v>
       </c>
       <c r="BW39">
         <v>0</v>
       </c>
       <c r="BX39" t="s">
         <v>128</v>
       </c>
       <c r="BY39">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ39">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA39" t="s">
         <v>128</v>
       </c>
       <c r="CC39" t="s">
         <v>128</v>
       </c>
       <c r="CD39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="CE39" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="CF39" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="CH39" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI39" t="s">
         <v>128</v>
       </c>
       <c r="CO39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP39" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="CQ39" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CR39" t="s">
         <v>127</v>
       </c>
       <c r="CS39" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="CW39" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="40" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>123</v>
       </c>
       <c r="B40" t="s">
         <v>124</v>
       </c>
       <c r="C40" t="s">
         <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>126</v>
       </c>
       <c r="E40" t="s">
         <v>127</v>
       </c>
       <c r="F40" t="s">
         <v>127</v>
       </c>
       <c r="G40" t="s">
         <v>128</v>
       </c>
       <c r="H40" t="s">
         <v>128</v>
       </c>
       <c r="I40" t="s">
         <v>129</v>
       </c>
       <c r="J40" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K40" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N40" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="O40">
         <v>1</v>
       </c>
       <c r="P40" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="Q40" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S40" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V40" t="s">
         <v>128</v>
       </c>
       <c r="W40" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X40">
         <v>252</v>
       </c>
       <c r="Y40">
-        <v>0.226074</v>
+        <v>0.22492799999999999</v>
       </c>
       <c r="Z40" t="s">
         <v>128</v>
       </c>
       <c r="AE40" t="s">
         <v>128</v>
       </c>
       <c r="AF40">
         <v>5</v>
       </c>
       <c r="AG40" t="s">
         <v>128</v>
       </c>
       <c r="AH40">
         <v>5</v>
       </c>
       <c r="AI40">
         <v>1</v>
       </c>
       <c r="AJ40">
         <v>5</v>
       </c>
       <c r="AK40" t="s">
         <v>128</v>
       </c>
       <c r="AM40" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN40">
         <v>-0.44606109999999999</v>
       </c>
       <c r="AP40">
         <v>-8.8669300000000006E-2</v>
       </c>
       <c r="AQ40" t="s">
         <v>128</v>
       </c>
       <c r="AS40">
         <v>6.7234100000000005E-2</v>
       </c>
       <c r="AU40">
         <v>-2.0490999999999999E-2</v>
       </c>
       <c r="AV40" t="s">
         <v>128</v>
       </c>
       <c r="AX40">
         <v>0.44263839999999999</v>
       </c>
       <c r="AZ40">
         <v>0.129637</v>
       </c>
       <c r="BA40" t="s">
         <v>128</v>
       </c>
       <c r="BC40">
         <v>-0.72883299999999995</v>
       </c>
       <c r="BE40">
         <v>-0.29840699999999998</v>
       </c>
       <c r="BF40" t="s">
         <v>128</v>
       </c>
       <c r="BN40" t="s">
         <v>127</v>
       </c>
       <c r="BO40" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="BP40" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="BQ40">
         <v>2</v>
       </c>
       <c r="BR40">
         <v>10000</v>
       </c>
       <c r="BS40">
         <v>0</v>
       </c>
       <c r="BT40">
         <v>0</v>
       </c>
       <c r="BU40">
         <v>0</v>
       </c>
       <c r="BV40">
         <v>0</v>
       </c>
       <c r="BW40">
         <v>0</v>
       </c>
       <c r="BX40" t="s">
         <v>128</v>
       </c>
       <c r="BY40">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ40">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA40" t="s">
         <v>128</v>
       </c>
       <c r="CC40" t="s">
         <v>128</v>
       </c>
       <c r="CD40" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="CE40" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="CF40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG40" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI40" t="s">
         <v>128</v>
       </c>
       <c r="CO40" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="CP40" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="CQ40" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR40" t="s">
         <v>127</v>
       </c>
       <c r="CS40" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT40" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV40" t="s">
-        <v>346</v>
+        <v>219</v>
       </c>
       <c r="CW40" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>123</v>
       </c>
       <c r="B41" t="s">
         <v>124</v>
       </c>
       <c r="C41" t="s">
         <v>125</v>
       </c>
       <c r="D41" t="s">
         <v>126</v>
       </c>
       <c r="E41" t="s">
         <v>127</v>
       </c>
       <c r="F41" t="s">
         <v>127</v>
       </c>
       <c r="G41" t="s">
         <v>128</v>
       </c>
       <c r="H41" t="s">
         <v>128</v>
       </c>
       <c r="I41" t="s">
         <v>129</v>
       </c>
       <c r="J41" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K41" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L41" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N41" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="O41">
         <v>1</v>
       </c>
       <c r="P41" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="Q41" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R41" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="T41">
         <v>2</v>
       </c>
       <c r="U41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V41" t="s">
         <v>128</v>
       </c>
       <c r="W41" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X41">
         <v>252</v>
       </c>
       <c r="Y41">
-        <v>0.161551</v>
+        <v>0.16135099999999999</v>
       </c>
       <c r="Z41" t="s">
         <v>128</v>
       </c>
       <c r="AE41" t="s">
         <v>128</v>
       </c>
       <c r="AF41">
         <v>4</v>
       </c>
       <c r="AG41" t="s">
         <v>128</v>
       </c>
       <c r="AH41">
         <v>4</v>
       </c>
       <c r="AI41">
         <v>1</v>
       </c>
       <c r="AJ41">
         <v>5</v>
       </c>
       <c r="AK41" t="s">
         <v>128</v>
       </c>
       <c r="AM41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN41">
         <v>-0.1986</v>
       </c>
       <c r="AP41">
         <v>3.9985000000000003E-3</v>
       </c>
       <c r="AQ41" t="s">
         <v>128</v>
       </c>
       <c r="AS41">
         <v>0.11836380000000001</v>
       </c>
       <c r="AU41">
         <v>0.1022159</v>
       </c>
       <c r="AV41" t="s">
         <v>128</v>
       </c>
       <c r="AX41">
         <v>0.54600289999999996</v>
       </c>
       <c r="AZ41">
         <v>0.148225</v>
       </c>
       <c r="BA41" t="s">
         <v>128</v>
       </c>
       <c r="BC41">
         <v>-0.63388299999999997</v>
       </c>
       <c r="BE41">
         <v>-0.197739</v>
       </c>
       <c r="BF41" t="s">
         <v>128</v>
       </c>
       <c r="BN41" t="s">
         <v>127</v>
       </c>
       <c r="BO41" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="BP41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="BQ41">
         <v>1</v>
       </c>
       <c r="BR41">
         <v>10000</v>
       </c>
       <c r="BS41">
         <v>0</v>
       </c>
       <c r="BT41">
         <v>0</v>
       </c>
       <c r="BU41">
         <v>0</v>
       </c>
       <c r="BV41">
         <v>0</v>
       </c>
       <c r="BW41">
         <v>0</v>
       </c>
       <c r="BX41" t="s">
         <v>128</v>
       </c>
       <c r="BY41">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ41">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA41" t="s">
         <v>128</v>
       </c>
       <c r="CC41" t="s">
         <v>128</v>
       </c>
       <c r="CD41" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="CE41" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="CF41" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG41" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI41" t="s">
         <v>128</v>
       </c>
       <c r="CO41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="CQ41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CR41" t="s">
         <v>127</v>
       </c>
       <c r="CS41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU41" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV41" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CW41" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>123</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
       <c r="C42" t="s">
         <v>125</v>
       </c>
       <c r="D42" t="s">
         <v>126</v>
       </c>
       <c r="E42" t="s">
         <v>127</v>
       </c>
       <c r="F42" t="s">
         <v>127</v>
       </c>
       <c r="G42" t="s">
         <v>128</v>
       </c>
       <c r="H42" t="s">
         <v>128</v>
       </c>
       <c r="I42" t="s">
         <v>129</v>
       </c>
       <c r="J42" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K42" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L42" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N42" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="O42">
         <v>1</v>
       </c>
       <c r="P42" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="Q42" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S42" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="T42">
         <v>2</v>
       </c>
       <c r="U42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V42" t="s">
         <v>128</v>
       </c>
       <c r="W42" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X42">
         <v>252</v>
       </c>
       <c r="Y42">
-        <v>0.20940800000000001</v>
+        <v>0.208422</v>
       </c>
       <c r="Z42" t="s">
         <v>128</v>
       </c>
       <c r="AE42" t="s">
         <v>128</v>
       </c>
       <c r="AF42">
         <v>5</v>
       </c>
       <c r="AG42" t="s">
         <v>128</v>
       </c>
       <c r="AH42">
         <v>5</v>
       </c>
       <c r="AI42">
         <v>1</v>
       </c>
       <c r="AJ42">
         <v>5</v>
       </c>
       <c r="AK42" t="s">
         <v>128</v>
       </c>
       <c r="AM42" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN42">
         <v>-0.38732349999999999</v>
       </c>
       <c r="AP42">
         <v>-2.4257399999999998E-2</v>
       </c>
       <c r="AQ42" t="s">
         <v>128</v>
       </c>
       <c r="AS42">
         <v>0.13177440000000001</v>
       </c>
       <c r="AU42">
         <v>9.1859899999999994E-2</v>
       </c>
       <c r="AV42" t="s">
         <v>128</v>
       </c>
       <c r="AX42">
         <v>0.71064459999999996</v>
       </c>
       <c r="AZ42">
         <v>0.21954799999999999</v>
       </c>
       <c r="BA42" t="s">
         <v>128</v>
       </c>
       <c r="BC42">
         <v>-0.86028369999999998</v>
       </c>
       <c r="BE42">
         <v>-0.31519989999999998</v>
       </c>
       <c r="BF42" t="s">
         <v>128</v>
       </c>
       <c r="BN42" t="s">
         <v>127</v>
       </c>
       <c r="BO42" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="BP42" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="BQ42">
         <v>9</v>
       </c>
       <c r="BR42">
         <v>10000</v>
       </c>
       <c r="BS42">
         <v>0</v>
       </c>
       <c r="BT42">
         <v>0</v>
       </c>
       <c r="BU42">
         <v>0</v>
       </c>
       <c r="BV42">
         <v>0</v>
       </c>
       <c r="BW42">
         <v>0</v>
       </c>
       <c r="BX42" t="s">
         <v>128</v>
       </c>
       <c r="BY42">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ42">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA42" t="s">
         <v>128</v>
       </c>
       <c r="CC42" t="s">
         <v>128</v>
       </c>
       <c r="CD42" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="CE42" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="CF42" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG42" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH42" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI42" t="s">
         <v>128</v>
       </c>
       <c r="CO42" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="CP42" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="CQ42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR42" t="s">
         <v>128</v>
       </c>
       <c r="CS42" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV42" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>123</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" t="s">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
       <c r="E43" t="s">
         <v>127</v>
       </c>
       <c r="F43" t="s">
         <v>127</v>
       </c>
       <c r="G43" t="s">
         <v>128</v>
       </c>
       <c r="H43" t="s">
         <v>128</v>
       </c>
       <c r="I43" t="s">
         <v>129</v>
       </c>
       <c r="J43" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L43" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N43" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="O43">
         <v>1</v>
       </c>
       <c r="P43" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="Q43" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S43" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="T43">
         <v>2</v>
       </c>
       <c r="U43" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V43" t="s">
         <v>128</v>
       </c>
       <c r="W43" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X43">
         <v>252</v>
       </c>
       <c r="Y43">
-        <v>0.20940800000000001</v>
+        <v>0.208423</v>
       </c>
       <c r="Z43" t="s">
         <v>128</v>
       </c>
       <c r="AE43" t="s">
         <v>128</v>
       </c>
       <c r="AF43">
         <v>5</v>
       </c>
       <c r="AG43" t="s">
         <v>128</v>
       </c>
       <c r="AH43">
         <v>5</v>
       </c>
       <c r="AI43">
         <v>1</v>
       </c>
       <c r="AJ43">
         <v>5</v>
       </c>
       <c r="AK43" t="s">
         <v>128</v>
       </c>
       <c r="AM43" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN43">
         <v>-0.38737539999999998</v>
       </c>
       <c r="AP43">
         <v>-2.42735E-2</v>
       </c>
       <c r="AQ43" t="s">
         <v>128</v>
       </c>
       <c r="AS43">
         <v>0.1316832</v>
       </c>
       <c r="AU43">
         <v>9.1849500000000001E-2</v>
       </c>
       <c r="AV43" t="s">
         <v>128</v>
       </c>
       <c r="AX43">
         <v>0.71065109999999998</v>
       </c>
       <c r="AZ43">
         <v>0.21924360000000001</v>
       </c>
       <c r="BA43" t="s">
         <v>128</v>
       </c>
       <c r="BC43">
         <v>-0.86028459999999995</v>
       </c>
       <c r="BE43">
         <v>-0.31519160000000002</v>
       </c>
       <c r="BF43" t="s">
         <v>128</v>
       </c>
       <c r="BN43" t="s">
         <v>127</v>
       </c>
       <c r="BO43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="BP43" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="BQ43">
         <v>9</v>
       </c>
       <c r="BR43">
         <v>10000</v>
       </c>
       <c r="BS43">
         <v>0</v>
       </c>
       <c r="BT43">
         <v>0</v>
       </c>
       <c r="BU43">
         <v>0</v>
       </c>
       <c r="BV43">
         <v>0</v>
       </c>
       <c r="BW43">
         <v>0</v>
       </c>
       <c r="BX43" t="s">
         <v>128</v>
       </c>
       <c r="BY43">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ43">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA43" t="s">
         <v>128</v>
       </c>
       <c r="CC43" t="s">
         <v>128</v>
       </c>
       <c r="CD43" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="CE43" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="CF43" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG43" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH43" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI43" t="s">
         <v>128</v>
       </c>
       <c r="CO43" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="CP43" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="CQ43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR43" t="s">
         <v>128</v>
       </c>
       <c r="CS43" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT43" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV43" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>123</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>126</v>
       </c>
       <c r="E44" t="s">
         <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>127</v>
       </c>
       <c r="G44" t="s">
         <v>128</v>
       </c>
       <c r="H44" t="s">
         <v>128</v>
       </c>
       <c r="I44" t="s">
         <v>129</v>
       </c>
       <c r="J44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K44" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N44" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="O44">
         <v>1</v>
       </c>
       <c r="P44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="Q44" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S44" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V44" t="s">
         <v>128</v>
       </c>
       <c r="W44" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X44">
         <v>252</v>
       </c>
       <c r="Y44">
-        <v>0.25196000000000002</v>
+        <v>0.24986700000000001</v>
       </c>
       <c r="Z44" t="s">
         <v>128</v>
       </c>
       <c r="AE44" t="s">
         <v>128</v>
       </c>
       <c r="AF44">
         <v>5</v>
       </c>
       <c r="AG44" t="s">
         <v>128</v>
       </c>
       <c r="AH44">
         <v>5</v>
       </c>
       <c r="AI44">
         <v>1</v>
       </c>
       <c r="AJ44">
         <v>5</v>
       </c>
       <c r="AK44" t="s">
         <v>128</v>
       </c>
       <c r="AM44" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN44">
         <v>-0.4608931</v>
       </c>
       <c r="AP44">
         <v>-0.14919859999999999</v>
       </c>
       <c r="AQ44" t="s">
         <v>128</v>
       </c>
       <c r="AS44">
         <v>2.0922199999999998E-2</v>
       </c>
       <c r="AU44">
         <v>3.1373699999999997E-2</v>
       </c>
       <c r="AV44" t="s">
         <v>128</v>
       </c>
       <c r="AX44">
         <v>0.42181469999999999</v>
       </c>
       <c r="AZ44">
         <v>0.1232486</v>
       </c>
       <c r="BA44" t="s">
         <v>128</v>
       </c>
       <c r="BC44">
         <v>-0.62029979999999996</v>
       </c>
       <c r="BE44">
         <v>-0.22801579999999999</v>
       </c>
       <c r="BF44" t="s">
         <v>128</v>
       </c>
       <c r="BN44" t="s">
         <v>127</v>
       </c>
       <c r="BO44" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="BP44" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="BQ44">
         <v>0</v>
       </c>
       <c r="BR44">
         <v>10000</v>
       </c>
       <c r="BS44">
         <v>0</v>
       </c>
       <c r="BT44">
         <v>0</v>
       </c>
       <c r="BU44">
         <v>0</v>
       </c>
       <c r="BV44">
         <v>0</v>
       </c>
       <c r="BW44">
         <v>0</v>
       </c>
       <c r="BX44" t="s">
         <v>128</v>
       </c>
       <c r="BY44">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ44">
         <v>1.5E-3</v>
       </c>
       <c r="CA44" t="s">
         <v>128</v>
       </c>
       <c r="CC44" t="s">
         <v>128</v>
       </c>
       <c r="CD44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="CE44" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="CF44" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG44" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="CH44" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI44" t="s">
         <v>128</v>
       </c>
       <c r="CO44" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="CP44" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="CQ44" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR44" t="s">
         <v>127</v>
       </c>
       <c r="CS44" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT44" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU44" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV44" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="CW44" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>123</v>
       </c>
       <c r="B45" t="s">
         <v>124</v>
       </c>
       <c r="C45" t="s">
         <v>125</v>
       </c>
       <c r="D45" t="s">
         <v>126</v>
       </c>
       <c r="E45" t="s">
         <v>127</v>
       </c>
       <c r="F45" t="s">
         <v>127</v>
       </c>
       <c r="G45" t="s">
         <v>128</v>
       </c>
       <c r="H45" t="s">
         <v>128</v>
       </c>
       <c r="I45" t="s">
         <v>129</v>
       </c>
       <c r="J45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N45" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="O45">
         <v>1</v>
       </c>
       <c r="P45" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="Q45" t="s">
-        <v>220</v>
+        <v>157</v>
       </c>
       <c r="R45" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="S45" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="T45">
         <v>2</v>
       </c>
       <c r="U45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V45" t="s">
         <v>128</v>
       </c>
       <c r="W45" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X45">
         <v>252</v>
       </c>
       <c r="Y45">
-        <v>0.23371400000000001</v>
+        <v>0.215978</v>
       </c>
       <c r="Z45" t="s">
         <v>128</v>
       </c>
       <c r="AE45" t="s">
         <v>128</v>
       </c>
       <c r="AF45">
         <v>5</v>
       </c>
       <c r="AG45" t="s">
         <v>128</v>
       </c>
       <c r="AH45">
         <v>5</v>
       </c>
       <c r="AI45">
         <v>1</v>
       </c>
       <c r="AJ45">
         <v>5</v>
       </c>
       <c r="AK45" t="s">
         <v>128</v>
       </c>
       <c r="AM45" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN45">
-        <v>-0.43961739999999999</v>
+        <v>-0.3763107</v>
       </c>
       <c r="AP45">
-        <v>-8.3140000000000006E-2</v>
+        <v>-9.0405700000000006E-2</v>
       </c>
       <c r="AQ45" t="s">
         <v>128</v>
       </c>
       <c r="AS45">
-        <v>5.1779199999999997E-2</v>
+        <v>2.0922199999999998E-2</v>
       </c>
       <c r="AU45">
-        <v>4.4483399999999999E-2</v>
+        <v>4.6388400000000003E-2</v>
       </c>
       <c r="AV45" t="s">
         <v>128</v>
       </c>
       <c r="AX45">
-        <v>0.6883823</v>
+        <v>0.42181469999999999</v>
       </c>
       <c r="AZ45">
-        <v>0.1590358</v>
+        <v>0.1232486</v>
       </c>
       <c r="BA45" t="s">
         <v>128</v>
       </c>
       <c r="BC45">
-        <v>-0.73316360000000003</v>
+        <v>-0.62271719999999997</v>
       </c>
       <c r="BE45">
-        <v>-0.30462240000000002</v>
+        <v>-0.222603</v>
       </c>
       <c r="BF45" t="s">
         <v>128</v>
       </c>
       <c r="BN45" t="s">
         <v>127</v>
       </c>
       <c r="BO45" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="BP45" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="BQ45">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="BR45">
         <v>10000</v>
       </c>
       <c r="BS45">
         <v>0</v>
       </c>
       <c r="BT45">
         <v>0</v>
       </c>
       <c r="BU45">
         <v>0</v>
       </c>
       <c r="BV45">
         <v>0</v>
       </c>
       <c r="BW45">
         <v>0</v>
       </c>
       <c r="BX45" t="s">
         <v>128</v>
       </c>
       <c r="BY45">
-        <v>6.4999999999999997E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="BZ45">
-        <v>1.1999999999999999E-3</v>
+        <v>1.5E-3</v>
       </c>
       <c r="CA45" t="s">
         <v>128</v>
       </c>
       <c r="CC45" t="s">
         <v>128</v>
       </c>
       <c r="CD45" t="s">
-        <v>493</v>
+        <v>176</v>
       </c>
       <c r="CE45" t="s">
-        <v>494</v>
+        <v>309</v>
       </c>
       <c r="CF45" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG45" t="s">
-        <v>495</v>
+        <v>310</v>
       </c>
       <c r="CH45" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI45" t="s">
         <v>128</v>
       </c>
       <c r="CO45" t="s">
-        <v>440</v>
+        <v>301</v>
       </c>
       <c r="CP45" t="s">
-        <v>331</v>
+        <v>496</v>
       </c>
       <c r="CQ45" t="s">
-        <v>496</v>
+        <v>240</v>
       </c>
       <c r="CR45" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS45" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT45" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU45" t="s">
-        <v>152</v>
+        <v>497</v>
       </c>
       <c r="CV45" t="s">
-        <v>346</v>
+        <v>414</v>
       </c>
       <c r="CW45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>123</v>
       </c>
       <c r="B46" t="s">
         <v>124</v>
       </c>
       <c r="C46" t="s">
         <v>125</v>
       </c>
       <c r="D46" t="s">
         <v>126</v>
       </c>
       <c r="E46" t="s">
         <v>127</v>
       </c>
       <c r="F46" t="s">
         <v>127</v>
       </c>
       <c r="G46" t="s">
         <v>128</v>
       </c>
       <c r="H46" t="s">
         <v>128</v>
       </c>
       <c r="I46" t="s">
         <v>129</v>
       </c>
       <c r="J46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N46" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="O46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="Q46" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="R46" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S46" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="T46">
         <v>2</v>
       </c>
       <c r="U46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V46" t="s">
         <v>128</v>
       </c>
       <c r="W46" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X46">
         <v>252</v>
       </c>
       <c r="Y46">
-        <v>0.21612200000000001</v>
+        <v>0.215896</v>
       </c>
       <c r="Z46" t="s">
         <v>128</v>
       </c>
       <c r="AE46" t="s">
         <v>128</v>
       </c>
       <c r="AF46">
         <v>5</v>
       </c>
       <c r="AG46" t="s">
         <v>128</v>
       </c>
       <c r="AH46">
         <v>5</v>
       </c>
       <c r="AI46">
         <v>1</v>
       </c>
       <c r="AJ46">
         <v>5</v>
       </c>
       <c r="AK46" t="s">
         <v>128</v>
       </c>
       <c r="AM46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN46">
-        <v>-0.3763107</v>
+        <v>-0.40675359999999999</v>
       </c>
       <c r="AP46">
-        <v>-9.0405700000000006E-2</v>
+        <v>-3.5785900000000002E-2</v>
       </c>
       <c r="AQ46" t="s">
         <v>128</v>
       </c>
       <c r="AS46">
-        <v>2.0922199999999998E-2</v>
+        <v>0.1494249</v>
       </c>
       <c r="AU46">
-        <v>4.6388400000000003E-2</v>
+        <v>8.7715500000000002E-2</v>
       </c>
       <c r="AV46" t="s">
         <v>128</v>
       </c>
       <c r="AX46">
-        <v>0.42181469999999999</v>
+        <v>0.69934189999999996</v>
       </c>
       <c r="AZ46">
-        <v>0.1232486</v>
+        <v>0.22295760000000001</v>
       </c>
       <c r="BA46" t="s">
         <v>128</v>
       </c>
       <c r="BC46">
-        <v>-0.62271719999999997</v>
+        <v>-0.72555709999999995</v>
       </c>
       <c r="BE46">
-        <v>-0.222603</v>
+        <v>-0.2833271</v>
       </c>
       <c r="BF46" t="s">
         <v>128</v>
       </c>
       <c r="BN46" t="s">
         <v>127</v>
       </c>
       <c r="BO46" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="BP46" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="BQ46">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR46">
         <v>10000</v>
       </c>
       <c r="BS46">
         <v>0</v>
       </c>
       <c r="BT46">
         <v>0</v>
       </c>
       <c r="BU46">
         <v>0</v>
       </c>
       <c r="BV46">
         <v>0</v>
       </c>
       <c r="BW46">
         <v>0</v>
       </c>
       <c r="BX46" t="s">
         <v>128</v>
       </c>
       <c r="BY46">
-        <v>5.9999999999999995E-4</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ46">
-        <v>1.5E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA46" t="s">
         <v>128</v>
       </c>
       <c r="CC46" t="s">
         <v>128</v>
       </c>
       <c r="CD46" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="CE46" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="CF46" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG46" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="CH46" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI46" t="s">
         <v>128</v>
       </c>
       <c r="CO46" t="s">
-        <v>298</v>
+        <v>205</v>
       </c>
       <c r="CP46" t="s">
-        <v>502</v>
+        <v>217</v>
       </c>
       <c r="CQ46" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS46" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT46" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU46" t="s">
-        <v>503</v>
+        <v>153</v>
       </c>
       <c r="CV46" t="s">
-        <v>411</v>
+        <v>329</v>
       </c>
       <c r="CW46" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>123</v>
       </c>
       <c r="B47" t="s">
         <v>124</v>
       </c>
       <c r="C47" t="s">
         <v>125</v>
       </c>
       <c r="D47" t="s">
         <v>126</v>
       </c>
       <c r="E47" t="s">
         <v>127</v>
       </c>
       <c r="F47" t="s">
         <v>127</v>
       </c>
       <c r="G47" t="s">
         <v>128</v>
       </c>
       <c r="H47" t="s">
         <v>128</v>
       </c>
       <c r="I47" t="s">
         <v>129</v>
       </c>
       <c r="J47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N47" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="O47">
         <v>1</v>
       </c>
       <c r="P47" t="s">
+        <v>504</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>157</v>
+      </c>
+      <c r="R47" t="s">
+        <v>158</v>
+      </c>
+      <c r="S47" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>506</v>
       </c>
       <c r="T47">
         <v>2</v>
       </c>
       <c r="U47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V47" t="s">
         <v>128</v>
       </c>
       <c r="W47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X47">
         <v>252</v>
       </c>
       <c r="Y47">
-        <v>0.21696699999999999</v>
+        <v>0.203626</v>
       </c>
       <c r="Z47" t="s">
         <v>128</v>
       </c>
       <c r="AE47" t="s">
         <v>128</v>
       </c>
       <c r="AF47">
         <v>5</v>
       </c>
       <c r="AG47" t="s">
         <v>128</v>
       </c>
       <c r="AH47">
         <v>5</v>
       </c>
       <c r="AI47">
         <v>1</v>
       </c>
       <c r="AJ47">
         <v>5</v>
       </c>
       <c r="AK47" t="s">
         <v>128</v>
       </c>
       <c r="AM47" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN47">
-        <v>-0.40675359999999999</v>
+        <v>-0.16501070000000001</v>
       </c>
       <c r="AP47">
-        <v>-3.5785900000000002E-2</v>
+        <v>-1.0578E-3</v>
       </c>
       <c r="AQ47" t="s">
         <v>128</v>
       </c>
       <c r="AS47">
-        <v>0.1494249</v>
+        <v>0.11177380000000001</v>
       </c>
       <c r="AU47">
-        <v>8.7715500000000002E-2</v>
+        <v>9.0886400000000006E-2</v>
       </c>
       <c r="AV47" t="s">
         <v>128</v>
       </c>
       <c r="AX47">
-        <v>0.69934189999999996</v>
+        <v>0.38940799999999998</v>
       </c>
       <c r="AZ47">
-        <v>0.22295760000000001</v>
+        <v>0.15125710000000001</v>
       </c>
       <c r="BA47" t="s">
         <v>128</v>
       </c>
       <c r="BC47">
-        <v>-0.72555709999999995</v>
+        <v>-0.72758529999999999</v>
       </c>
       <c r="BE47">
-        <v>-0.2833271</v>
+        <v>-0.2601116</v>
       </c>
       <c r="BF47" t="s">
         <v>128</v>
       </c>
       <c r="BN47" t="s">
         <v>127</v>
       </c>
       <c r="BO47" t="s">
+        <v>506</v>
+      </c>
+      <c r="BP47" t="s">
         <v>507</v>
       </c>
-      <c r="BP47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ47">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BR47">
         <v>10000</v>
       </c>
       <c r="BS47">
         <v>0</v>
       </c>
       <c r="BT47">
         <v>0</v>
       </c>
       <c r="BU47">
         <v>0</v>
       </c>
       <c r="BV47">
         <v>0</v>
       </c>
       <c r="BW47">
         <v>0</v>
       </c>
       <c r="BX47" t="s">
         <v>128</v>
       </c>
       <c r="BY47">
-        <v>6.6E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="BZ47">
         <v>1E-3</v>
       </c>
       <c r="CA47" t="s">
         <v>128</v>
       </c>
       <c r="CC47" t="s">
         <v>128</v>
       </c>
       <c r="CD47" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="CE47" t="s">
-        <v>323</v>
+        <v>508</v>
       </c>
       <c r="CF47" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG47" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH47" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI47" t="s">
         <v>128</v>
       </c>
       <c r="CO47" t="s">
-        <v>203</v>
+        <v>165</v>
       </c>
       <c r="CP47" t="s">
-        <v>269</v>
+        <v>302</v>
       </c>
       <c r="CQ47" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="CR47" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU47" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV47" t="s">
-        <v>217</v>
+        <v>509</v>
       </c>
       <c r="CW47" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>123</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
         <v>125</v>
       </c>
       <c r="D48" t="s">
         <v>126</v>
       </c>
       <c r="E48" t="s">
         <v>127</v>
       </c>
       <c r="F48" t="s">
         <v>127</v>
       </c>
       <c r="G48" t="s">
         <v>128</v>
       </c>
       <c r="H48" t="s">
         <v>128</v>
       </c>
       <c r="I48" t="s">
         <v>129</v>
       </c>
       <c r="J48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N48" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O48">
         <v>1</v>
       </c>
       <c r="P48" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="Q48" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R48" t="s">
-        <v>157</v>
+        <v>382</v>
       </c>
       <c r="S48" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="T48">
         <v>2</v>
       </c>
       <c r="U48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V48" t="s">
         <v>128</v>
       </c>
       <c r="W48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X48">
         <v>252</v>
       </c>
       <c r="Y48">
-        <v>0.20385300000000001</v>
+        <v>0.34987099999999999</v>
       </c>
       <c r="Z48" t="s">
         <v>128</v>
       </c>
       <c r="AE48" t="s">
         <v>128</v>
       </c>
       <c r="AF48">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG48" t="s">
         <v>128</v>
       </c>
       <c r="AH48">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI48">
         <v>1</v>
       </c>
       <c r="AJ48">
         <v>5</v>
       </c>
       <c r="AK48" t="s">
         <v>128</v>
       </c>
       <c r="AM48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN48">
-        <v>-0.16501070000000001</v>
+        <v>-0.5572317</v>
       </c>
       <c r="AP48">
-        <v>-1.0578E-3</v>
+        <v>-6.9185800000000006E-2</v>
       </c>
       <c r="AQ48" t="s">
         <v>128</v>
       </c>
       <c r="AS48">
-        <v>0.11177380000000001</v>
+        <v>0.24976789999999999</v>
       </c>
       <c r="AU48">
-        <v>9.0886400000000006E-2</v>
+        <v>0.14390559999999999</v>
       </c>
       <c r="AV48" t="s">
         <v>128</v>
       </c>
       <c r="AX48">
-        <v>0.38940799999999998</v>
+        <v>1.2219469000000001</v>
       </c>
       <c r="AZ48">
-        <v>0.15125710000000001</v>
+        <v>0.43545970000000001</v>
       </c>
       <c r="BA48" t="s">
         <v>128</v>
       </c>
       <c r="BC48">
-        <v>-0.72758529999999999</v>
+        <v>-0.85521849999999999</v>
       </c>
       <c r="BE48">
-        <v>-0.2601116</v>
+        <v>-0.46972380000000002</v>
       </c>
       <c r="BF48" t="s">
         <v>128</v>
       </c>
       <c r="BN48" t="s">
         <v>127</v>
       </c>
       <c r="BO48" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="BP48" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="BQ48">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR48">
         <v>10000</v>
       </c>
       <c r="BS48">
         <v>0</v>
       </c>
       <c r="BT48">
         <v>0</v>
       </c>
       <c r="BU48">
         <v>0</v>
       </c>
       <c r="BV48">
         <v>0</v>
       </c>
       <c r="BW48">
         <v>0</v>
       </c>
       <c r="BX48" t="s">
         <v>128</v>
       </c>
       <c r="BY48">
-        <v>8.9999999999999998E-4</v>
+        <v>1.5E-3</v>
       </c>
       <c r="BZ48">
-        <v>1E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA48" t="s">
         <v>128</v>
       </c>
       <c r="CC48" t="s">
         <v>128</v>
       </c>
       <c r="CD48" t="s">
-        <v>322</v>
+        <v>386</v>
       </c>
       <c r="CE48" t="s">
-        <v>514</v>
+        <v>387</v>
       </c>
       <c r="CF48" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="CG48" t="s">
-        <v>324</v>
+        <v>388</v>
       </c>
       <c r="CH48" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI48" t="s">
         <v>128</v>
       </c>
       <c r="CO48" t="s">
-        <v>164</v>
+        <v>373</v>
       </c>
       <c r="CP48" t="s">
-        <v>299</v>
+        <v>515</v>
       </c>
       <c r="CQ48" t="s">
-        <v>166</v>
+        <v>240</v>
       </c>
       <c r="CR48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS48" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT48" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV48" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="CW48" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>123</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="D49" t="s">
         <v>126</v>
       </c>
       <c r="E49" t="s">
         <v>127</v>
       </c>
       <c r="F49" t="s">
         <v>127</v>
       </c>
       <c r="G49" t="s">
         <v>128</v>
       </c>
       <c r="H49" t="s">
         <v>128</v>
       </c>
       <c r="I49" t="s">
         <v>129</v>
       </c>
       <c r="J49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N49" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="O49">
         <v>1</v>
       </c>
       <c r="P49" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="Q49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R49" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="S49" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="T49">
         <v>2</v>
       </c>
       <c r="U49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V49" t="s">
         <v>128</v>
       </c>
       <c r="W49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X49">
         <v>252</v>
       </c>
       <c r="Y49">
-        <v>0.353022</v>
+        <v>0.34988399999999997</v>
       </c>
       <c r="Z49" t="s">
         <v>128</v>
       </c>
       <c r="AE49" t="s">
         <v>128</v>
       </c>
       <c r="AF49">
         <v>6</v>
       </c>
       <c r="AG49" t="s">
         <v>128</v>
       </c>
       <c r="AH49">
         <v>6</v>
       </c>
       <c r="AI49">
         <v>1</v>
       </c>
       <c r="AJ49">
         <v>5</v>
       </c>
       <c r="AK49" t="s">
         <v>128</v>
       </c>
       <c r="AM49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN49">
-        <v>-0.5572317</v>
+        <v>-0.5590136</v>
       </c>
       <c r="AP49">
-        <v>-6.9185800000000006E-2</v>
+        <v>-7.2566199999999997E-2</v>
       </c>
       <c r="AQ49" t="s">
         <v>128</v>
       </c>
       <c r="AS49">
         <v>0.24976789999999999</v>
       </c>
       <c r="AU49">
-        <v>0.14390559999999999</v>
+        <v>0.13986480000000001</v>
       </c>
       <c r="AV49" t="s">
         <v>128</v>
       </c>
       <c r="AX49">
-        <v>1.2219469000000001</v>
+        <v>1.2143925</v>
       </c>
       <c r="AZ49">
-        <v>0.43545970000000001</v>
+        <v>0.43407489999999999</v>
       </c>
       <c r="BA49" t="s">
         <v>128</v>
       </c>
       <c r="BC49">
-        <v>-0.85521849999999999</v>
+        <v>-0.85518260000000001</v>
       </c>
       <c r="BE49">
-        <v>-0.46972380000000002</v>
+        <v>-0.46971790000000002</v>
       </c>
       <c r="BF49" t="s">
         <v>128</v>
       </c>
       <c r="BN49" t="s">
         <v>127</v>
       </c>
       <c r="BO49" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="BP49" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="BQ49">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="BR49">
         <v>10000</v>
       </c>
       <c r="BS49">
         <v>0</v>
       </c>
       <c r="BT49">
         <v>0</v>
       </c>
       <c r="BU49">
         <v>0</v>
       </c>
       <c r="BV49">
         <v>0</v>
       </c>
       <c r="BW49">
         <v>0</v>
       </c>
       <c r="BX49" t="s">
         <v>128</v>
       </c>
       <c r="BY49">
-        <v>1.5E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ49">
         <v>2.3E-3</v>
       </c>
       <c r="CA49" t="s">
         <v>128</v>
       </c>
       <c r="CC49" t="s">
         <v>128</v>
       </c>
       <c r="CD49" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="CE49" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="CF49" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="CG49" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="CH49" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI49" t="s">
         <v>128</v>
       </c>
       <c r="CO49" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="CP49" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="CQ49" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR49" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS49" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT49" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU49" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV49" t="s">
-        <v>522</v>
+        <v>219</v>
       </c>
       <c r="CW49" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>123</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
       <c r="E50" t="s">
         <v>127</v>
       </c>
       <c r="F50" t="s">
         <v>127</v>
       </c>
       <c r="G50" t="s">
         <v>128</v>
       </c>
       <c r="H50" t="s">
         <v>128</v>
       </c>
       <c r="I50" t="s">
         <v>129</v>
       </c>
       <c r="J50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L50" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N50" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="O50">
         <v>1</v>
       </c>
       <c r="P50" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>210</v>
+      </c>
+      <c r="R50" t="s">
+        <v>172</v>
+      </c>
+      <c r="S50" t="s">
         <v>524</v>
-      </c>
-[...7 lines deleted...]
-        <v>525</v>
       </c>
       <c r="T50">
         <v>2</v>
       </c>
       <c r="U50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V50" t="s">
         <v>128</v>
       </c>
       <c r="W50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X50">
         <v>252</v>
       </c>
       <c r="Y50">
-        <v>0.35303600000000002</v>
+        <v>0.20843700000000001</v>
       </c>
       <c r="Z50" t="s">
         <v>128</v>
       </c>
       <c r="AE50" t="s">
         <v>128</v>
       </c>
       <c r="AF50">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG50" t="s">
         <v>128</v>
       </c>
       <c r="AH50">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI50">
         <v>1</v>
       </c>
       <c r="AJ50">
         <v>5</v>
       </c>
       <c r="AK50" t="s">
         <v>128</v>
       </c>
       <c r="AM50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN50">
-        <v>-0.5590136</v>
+        <v>-0.4234213</v>
       </c>
       <c r="AP50">
-        <v>-7.2566199999999997E-2</v>
+        <v>-3.9296200000000003E-2</v>
       </c>
       <c r="AQ50" t="s">
         <v>128</v>
       </c>
       <c r="AS50">
-        <v>0.24976789999999999</v>
+        <v>6.5197599999999994E-2</v>
       </c>
       <c r="AU50">
-        <v>0.13986480000000001</v>
+        <v>7.0733799999999999E-2</v>
       </c>
       <c r="AV50" t="s">
         <v>128</v>
       </c>
       <c r="AX50">
-        <v>1.2143925</v>
+        <v>0.61012960000000005</v>
       </c>
       <c r="AZ50">
-        <v>0.43407489999999999</v>
+        <v>0.19594520000000001</v>
       </c>
       <c r="BA50" t="s">
         <v>128</v>
       </c>
       <c r="BC50">
-        <v>-0.85518260000000001</v>
+        <v>-0.86737719999999996</v>
       </c>
       <c r="BE50">
-        <v>-0.46971790000000002</v>
+        <v>-0.32224520000000001</v>
       </c>
       <c r="BF50" t="s">
         <v>128</v>
       </c>
       <c r="BN50" t="s">
         <v>127</v>
       </c>
       <c r="BO50" t="s">
+        <v>525</v>
+      </c>
+      <c r="BP50" t="s">
         <v>526</v>
       </c>
-      <c r="BP50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ50">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="BR50">
         <v>10000</v>
       </c>
       <c r="BS50">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT50">
         <v>0</v>
       </c>
       <c r="BU50">
         <v>0</v>
       </c>
       <c r="BV50">
         <v>0</v>
       </c>
       <c r="BW50">
         <v>0</v>
       </c>
       <c r="BX50" t="s">
         <v>128</v>
       </c>
       <c r="BY50">
-        <v>6.4999999999999997E-3</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ50">
-        <v>2.3E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA50" t="s">
         <v>128</v>
       </c>
       <c r="CC50" t="s">
         <v>128</v>
       </c>
       <c r="CD50" t="s">
-        <v>383</v>
+        <v>433</v>
       </c>
       <c r="CE50" t="s">
-        <v>384</v>
+        <v>434</v>
       </c>
       <c r="CF50" t="s">
-        <v>201</v>
+        <v>145</v>
       </c>
       <c r="CG50" t="s">
-        <v>385</v>
+        <v>327</v>
       </c>
       <c r="CH50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI50" t="s">
         <v>128</v>
       </c>
       <c r="CO50" t="s">
-        <v>370</v>
+        <v>413</v>
       </c>
       <c r="CP50" t="s">
-        <v>521</v>
+        <v>279</v>
       </c>
       <c r="CQ50" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS50" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT50" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU50" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV50" t="s">
-        <v>346</v>
+        <v>207</v>
       </c>
       <c r="CW50" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>123</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51" t="s">
         <v>126</v>
       </c>
       <c r="E51" t="s">
         <v>127</v>
       </c>
       <c r="F51" t="s">
         <v>127</v>
       </c>
       <c r="G51" t="s">
         <v>128</v>
       </c>
       <c r="H51" t="s">
         <v>128</v>
       </c>
       <c r="I51" t="s">
         <v>129</v>
       </c>
       <c r="J51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N51" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="O51">
         <v>1</v>
       </c>
       <c r="P51" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>210</v>
+      </c>
+      <c r="R51" t="s">
+        <v>382</v>
+      </c>
+      <c r="S51" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>530</v>
       </c>
       <c r="T51">
         <v>2</v>
       </c>
       <c r="U51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V51" t="s">
         <v>128</v>
       </c>
       <c r="W51" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X51">
         <v>252</v>
       </c>
       <c r="Y51">
-        <v>0.209423</v>
+        <v>0.36437599999999998</v>
       </c>
       <c r="Z51" t="s">
         <v>128</v>
       </c>
       <c r="AE51" t="s">
         <v>128</v>
       </c>
       <c r="AF51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG51" t="s">
         <v>128</v>
       </c>
       <c r="AH51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI51">
         <v>1</v>
       </c>
       <c r="AJ51">
         <v>5</v>
       </c>
       <c r="AK51" t="s">
         <v>128</v>
       </c>
       <c r="AM51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN51">
-        <v>-0.4234213</v>
+        <v>-0.61300619999999995</v>
       </c>
       <c r="AP51">
-        <v>-3.9296200000000003E-2</v>
+        <v>-8.4834800000000002E-2</v>
       </c>
       <c r="AQ51" t="s">
         <v>128</v>
       </c>
       <c r="AS51">
-        <v>6.5197599999999994E-2</v>
+        <v>0.22478960000000001</v>
       </c>
       <c r="AU51">
-        <v>7.0733799999999999E-2</v>
+        <v>0.13237019999999999</v>
       </c>
       <c r="AV51" t="s">
         <v>128</v>
       </c>
       <c r="AX51">
-        <v>0.61012960000000005</v>
+        <v>1.3858911</v>
       </c>
       <c r="AZ51">
-        <v>0.19594520000000001</v>
+        <v>0.41916399999999998</v>
       </c>
       <c r="BA51" t="s">
         <v>128</v>
       </c>
       <c r="BC51">
-        <v>-0.86737719999999996</v>
+        <v>-0.86940640000000002</v>
       </c>
       <c r="BE51">
-        <v>-0.32224520000000001</v>
+        <v>-0.48551329999999998</v>
       </c>
       <c r="BF51" t="s">
         <v>128</v>
       </c>
       <c r="BN51" t="s">
         <v>127</v>
       </c>
       <c r="BO51" t="s">
+        <v>530</v>
+      </c>
+      <c r="BP51" t="s">
         <v>531</v>
       </c>
-      <c r="BP51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ51">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="BR51">
         <v>10000</v>
       </c>
       <c r="BS51">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT51">
         <v>0</v>
       </c>
       <c r="BU51">
         <v>0</v>
       </c>
       <c r="BV51">
         <v>0</v>
       </c>
       <c r="BW51">
         <v>0</v>
       </c>
       <c r="BX51" t="s">
         <v>128</v>
       </c>
       <c r="BY51">
-        <v>1.5699999999999999E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ51">
-        <v>4.8000000000000001E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA51" t="s">
         <v>128</v>
       </c>
       <c r="CC51" t="s">
         <v>128</v>
       </c>
       <c r="CD51" t="s">
-        <v>430</v>
+        <v>386</v>
       </c>
       <c r="CE51" t="s">
-        <v>431</v>
+        <v>387</v>
       </c>
       <c r="CF51" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="CG51" t="s">
-        <v>324</v>
+        <v>388</v>
       </c>
       <c r="CH51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI51" t="s">
         <v>128</v>
       </c>
       <c r="CO51" t="s">
-        <v>410</v>
+        <v>373</v>
       </c>
       <c r="CP51" t="s">
-        <v>276</v>
+        <v>427</v>
       </c>
       <c r="CQ51" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR51" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT51" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV51" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="CW51" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>123</v>
       </c>
       <c r="B52" t="s">
         <v>124</v>
       </c>
       <c r="C52" t="s">
         <v>125</v>
       </c>
       <c r="D52" t="s">
         <v>126</v>
       </c>
       <c r="E52" t="s">
         <v>127</v>
       </c>
       <c r="F52" t="s">
         <v>127</v>
       </c>
       <c r="G52" t="s">
         <v>128</v>
       </c>
       <c r="H52" t="s">
         <v>128</v>
       </c>
       <c r="I52" t="s">
         <v>129</v>
       </c>
       <c r="J52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N52" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="O52">
         <v>1</v>
       </c>
       <c r="P52" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q52" t="s">
         <v>534</v>
       </c>
-      <c r="Q52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R52" t="s">
-        <v>379</v>
+        <v>158</v>
       </c>
       <c r="S52" t="s">
         <v>535</v>
       </c>
       <c r="T52">
         <v>2</v>
       </c>
       <c r="U52" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V52" t="s">
         <v>128</v>
       </c>
       <c r="W52" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X52">
         <v>252</v>
       </c>
       <c r="Y52">
-        <v>0.36698599999999998</v>
+        <v>0.210312</v>
       </c>
       <c r="Z52" t="s">
         <v>128</v>
       </c>
       <c r="AE52" t="s">
         <v>128</v>
       </c>
       <c r="AF52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG52" t="s">
         <v>128</v>
       </c>
       <c r="AH52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI52">
         <v>1</v>
       </c>
       <c r="AJ52">
         <v>5</v>
       </c>
       <c r="AK52" t="s">
         <v>128</v>
       </c>
       <c r="AM52" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN52">
-        <v>-0.61300619999999995</v>
+        <v>-0.39346769999999998</v>
       </c>
       <c r="AP52">
-        <v>-8.4834800000000002E-2</v>
+        <v>-3.9331199999999997E-2</v>
       </c>
       <c r="AQ52" t="s">
         <v>128</v>
       </c>
       <c r="AS52">
-        <v>0.22478960000000001</v>
+        <v>0.1459049</v>
       </c>
       <c r="AU52">
-        <v>0.13237019999999999</v>
+        <v>6.8193000000000004E-2</v>
       </c>
       <c r="AV52" t="s">
         <v>128</v>
       </c>
       <c r="AX52">
-        <v>1.3858911</v>
+        <v>0.63068599999999997</v>
       </c>
       <c r="AZ52">
-        <v>0.41916399999999998</v>
+        <v>0.1976079</v>
       </c>
       <c r="BA52" t="s">
         <v>128</v>
       </c>
       <c r="BC52">
-        <v>-0.86940640000000002</v>
+        <v>-0.71937439999999997</v>
       </c>
       <c r="BE52">
-        <v>-0.48551329999999998</v>
+        <v>-0.2771557</v>
       </c>
       <c r="BF52" t="s">
         <v>128</v>
       </c>
       <c r="BN52" t="s">
         <v>127</v>
       </c>
       <c r="BO52" t="s">
         <v>536</v>
       </c>
       <c r="BP52" t="s">
         <v>537</v>
       </c>
       <c r="BQ52">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BR52">
-        <v>10000</v>
+        <v>100000</v>
       </c>
       <c r="BS52">
         <v>0</v>
       </c>
       <c r="BT52">
         <v>0</v>
       </c>
       <c r="BU52">
         <v>0</v>
       </c>
       <c r="BV52">
         <v>0</v>
       </c>
       <c r="BW52">
         <v>0</v>
       </c>
       <c r="BX52" t="s">
         <v>128</v>
       </c>
       <c r="BY52">
-        <v>6.4999999999999997E-3</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="BZ52">
-        <v>2.3E-3</v>
+        <v>3.3E-3</v>
       </c>
       <c r="CA52" t="s">
         <v>128</v>
       </c>
       <c r="CC52" t="s">
         <v>128</v>
       </c>
       <c r="CD52" t="s">
-        <v>383</v>
+        <v>325</v>
       </c>
       <c r="CE52" t="s">
-        <v>384</v>
+        <v>538</v>
       </c>
       <c r="CF52" t="s">
-        <v>201</v>
+        <v>145</v>
       </c>
       <c r="CG52" t="s">
-        <v>385</v>
+        <v>327</v>
       </c>
       <c r="CH52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI52" t="s">
         <v>128</v>
       </c>
       <c r="CO52" t="s">
-        <v>370</v>
+        <v>205</v>
       </c>
       <c r="CP52" t="s">
-        <v>424</v>
+        <v>279</v>
       </c>
       <c r="CQ52" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR52" t="s">
         <v>127</v>
       </c>
       <c r="CS52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT52" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV52" t="s">
-        <v>346</v>
+        <v>539</v>
       </c>
       <c r="CW52" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>123</v>
       </c>
       <c r="B53" t="s">
         <v>124</v>
       </c>
       <c r="C53" t="s">
         <v>125</v>
       </c>
       <c r="D53" t="s">
         <v>126</v>
       </c>
       <c r="E53" t="s">
         <v>127</v>
       </c>
       <c r="F53" t="s">
         <v>127</v>
       </c>
       <c r="G53" t="s">
         <v>128</v>
       </c>
       <c r="H53" t="s">
         <v>128</v>
       </c>
       <c r="I53" t="s">
         <v>129</v>
       </c>
       <c r="J53" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K53" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N53" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="O53">
         <v>1</v>
       </c>
       <c r="P53" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="Q53" t="s">
-        <v>540</v>
+        <v>222</v>
       </c>
       <c r="R53" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S53" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="T53">
         <v>2</v>
       </c>
       <c r="U53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V53" t="s">
         <v>128</v>
       </c>
       <c r="W53" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X53">
         <v>252</v>
       </c>
       <c r="Y53">
-        <v>0.21113799999999999</v>
+        <v>0.14093800000000001</v>
       </c>
       <c r="Z53" t="s">
         <v>128</v>
       </c>
       <c r="AE53" t="s">
         <v>128</v>
       </c>
       <c r="AF53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG53" t="s">
         <v>128</v>
       </c>
       <c r="AH53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI53">
         <v>1</v>
       </c>
       <c r="AJ53">
         <v>5</v>
       </c>
       <c r="AK53" t="s">
         <v>128</v>
       </c>
       <c r="AM53" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN53">
-        <v>-0.39346769999999998</v>
+        <v>-0.1161618</v>
       </c>
       <c r="AP53">
-        <v>-3.9331199999999997E-2</v>
+        <v>-4.2421000000000004E-3</v>
       </c>
       <c r="AQ53" t="s">
         <v>128</v>
       </c>
       <c r="AS53">
-        <v>0.1459049</v>
+        <v>0.100678</v>
       </c>
       <c r="AU53">
-        <v>6.8193000000000004E-2</v>
+        <v>0.109129</v>
       </c>
       <c r="AV53" t="s">
         <v>128</v>
       </c>
       <c r="AX53">
-        <v>0.63068599999999997</v>
+        <v>0.44333499999999998</v>
       </c>
       <c r="AZ53">
-        <v>0.1976079</v>
+        <v>0.14161199999999999</v>
       </c>
       <c r="BA53" t="s">
         <v>128</v>
       </c>
       <c r="BC53">
-        <v>-0.71937439999999997</v>
+        <v>-0.598221</v>
       </c>
       <c r="BE53">
-        <v>-0.2771557</v>
+        <v>-0.16622200000000001</v>
       </c>
       <c r="BF53" t="s">
         <v>128</v>
       </c>
       <c r="BN53" t="s">
         <v>127</v>
       </c>
       <c r="BO53" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="BP53" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="BQ53">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="BR53">
-        <v>100000</v>
+        <v>10000</v>
       </c>
       <c r="BS53">
         <v>0</v>
       </c>
       <c r="BT53">
         <v>0</v>
       </c>
       <c r="BU53">
         <v>0</v>
       </c>
       <c r="BV53">
         <v>0</v>
       </c>
       <c r="BW53">
         <v>0</v>
       </c>
       <c r="BX53" t="s">
         <v>128</v>
       </c>
       <c r="BY53">
-        <v>5.5999999999999999E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ53">
-        <v>3.3E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA53" t="s">
         <v>128</v>
       </c>
       <c r="CC53" t="s">
         <v>128</v>
       </c>
       <c r="CD53" t="s">
-        <v>322</v>
+        <v>189</v>
       </c>
       <c r="CE53" t="s">
-        <v>544</v>
+        <v>395</v>
       </c>
       <c r="CF53" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG53" t="s">
-        <v>324</v>
+        <v>192</v>
       </c>
       <c r="CH53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI53" t="s">
         <v>128</v>
       </c>
       <c r="CO53" t="s">
-        <v>203</v>
+        <v>165</v>
       </c>
       <c r="CP53" t="s">
-        <v>276</v>
+        <v>496</v>
       </c>
       <c r="CQ53" t="s">
-        <v>180</v>
+        <v>545</v>
       </c>
       <c r="CR53" t="s">
         <v>127</v>
       </c>
       <c r="CS53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT53" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV53" t="s">
-        <v>545</v>
+        <v>194</v>
       </c>
       <c r="CW53" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>123</v>
       </c>
       <c r="B54" t="s">
         <v>124</v>
       </c>
       <c r="C54" t="s">
         <v>125</v>
       </c>
       <c r="D54" t="s">
         <v>126</v>
       </c>
       <c r="E54" t="s">
         <v>127</v>
       </c>
       <c r="F54" t="s">
         <v>127</v>
       </c>
       <c r="G54" t="s">
         <v>128</v>
       </c>
       <c r="H54" t="s">
         <v>128</v>
       </c>
       <c r="I54" t="s">
         <v>129</v>
       </c>
       <c r="J54" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K54" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L54" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N54" t="s">
         <v>546</v>
       </c>
       <c r="O54">
         <v>1</v>
       </c>
       <c r="P54" t="s">
         <v>547</v>
       </c>
       <c r="Q54" t="s">
-        <v>220</v>
+        <v>296</v>
       </c>
       <c r="R54" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="S54" t="s">
         <v>548</v>
       </c>
       <c r="T54">
         <v>2</v>
       </c>
       <c r="U54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V54" t="s">
         <v>128</v>
       </c>
       <c r="W54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X54">
         <v>252</v>
       </c>
       <c r="Y54">
-        <v>0.14092399999999999</v>
+        <v>0.17135300000000001</v>
       </c>
       <c r="Z54" t="s">
         <v>128</v>
       </c>
       <c r="AE54" t="s">
         <v>128</v>
       </c>
       <c r="AF54">
         <v>4</v>
       </c>
       <c r="AG54" t="s">
         <v>128</v>
       </c>
       <c r="AH54">
         <v>4</v>
       </c>
       <c r="AI54">
         <v>1</v>
       </c>
       <c r="AJ54">
         <v>5</v>
       </c>
       <c r="AK54" t="s">
         <v>128</v>
       </c>
       <c r="AM54" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN54">
-        <v>-0.1161618</v>
+        <v>-0.22620409999999999</v>
       </c>
       <c r="AP54">
-        <v>-4.2421000000000004E-3</v>
+        <v>-8.9972999999999997E-2</v>
       </c>
       <c r="AQ54" t="s">
         <v>128</v>
       </c>
       <c r="AS54">
-        <v>0.100678</v>
+        <v>-3.6313499999999999E-2</v>
       </c>
       <c r="AU54">
-        <v>0.109129</v>
+        <v>3.7877000000000002E-3</v>
       </c>
       <c r="AV54" t="s">
         <v>128</v>
       </c>
       <c r="AX54">
-        <v>0.44333499999999998</v>
+        <v>0.1988722</v>
       </c>
       <c r="AZ54">
-        <v>0.14161199999999999</v>
+        <v>0.1069678</v>
       </c>
       <c r="BA54" t="s">
         <v>128</v>
       </c>
       <c r="BC54">
-        <v>-0.598221</v>
+        <v>-0.70221299999999998</v>
       </c>
       <c r="BE54">
-        <v>-0.16622200000000001</v>
+        <v>-0.219362</v>
       </c>
       <c r="BF54" t="s">
         <v>128</v>
       </c>
       <c r="BN54" t="s">
         <v>127</v>
       </c>
       <c r="BO54" t="s">
         <v>549</v>
       </c>
       <c r="BP54" t="s">
         <v>550</v>
       </c>
       <c r="BQ54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BR54">
         <v>10000</v>
       </c>
       <c r="BS54">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT54">
         <v>0</v>
       </c>
       <c r="BU54">
         <v>0</v>
       </c>
       <c r="BV54">
         <v>0</v>
       </c>
       <c r="BW54">
         <v>0</v>
       </c>
       <c r="BX54" t="s">
         <v>128</v>
       </c>
       <c r="BY54">
-        <v>6.1000000000000004E-3</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="BZ54">
-        <v>5.9999999999999995E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA54" t="s">
         <v>128</v>
       </c>
       <c r="CC54" t="s">
         <v>128</v>
       </c>
       <c r="CD54" t="s">
-        <v>187</v>
+        <v>270</v>
       </c>
       <c r="CE54" t="s">
-        <v>392</v>
+        <v>271</v>
       </c>
       <c r="CF54" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG54" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="CH54" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI54" t="s">
         <v>128</v>
       </c>
       <c r="CO54" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="CP54" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
       <c r="CQ54" t="s">
+        <v>181</v>
+      </c>
+      <c r="CR54" t="s">
+        <v>127</v>
+      </c>
+      <c r="CS54" t="s">
+        <v>151</v>
+      </c>
+      <c r="CT54" t="s">
+        <v>152</v>
+      </c>
+      <c r="CU54" t="s">
+        <v>153</v>
+      </c>
+      <c r="CV54" t="s">
         <v>551</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
       <c r="CW54" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>123</v>
       </c>
       <c r="B55" t="s">
         <v>124</v>
       </c>
       <c r="C55" t="s">
         <v>125</v>
       </c>
       <c r="D55" t="s">
         <v>126</v>
       </c>
       <c r="E55" t="s">
         <v>127</v>
       </c>
       <c r="F55" t="s">
         <v>127</v>
       </c>
       <c r="G55" t="s">
         <v>128</v>
       </c>
       <c r="H55" t="s">
         <v>128</v>
       </c>
       <c r="I55" t="s">
         <v>129</v>
       </c>
       <c r="J55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K55" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L55" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N55" t="s">
         <v>552</v>
       </c>
       <c r="O55">
         <v>1</v>
       </c>
       <c r="P55" t="s">
         <v>553</v>
       </c>
       <c r="Q55" t="s">
-        <v>293</v>
+        <v>255</v>
       </c>
       <c r="R55" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S55" t="s">
         <v>554</v>
       </c>
       <c r="T55">
         <v>2</v>
       </c>
       <c r="U55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V55" t="s">
         <v>128</v>
       </c>
       <c r="W55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X55">
         <v>252</v>
       </c>
       <c r="Y55">
-        <v>0.169409</v>
+        <v>0.221585</v>
       </c>
       <c r="Z55" t="s">
         <v>128</v>
       </c>
       <c r="AE55" t="s">
         <v>128</v>
       </c>
       <c r="AF55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG55" t="s">
         <v>128</v>
       </c>
       <c r="AH55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI55">
         <v>1</v>
       </c>
       <c r="AJ55">
         <v>5</v>
       </c>
       <c r="AK55" t="s">
         <v>128</v>
       </c>
       <c r="AM55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN55">
-        <v>-0.22620409999999999</v>
+        <v>-0.1911108</v>
       </c>
       <c r="AP55">
-        <v>-8.9972999999999997E-2</v>
+        <v>-4.0256100000000003E-2</v>
       </c>
       <c r="AQ55" t="s">
         <v>128</v>
       </c>
       <c r="AS55">
-        <v>-3.6313499999999999E-2</v>
+        <v>0.103274</v>
       </c>
       <c r="AU55">
-        <v>3.7877000000000002E-3</v>
+        <v>0.10227120000000001</v>
       </c>
       <c r="AV55" t="s">
         <v>128</v>
       </c>
       <c r="AX55">
-        <v>0.1988722</v>
+        <v>0.49918970000000001</v>
       </c>
       <c r="AZ55">
-        <v>0.1069678</v>
+        <v>0.26501980000000003</v>
       </c>
       <c r="BA55" t="s">
         <v>128</v>
       </c>
       <c r="BC55">
-        <v>-0.70221299999999998</v>
+        <v>-0.85882170000000002</v>
       </c>
       <c r="BE55">
-        <v>-0.219362</v>
+        <v>-0.33864559999999999</v>
       </c>
       <c r="BF55" t="s">
         <v>128</v>
       </c>
       <c r="BN55" t="s">
         <v>127</v>
       </c>
       <c r="BO55" t="s">
         <v>555</v>
       </c>
       <c r="BP55" t="s">
         <v>556</v>
       </c>
       <c r="BQ55">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR55">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
       <c r="BS55">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT55">
         <v>0</v>
       </c>
       <c r="BU55">
         <v>0</v>
       </c>
       <c r="BV55">
         <v>0</v>
       </c>
       <c r="BW55">
         <v>0</v>
       </c>
       <c r="BX55" t="s">
         <v>128</v>
       </c>
       <c r="BY55">
-        <v>1.6799999999999999E-2</v>
+        <v>1E-3</v>
       </c>
       <c r="BZ55">
-        <v>2.2000000000000001E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA55" t="s">
         <v>128</v>
       </c>
       <c r="CC55" t="s">
         <v>128</v>
       </c>
       <c r="CD55" t="s">
-        <v>266</v>
+        <v>176</v>
       </c>
       <c r="CE55" t="s">
-        <v>267</v>
+        <v>177</v>
       </c>
       <c r="CF55" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG55" t="s">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="CH55" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI55" t="s">
         <v>128</v>
       </c>
       <c r="CO55" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CP55" t="s">
-        <v>215</v>
+        <v>401</v>
       </c>
       <c r="CQ55" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT55" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV55" t="s">
         <v>557</v>
       </c>
       <c r="CW55" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="56" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>123</v>
       </c>
       <c r="B56" t="s">
         <v>124</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56" t="s">
         <v>126</v>
       </c>
       <c r="E56" t="s">
         <v>127</v>
       </c>
       <c r="F56" t="s">
         <v>127</v>
       </c>
       <c r="G56" t="s">
         <v>128</v>
       </c>
       <c r="H56" t="s">
         <v>128</v>
       </c>
       <c r="I56" t="s">
         <v>129</v>
       </c>
       <c r="J56" t="s">
         <v>129</v>
       </c>
       <c r="K56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N56" t="s">
         <v>558</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
         <v>559</v>
       </c>
       <c r="Q56" t="s">
-        <v>251</v>
+        <v>222</v>
       </c>
       <c r="R56" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S56" t="s">
         <v>560</v>
       </c>
       <c r="T56">
         <v>2</v>
       </c>
       <c r="U56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V56" t="s">
         <v>128</v>
       </c>
       <c r="W56" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X56">
         <v>252</v>
       </c>
       <c r="Y56">
-        <v>0.221023</v>
+        <v>0.22930600000000001</v>
       </c>
       <c r="Z56" t="s">
         <v>128</v>
       </c>
       <c r="AE56" t="s">
         <v>128</v>
       </c>
       <c r="AF56">
         <v>5</v>
       </c>
       <c r="AG56" t="s">
         <v>128</v>
       </c>
       <c r="AH56">
         <v>5</v>
       </c>
       <c r="AI56">
         <v>1</v>
       </c>
       <c r="AJ56">
         <v>5</v>
       </c>
       <c r="AK56" t="s">
         <v>128</v>
       </c>
       <c r="AM56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN56">
-        <v>-0.1911108</v>
+        <v>-0.19763729999999999</v>
       </c>
       <c r="AP56">
-        <v>-4.0256100000000003E-2</v>
+        <v>-1.0699200000000001E-2</v>
       </c>
       <c r="AQ56" t="s">
         <v>128</v>
       </c>
       <c r="AS56">
-        <v>0.103274</v>
+        <v>0.13273860000000001</v>
       </c>
       <c r="AU56">
-        <v>0.10227120000000001</v>
+        <v>0.13524639999999999</v>
       </c>
       <c r="AV56" t="s">
         <v>128</v>
       </c>
       <c r="AX56">
-        <v>0.49918970000000001</v>
+        <v>0.46536339999999998</v>
       </c>
       <c r="AZ56">
-        <v>0.26501980000000003</v>
+        <v>0.17234749999999999</v>
       </c>
       <c r="BA56" t="s">
         <v>128</v>
       </c>
       <c r="BC56">
-        <v>-0.85882170000000002</v>
+        <v>-0.77982119999999999</v>
       </c>
       <c r="BE56">
-        <v>-0.33864559999999999</v>
+        <v>-0.24673529999999999</v>
       </c>
       <c r="BF56" t="s">
         <v>128</v>
       </c>
       <c r="BN56" t="s">
         <v>127</v>
       </c>
       <c r="BO56" t="s">
         <v>561</v>
       </c>
       <c r="BP56" t="s">
         <v>562</v>
       </c>
       <c r="BQ56">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BR56">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
       <c r="BS56">
         <v>0</v>
       </c>
       <c r="BT56">
         <v>0</v>
       </c>
       <c r="BU56">
         <v>0</v>
       </c>
       <c r="BV56">
         <v>0</v>
       </c>
       <c r="BW56">
         <v>0</v>
       </c>
       <c r="BX56" t="s">
         <v>128</v>
       </c>
       <c r="BY56">
-        <v>1E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ56">
-        <v>8.9999999999999998E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA56" t="s">
         <v>128</v>
       </c>
       <c r="CC56" t="s">
         <v>128</v>
       </c>
       <c r="CD56" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="CE56" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="CF56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG56" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="CH56" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI56" t="s">
         <v>128</v>
       </c>
       <c r="CO56" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="CP56" t="s">
-        <v>398</v>
+        <v>166</v>
       </c>
       <c r="CQ56" t="s">
-        <v>204</v>
+        <v>563</v>
       </c>
       <c r="CR56" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS56" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT56" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU56" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV56" t="s">
-        <v>563</v>
+        <v>169</v>
       </c>
       <c r="CW56" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>123</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>
       <c r="C57" t="s">
         <v>125</v>
       </c>
       <c r="D57" t="s">
         <v>126</v>
       </c>
       <c r="E57" t="s">
         <v>127</v>
       </c>
       <c r="F57" t="s">
         <v>127</v>
       </c>
       <c r="G57" t="s">
         <v>128</v>
       </c>
       <c r="H57" t="s">
         <v>128</v>
       </c>
       <c r="I57" t="s">
         <v>129</v>
       </c>
       <c r="J57" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K57" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N57" t="s">
         <v>564</v>
       </c>
       <c r="O57">
         <v>1</v>
       </c>
       <c r="P57" t="s">
         <v>565</v>
       </c>
       <c r="Q57" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="R57" t="s">
-        <v>157</v>
+        <v>288</v>
       </c>
       <c r="S57" t="s">
         <v>566</v>
       </c>
       <c r="T57">
         <v>2</v>
       </c>
       <c r="U57" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V57" t="s">
         <v>128</v>
       </c>
       <c r="W57" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X57">
         <v>252</v>
       </c>
       <c r="Y57">
-        <v>0.22923199999999999</v>
+        <v>0.19774600000000001</v>
       </c>
       <c r="Z57" t="s">
         <v>128</v>
       </c>
       <c r="AE57" t="s">
         <v>128</v>
       </c>
       <c r="AF57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG57" t="s">
         <v>128</v>
       </c>
       <c r="AH57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI57">
         <v>1</v>
       </c>
       <c r="AJ57">
         <v>5</v>
       </c>
       <c r="AK57" t="s">
         <v>128</v>
       </c>
       <c r="AM57" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN57">
-        <v>-0.19763729999999999</v>
+        <v>-0.35992990000000002</v>
       </c>
       <c r="AP57">
-        <v>-1.0699200000000001E-2</v>
+        <v>-5.4837700000000003E-2</v>
       </c>
       <c r="AQ57" t="s">
         <v>128</v>
       </c>
       <c r="AS57">
-        <v>0.13273860000000001</v>
+        <v>7.0581900000000003E-2</v>
       </c>
       <c r="AU57">
-        <v>0.13524639999999999</v>
+        <v>2.9130400000000001E-2</v>
       </c>
       <c r="AV57" t="s">
         <v>128</v>
       </c>
       <c r="AX57">
-        <v>0.46536339999999998</v>
+        <v>0.60301470000000001</v>
       </c>
       <c r="AZ57">
-        <v>0.17234749999999999</v>
+        <v>0.16572110000000001</v>
       </c>
       <c r="BA57" t="s">
         <v>128</v>
       </c>
       <c r="BC57">
-        <v>-0.77982119999999999</v>
+        <v>-0.6972796</v>
       </c>
       <c r="BE57">
-        <v>-0.24673529999999999</v>
+        <v>-0.2151931</v>
       </c>
       <c r="BF57" t="s">
         <v>128</v>
       </c>
       <c r="BN57" t="s">
         <v>127</v>
       </c>
       <c r="BO57" t="s">
         <v>567</v>
       </c>
       <c r="BP57" t="s">
         <v>568</v>
       </c>
       <c r="BQ57">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BR57">
         <v>10000</v>
       </c>
       <c r="BS57">
         <v>0</v>
       </c>
       <c r="BT57">
         <v>0</v>
       </c>
       <c r="BU57">
         <v>0</v>
       </c>
       <c r="BV57">
         <v>0</v>
       </c>
       <c r="BW57">
         <v>0</v>
       </c>
       <c r="BX57" t="s">
         <v>128</v>
       </c>
       <c r="BY57">
-        <v>7.7000000000000002E-3</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ57">
-        <v>5.9999999999999995E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA57" t="s">
         <v>128</v>
       </c>
       <c r="CC57" t="s">
         <v>128</v>
       </c>
       <c r="CD57" t="s">
-        <v>161</v>
+        <v>270</v>
       </c>
       <c r="CE57" t="s">
-        <v>162</v>
+        <v>271</v>
       </c>
       <c r="CF57" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG57" t="s">
-        <v>163</v>
+        <v>204</v>
       </c>
       <c r="CH57" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI57" t="s">
         <v>128</v>
       </c>
       <c r="CO57" t="s">
-        <v>164</v>
+        <v>373</v>
       </c>
       <c r="CP57" t="s">
-        <v>165</v>
+        <v>389</v>
       </c>
       <c r="CQ57" t="s">
-        <v>496</v>
+        <v>181</v>
       </c>
       <c r="CR57" t="s">
         <v>127</v>
       </c>
       <c r="CS57" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU57" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV57" t="s">
-        <v>168</v>
+        <v>273</v>
       </c>
       <c r="CW57" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" t="s">
         <v>124</v>
       </c>
       <c r="C58" t="s">
         <v>125</v>
       </c>
       <c r="D58" t="s">
         <v>126</v>
       </c>
       <c r="E58" t="s">
         <v>127</v>
       </c>
       <c r="F58" t="s">
         <v>127</v>
       </c>
       <c r="G58" t="s">
         <v>128</v>
       </c>
       <c r="H58" t="s">
         <v>128</v>
       </c>
       <c r="I58" t="s">
         <v>129</v>
       </c>
       <c r="J58" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K58" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L58" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N58" t="s">
         <v>569</v>
       </c>
       <c r="O58">
         <v>1</v>
       </c>
       <c r="P58" t="s">
         <v>570</v>
       </c>
       <c r="Q58" t="s">
-        <v>134</v>
+        <v>222</v>
       </c>
       <c r="R58" t="s">
-        <v>285</v>
+        <v>185</v>
       </c>
       <c r="S58" t="s">
         <v>571</v>
       </c>
       <c r="T58">
         <v>2</v>
       </c>
       <c r="U58" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V58" t="s">
         <v>128</v>
       </c>
       <c r="W58" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X58">
         <v>252</v>
       </c>
       <c r="Y58">
-        <v>0.19776199999999999</v>
+        <v>0.132747</v>
       </c>
       <c r="Z58" t="s">
         <v>128</v>
       </c>
       <c r="AE58" t="s">
         <v>128</v>
       </c>
       <c r="AF58">
         <v>4</v>
       </c>
       <c r="AG58" t="s">
         <v>128</v>
       </c>
       <c r="AH58">
         <v>4</v>
       </c>
       <c r="AI58">
         <v>1</v>
       </c>
       <c r="AJ58">
         <v>5</v>
       </c>
       <c r="AK58" t="s">
         <v>128</v>
       </c>
       <c r="AM58" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN58">
-        <v>-0.35992990000000002</v>
+        <v>-0.16707369999999999</v>
       </c>
       <c r="AP58">
-        <v>-5.4837700000000003E-2</v>
+        <v>-1.6903100000000001E-2</v>
       </c>
       <c r="AQ58" t="s">
         <v>128</v>
       </c>
       <c r="AS58">
-        <v>7.0581900000000003E-2</v>
+        <v>3.47342E-2</v>
       </c>
       <c r="AU58">
-        <v>2.9130400000000001E-2</v>
+        <v>8.71397E-2</v>
       </c>
       <c r="AV58" t="s">
         <v>128</v>
       </c>
       <c r="AX58">
-        <v>0.60301470000000001</v>
+        <v>0.37116830000000001</v>
       </c>
       <c r="AZ58">
-        <v>0.16572110000000001</v>
+        <v>0.1233288</v>
       </c>
       <c r="BA58" t="s">
         <v>128</v>
       </c>
       <c r="BC58">
-        <v>-0.6972796</v>
+        <v>-0.70244410000000002</v>
       </c>
       <c r="BE58">
-        <v>-0.2151931</v>
+        <v>-0.2155898</v>
       </c>
       <c r="BF58" t="s">
         <v>128</v>
       </c>
       <c r="BN58" t="s">
         <v>127</v>
       </c>
       <c r="BO58" t="s">
         <v>572</v>
       </c>
       <c r="BP58" t="s">
         <v>573</v>
       </c>
       <c r="BQ58">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BR58">
         <v>10000</v>
       </c>
       <c r="BS58">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT58">
         <v>0</v>
       </c>
       <c r="BU58">
         <v>0</v>
       </c>
       <c r="BV58">
         <v>0</v>
       </c>
       <c r="BW58">
         <v>0</v>
       </c>
       <c r="BX58" t="s">
         <v>128</v>
       </c>
       <c r="BY58">
-        <v>8.3000000000000001E-3</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="BZ58">
-        <v>2.2000000000000001E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA58" t="s">
         <v>128</v>
       </c>
       <c r="CC58" t="s">
         <v>128</v>
       </c>
       <c r="CD58" t="s">
-        <v>266</v>
+        <v>189</v>
       </c>
       <c r="CE58" t="s">
-        <v>267</v>
+        <v>190</v>
       </c>
       <c r="CF58" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG58" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="CH58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI58" t="s">
         <v>128</v>
       </c>
       <c r="CO58" t="s">
-        <v>370</v>
+        <v>165</v>
       </c>
       <c r="CP58" t="s">
-        <v>386</v>
+        <v>462</v>
       </c>
       <c r="CQ58" t="s">
-        <v>180</v>
+        <v>563</v>
       </c>
       <c r="CR58" t="s">
         <v>127</v>
       </c>
       <c r="CS58" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT58" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU58" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV58" t="s">
-        <v>270</v>
+        <v>574</v>
       </c>
       <c r="CW58" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="59" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59" t="s">
         <v>126</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>127</v>
       </c>
       <c r="G59" t="s">
         <v>128</v>
       </c>
       <c r="H59" t="s">
         <v>128</v>
       </c>
       <c r="I59" t="s">
         <v>129</v>
       </c>
       <c r="J59" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K59" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L59" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N59" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="O59">
         <v>1</v>
       </c>
       <c r="P59" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="Q59" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="R59" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S59" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="T59">
         <v>2</v>
       </c>
       <c r="U59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V59" t="s">
         <v>128</v>
       </c>
       <c r="W59" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X59">
         <v>252</v>
       </c>
       <c r="Y59">
-        <v>0.132495</v>
+        <v>0.149538</v>
       </c>
       <c r="Z59" t="s">
         <v>128</v>
       </c>
       <c r="AE59" t="s">
         <v>128</v>
       </c>
       <c r="AF59">
         <v>4</v>
       </c>
       <c r="AG59" t="s">
         <v>128</v>
       </c>
       <c r="AH59">
         <v>4</v>
       </c>
       <c r="AI59">
         <v>1</v>
       </c>
       <c r="AJ59">
         <v>5</v>
       </c>
       <c r="AK59" t="s">
         <v>128</v>
       </c>
       <c r="AM59" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN59">
-        <v>-0.16707369999999999</v>
+        <v>-0.15737110000000001</v>
       </c>
       <c r="AP59">
-        <v>-1.6903100000000001E-2</v>
+        <v>-1.09833E-2</v>
       </c>
       <c r="AQ59" t="s">
         <v>128</v>
       </c>
       <c r="AS59">
-        <v>3.47342E-2</v>
+        <v>8.9375200000000002E-2</v>
       </c>
       <c r="AU59">
-        <v>8.71397E-2</v>
+        <v>7.6391799999999996E-2</v>
       </c>
       <c r="AV59" t="s">
         <v>128</v>
       </c>
       <c r="AX59">
-        <v>0.37116830000000001</v>
+        <v>0.46820149999999999</v>
       </c>
       <c r="AZ59">
-        <v>0.1233288</v>
+        <v>0.13294610000000001</v>
       </c>
       <c r="BA59" t="s">
         <v>128</v>
       </c>
       <c r="BC59">
-        <v>-0.70244410000000002</v>
+        <v>-0.70838880000000004</v>
       </c>
       <c r="BE59">
-        <v>-0.2155898</v>
+        <v>-0.19402610000000001</v>
       </c>
       <c r="BF59" t="s">
         <v>128</v>
       </c>
       <c r="BN59" t="s">
         <v>127</v>
       </c>
       <c r="BO59" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="BP59" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="BQ59">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BR59">
         <v>10000</v>
       </c>
       <c r="BS59">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT59">
         <v>0</v>
       </c>
       <c r="BU59">
         <v>0</v>
       </c>
       <c r="BV59">
         <v>0</v>
       </c>
       <c r="BW59">
         <v>0</v>
       </c>
       <c r="BX59" t="s">
         <v>128</v>
       </c>
       <c r="BY59">
-        <v>1.61E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ59">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA59" t="s">
         <v>128</v>
       </c>
       <c r="CC59" t="s">
         <v>128</v>
       </c>
       <c r="CD59" t="s">
-        <v>187</v>
+        <v>214</v>
       </c>
       <c r="CE59" t="s">
-        <v>188</v>
+        <v>247</v>
       </c>
       <c r="CF59" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG59" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CH59" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI59" t="s">
         <v>128</v>
       </c>
       <c r="CO59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP59" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="CQ59" t="s">
-        <v>496</v>
+        <v>206</v>
       </c>
       <c r="CR59" t="s">
         <v>127</v>
       </c>
       <c r="CS59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT59" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU59" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV59" t="s">
-        <v>579</v>
+        <v>219</v>
       </c>
       <c r="CW59" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="60" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60" t="s">
         <v>125</v>
       </c>
       <c r="D60" t="s">
         <v>126</v>
       </c>
       <c r="E60" t="s">
         <v>127</v>
       </c>
       <c r="F60" t="s">
         <v>127</v>
       </c>
       <c r="G60" t="s">
         <v>128</v>
       </c>
       <c r="H60" t="s">
         <v>128</v>
       </c>
       <c r="I60" t="s">
         <v>129</v>
       </c>
       <c r="J60" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K60" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L60" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N60" t="s">
         <v>580</v>
       </c>
       <c r="O60">
         <v>1</v>
       </c>
       <c r="P60" t="s">
         <v>581</v>
       </c>
       <c r="Q60" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S60" t="s">
         <v>582</v>
       </c>
       <c r="T60">
         <v>2</v>
       </c>
       <c r="U60" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V60" t="s">
         <v>128</v>
       </c>
       <c r="W60" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X60">
         <v>252</v>
       </c>
       <c r="Y60">
-        <v>0.14980099999999999</v>
+        <v>0.29016399999999998</v>
       </c>
       <c r="Z60" t="s">
         <v>128</v>
       </c>
       <c r="AE60" t="s">
         <v>128</v>
       </c>
       <c r="AF60">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG60" t="s">
         <v>128</v>
       </c>
       <c r="AH60">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI60">
         <v>1</v>
       </c>
       <c r="AJ60">
         <v>5</v>
       </c>
       <c r="AK60" t="s">
         <v>128</v>
       </c>
       <c r="AM60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN60">
-        <v>-9.9283399999999994E-2</v>
+        <v>-0.48972169999999998</v>
       </c>
       <c r="AP60">
-        <v>-4.6810999999999997E-3</v>
+        <v>-7.3596599999999998E-2</v>
       </c>
       <c r="AQ60" t="s">
         <v>128</v>
       </c>
       <c r="AS60">
-        <v>8.0102599999999996E-2</v>
+        <v>6.7234100000000005E-2</v>
       </c>
       <c r="AU60">
-        <v>7.9110600000000003E-2</v>
+        <v>2.76665E-2</v>
       </c>
       <c r="AV60" t="s">
         <v>128</v>
       </c>
       <c r="AX60">
-        <v>0.29033870000000001</v>
+        <v>0.3547111</v>
       </c>
       <c r="AZ60">
-        <v>0.1690741</v>
+        <v>0.12974260000000001</v>
       </c>
       <c r="BA60" t="s">
         <v>128</v>
       </c>
       <c r="BC60">
-        <v>-0.54548960000000002</v>
+        <v>-0.80119479999999998</v>
       </c>
       <c r="BE60">
-        <v>-0.18762960000000001</v>
+        <v>-0.39293729999999999</v>
       </c>
       <c r="BF60" t="s">
         <v>128</v>
       </c>
       <c r="BN60" t="s">
         <v>127</v>
       </c>
       <c r="BO60" t="s">
         <v>583</v>
       </c>
       <c r="BP60" t="s">
         <v>584</v>
       </c>
       <c r="BQ60">
         <v>2</v>
       </c>
       <c r="BR60">
         <v>10000</v>
       </c>
       <c r="BS60">
         <v>0</v>
       </c>
       <c r="BT60">
         <v>0</v>
       </c>
       <c r="BU60">
         <v>0</v>
       </c>
       <c r="BV60">
         <v>0</v>
       </c>
       <c r="BW60">
         <v>0</v>
       </c>
       <c r="BX60" t="s">
         <v>128</v>
       </c>
       <c r="BY60">
-        <v>6.6E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ60">
-        <v>5.9999999999999995E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA60" t="s">
         <v>128</v>
       </c>
       <c r="CC60" t="s">
         <v>128</v>
       </c>
       <c r="CD60" t="s">
-        <v>212</v>
+        <v>143</v>
       </c>
       <c r="CE60" t="s">
-        <v>243</v>
+        <v>300</v>
       </c>
       <c r="CF60" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG60" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="CH60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI60" t="s">
         <v>128</v>
       </c>
       <c r="CO60" t="s">
-        <v>214</v>
+        <v>301</v>
       </c>
       <c r="CP60" t="s">
-        <v>441</v>
+        <v>585</v>
       </c>
       <c r="CQ60" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CR60" t="s">
         <v>127</v>
       </c>
       <c r="CS60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV60" t="s">
-        <v>217</v>
+        <v>293</v>
       </c>
       <c r="CW60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>123</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61" t="s">
         <v>125</v>
       </c>
       <c r="D61" t="s">
         <v>126</v>
       </c>
       <c r="E61" t="s">
         <v>127</v>
       </c>
       <c r="F61" t="s">
         <v>127</v>
       </c>
       <c r="G61" t="s">
         <v>128</v>
       </c>
       <c r="H61" t="s">
         <v>128</v>
       </c>
       <c r="I61" t="s">
         <v>129</v>
       </c>
       <c r="J61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L61" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N61" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="O61">
         <v>1</v>
       </c>
       <c r="P61" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="Q61" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="R61" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S61" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="T61">
         <v>2</v>
       </c>
       <c r="U61" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V61" t="s">
         <v>128</v>
       </c>
       <c r="W61" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X61">
         <v>252</v>
       </c>
       <c r="Y61">
-        <v>0.291016</v>
+        <v>0.217552</v>
       </c>
       <c r="Z61" t="s">
         <v>128</v>
       </c>
       <c r="AE61" t="s">
         <v>128</v>
       </c>
       <c r="AF61">
         <v>5</v>
       </c>
       <c r="AG61" t="s">
         <v>128</v>
       </c>
       <c r="AH61">
         <v>5</v>
       </c>
       <c r="AI61">
         <v>1</v>
       </c>
       <c r="AJ61">
         <v>5</v>
       </c>
       <c r="AK61" t="s">
         <v>128</v>
       </c>
       <c r="AM61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN61">
-        <v>-0.48972169999999998</v>
+        <v>-0.30610480000000001</v>
       </c>
       <c r="AP61">
-        <v>-7.3596599999999998E-2</v>
+        <v>-5.3997900000000001E-2</v>
       </c>
       <c r="AQ61" t="s">
         <v>128</v>
       </c>
       <c r="AS61">
-        <v>6.7234100000000005E-2</v>
+        <v>9.7212699999999999E-2</v>
       </c>
       <c r="AU61">
-        <v>2.76665E-2</v>
+        <v>8.8365200000000005E-2</v>
       </c>
       <c r="AV61" t="s">
         <v>128</v>
       </c>
       <c r="AX61">
-        <v>0.3547111</v>
+        <v>0.6385073</v>
       </c>
       <c r="AZ61">
-        <v>0.12974260000000001</v>
+        <v>0.21414349999999999</v>
       </c>
       <c r="BA61" t="s">
         <v>128</v>
       </c>
       <c r="BC61">
-        <v>-0.80119479999999998</v>
+        <v>-0.69305059999999996</v>
       </c>
       <c r="BE61">
-        <v>-0.39293729999999999</v>
+        <v>-0.26866060000000003</v>
       </c>
       <c r="BF61" t="s">
         <v>128</v>
       </c>
       <c r="BN61" t="s">
         <v>127</v>
       </c>
       <c r="BO61" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="BP61" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="BQ61">
         <v>2</v>
       </c>
       <c r="BR61">
         <v>10000</v>
       </c>
       <c r="BS61">
         <v>0</v>
       </c>
       <c r="BT61">
         <v>0</v>
       </c>
       <c r="BU61">
         <v>0</v>
       </c>
       <c r="BV61">
         <v>0</v>
       </c>
       <c r="BW61">
         <v>0</v>
       </c>
       <c r="BX61" t="s">
         <v>128</v>
       </c>
       <c r="BY61">
-        <v>6.7000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ61">
-        <v>2.3E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA61" t="s">
         <v>128</v>
       </c>
       <c r="CC61" t="s">
         <v>128</v>
       </c>
       <c r="CD61" t="s">
-        <v>142</v>
+        <v>259</v>
       </c>
       <c r="CE61" t="s">
-        <v>297</v>
+        <v>260</v>
       </c>
       <c r="CF61" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG61" t="s">
-        <v>202</v>
+        <v>261</v>
       </c>
       <c r="CH61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI61" t="s">
         <v>128</v>
       </c>
       <c r="CO61" t="s">
-        <v>298</v>
+        <v>443</v>
       </c>
       <c r="CP61" t="s">
-        <v>590</v>
+        <v>401</v>
       </c>
       <c r="CQ61" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="CR61" t="s">
         <v>127</v>
       </c>
       <c r="CS61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT61" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV61" t="s">
-        <v>290</v>
+        <v>402</v>
       </c>
       <c r="CW61" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="s">
         <v>125</v>
       </c>
       <c r="D62" t="s">
         <v>126</v>
       </c>
       <c r="E62" t="s">
         <v>127</v>
       </c>
       <c r="F62" t="s">
         <v>127</v>
       </c>
       <c r="G62" t="s">
         <v>128</v>
       </c>
       <c r="H62" t="s">
         <v>128</v>
       </c>
       <c r="I62" t="s">
         <v>129</v>
       </c>
       <c r="J62" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K62" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N62" t="s">
         <v>591</v>
       </c>
       <c r="O62">
         <v>1</v>
       </c>
       <c r="P62" t="s">
         <v>592</v>
       </c>
       <c r="Q62" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="R62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S62" t="s">
         <v>593</v>
       </c>
       <c r="T62">
         <v>2</v>
       </c>
       <c r="U62" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V62" t="s">
         <v>128</v>
       </c>
       <c r="W62" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X62">
         <v>252</v>
       </c>
       <c r="Y62">
-        <v>0.21915999999999999</v>
+        <v>0.215896</v>
       </c>
       <c r="Z62" t="s">
         <v>128</v>
       </c>
       <c r="AE62" t="s">
         <v>128</v>
       </c>
       <c r="AF62">
         <v>5</v>
       </c>
       <c r="AG62" t="s">
         <v>128</v>
       </c>
       <c r="AH62">
         <v>5</v>
       </c>
       <c r="AI62">
         <v>1</v>
       </c>
       <c r="AJ62">
         <v>5</v>
       </c>
       <c r="AK62" t="s">
         <v>128</v>
       </c>
       <c r="AM62" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN62">
-        <v>-0.30610480000000001</v>
+        <v>-0.40675689999999998</v>
       </c>
       <c r="AP62">
-        <v>-5.3997900000000001E-2</v>
+        <v>-3.5785900000000002E-2</v>
       </c>
       <c r="AQ62" t="s">
         <v>128</v>
       </c>
       <c r="AS62">
-        <v>9.7212699999999999E-2</v>
+        <v>0.1141041</v>
       </c>
       <c r="AU62">
-        <v>8.8365200000000005E-2</v>
+        <v>6.24445E-2</v>
       </c>
       <c r="AV62" t="s">
         <v>128</v>
       </c>
       <c r="AX62">
-        <v>0.6385073</v>
+        <v>0.65326459999999997</v>
       </c>
       <c r="AZ62">
-        <v>0.21414349999999999</v>
+        <v>0.1708761</v>
       </c>
       <c r="BA62" t="s">
         <v>128</v>
       </c>
       <c r="BC62">
-        <v>-0.69305059999999996</v>
+        <v>-0.72553230000000002</v>
       </c>
       <c r="BE62">
-        <v>-0.26866060000000003</v>
+        <v>-0.28339110000000001</v>
       </c>
       <c r="BF62" t="s">
         <v>128</v>
       </c>
       <c r="BN62" t="s">
         <v>127</v>
       </c>
       <c r="BO62" t="s">
         <v>594</v>
       </c>
       <c r="BP62" t="s">
         <v>595</v>
       </c>
       <c r="BQ62">
         <v>2</v>
       </c>
       <c r="BR62">
         <v>10000</v>
       </c>
       <c r="BS62">
         <v>0</v>
       </c>
       <c r="BT62">
         <v>0</v>
       </c>
       <c r="BU62">
         <v>0</v>
       </c>
       <c r="BV62">
         <v>0</v>
       </c>
       <c r="BW62">
         <v>0</v>
       </c>
       <c r="BX62" t="s">
         <v>128</v>
       </c>
       <c r="BY62">
-        <v>5.7999999999999996E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ62">
-        <v>1.1000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA62" t="s">
         <v>128</v>
       </c>
       <c r="CC62" t="s">
         <v>128</v>
       </c>
       <c r="CD62" t="s">
-        <v>255</v>
+        <v>325</v>
       </c>
       <c r="CE62" t="s">
-        <v>256</v>
+        <v>508</v>
       </c>
       <c r="CF62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG62" t="s">
-        <v>257</v>
+        <v>327</v>
       </c>
       <c r="CH62" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI62" t="s">
         <v>128</v>
       </c>
       <c r="CO62" t="s">
-        <v>440</v>
+        <v>272</v>
       </c>
       <c r="CP62" t="s">
-        <v>398</v>
+        <v>427</v>
       </c>
       <c r="CQ62" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR62" t="s">
         <v>127</v>
       </c>
       <c r="CS62" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT62" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV62" t="s">
-        <v>399</v>
+        <v>329</v>
       </c>
       <c r="CW62" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>123</v>
       </c>
       <c r="B63" t="s">
         <v>124</v>
       </c>
       <c r="C63" t="s">
         <v>125</v>
       </c>
       <c r="D63" t="s">
         <v>126</v>
       </c>
       <c r="E63" t="s">
         <v>127</v>
       </c>
       <c r="F63" t="s">
         <v>127</v>
       </c>
       <c r="G63" t="s">
         <v>128</v>
       </c>
       <c r="H63" t="s">
         <v>128</v>
       </c>
       <c r="I63" t="s">
         <v>129</v>
       </c>
       <c r="J63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N63" t="s">
         <v>596</v>
       </c>
       <c r="O63">
         <v>1</v>
       </c>
       <c r="P63" t="s">
         <v>597</v>
       </c>
       <c r="Q63" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R63" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="S63" t="s">
         <v>598</v>
       </c>
       <c r="T63">
         <v>2</v>
       </c>
       <c r="U63" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V63" t="s">
         <v>128</v>
       </c>
       <c r="W63" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X63">
         <v>252</v>
       </c>
       <c r="Y63">
-        <v>0.21696599999999999</v>
+        <v>0.28919800000000001</v>
       </c>
       <c r="Z63" t="s">
         <v>128</v>
       </c>
       <c r="AE63" t="s">
         <v>128</v>
       </c>
       <c r="AF63">
         <v>5</v>
       </c>
       <c r="AG63" t="s">
         <v>128</v>
       </c>
       <c r="AH63">
         <v>5</v>
       </c>
       <c r="AI63">
         <v>1</v>
       </c>
       <c r="AJ63">
         <v>5</v>
       </c>
       <c r="AK63" t="s">
         <v>128</v>
       </c>
       <c r="AM63" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN63">
-        <v>-0.40675689999999998</v>
+        <v>-0.39726420000000001</v>
       </c>
       <c r="AP63">
-        <v>-3.5785900000000002E-2</v>
+        <v>-0.14094090000000001</v>
       </c>
       <c r="AQ63" t="s">
         <v>128</v>
       </c>
       <c r="AS63">
-        <v>0.1141041</v>
+        <v>2.8723499999999999E-2</v>
       </c>
       <c r="AU63">
-        <v>6.24445E-2</v>
+        <v>8.6652900000000005E-2</v>
       </c>
       <c r="AV63" t="s">
         <v>128</v>
       </c>
       <c r="AX63">
-        <v>0.65326459999999997</v>
+        <v>0.6877413</v>
       </c>
       <c r="AZ63">
-        <v>0.1708761</v>
+        <v>0.26425169999999998</v>
       </c>
       <c r="BA63" t="s">
         <v>128</v>
       </c>
       <c r="BC63">
-        <v>-0.72553230000000002</v>
+        <v>-0.8222602</v>
       </c>
       <c r="BE63">
-        <v>-0.28339110000000001</v>
+        <v>-0.34768890000000002</v>
       </c>
       <c r="BF63" t="s">
         <v>128</v>
       </c>
       <c r="BN63" t="s">
         <v>127</v>
       </c>
       <c r="BO63" t="s">
         <v>599</v>
       </c>
       <c r="BP63" t="s">
         <v>600</v>
       </c>
       <c r="BQ63">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR63">
         <v>10000</v>
       </c>
       <c r="BS63">
         <v>0</v>
       </c>
       <c r="BT63">
         <v>0</v>
       </c>
       <c r="BU63">
         <v>0</v>
       </c>
       <c r="BV63">
         <v>0</v>
       </c>
       <c r="BW63">
         <v>0</v>
       </c>
       <c r="BX63" t="s">
         <v>128</v>
       </c>
       <c r="BY63">
-        <v>6.6E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="BZ63">
-        <v>1E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA63" t="s">
         <v>128</v>
       </c>
       <c r="CC63" t="s">
         <v>128</v>
       </c>
       <c r="CD63" t="s">
-        <v>322</v>
+        <v>176</v>
       </c>
       <c r="CE63" t="s">
-        <v>514</v>
+        <v>601</v>
       </c>
       <c r="CF63" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG63" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="CH63" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI63" t="s">
         <v>128</v>
       </c>
       <c r="CO63" t="s">
-        <v>268</v>
+        <v>602</v>
       </c>
       <c r="CP63" t="s">
-        <v>424</v>
+        <v>496</v>
       </c>
       <c r="CQ63" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR63" t="s">
         <v>127</v>
       </c>
       <c r="CS63" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT63" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU63" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV63" t="s">
-        <v>217</v>
+        <v>603</v>
       </c>
       <c r="CW63" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="64" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>123</v>
       </c>
       <c r="B64" t="s">
         <v>124</v>
       </c>
       <c r="C64" t="s">
         <v>125</v>
       </c>
       <c r="D64" t="s">
         <v>126</v>
       </c>
       <c r="E64" t="s">
         <v>127</v>
       </c>
       <c r="F64" t="s">
         <v>127</v>
       </c>
       <c r="G64" t="s">
         <v>128</v>
       </c>
       <c r="H64" t="s">
         <v>128</v>
       </c>
       <c r="I64" t="s">
         <v>129</v>
       </c>
       <c r="J64" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N64" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="Q64" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="R64" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S64" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="T64">
         <v>2</v>
       </c>
       <c r="U64" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V64" t="s">
         <v>128</v>
       </c>
       <c r="W64" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X64">
         <v>252</v>
       </c>
       <c r="Y64">
-        <v>0.29075600000000001</v>
+        <v>0.23708000000000001</v>
       </c>
       <c r="Z64" t="s">
         <v>128</v>
       </c>
       <c r="AE64" t="s">
         <v>128</v>
       </c>
       <c r="AF64">
         <v>5</v>
       </c>
       <c r="AG64" t="s">
         <v>128</v>
       </c>
       <c r="AH64">
         <v>5</v>
       </c>
       <c r="AI64">
         <v>1</v>
       </c>
       <c r="AJ64">
         <v>5</v>
       </c>
       <c r="AK64" t="s">
         <v>128</v>
       </c>
       <c r="AM64" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN64">
-        <v>-0.39726420000000001</v>
+        <v>-0.45539269999999998</v>
       </c>
       <c r="AP64">
-        <v>-0.14094090000000001</v>
+        <v>-8.2932000000000006E-2</v>
       </c>
       <c r="AQ64" t="s">
         <v>128</v>
       </c>
       <c r="AS64">
-        <v>2.8723499999999999E-2</v>
+        <v>5.4176000000000002E-2</v>
       </c>
       <c r="AU64">
-        <v>8.6652900000000005E-2</v>
+        <v>0.11676930000000001</v>
       </c>
       <c r="AV64" t="s">
         <v>128</v>
       </c>
       <c r="AX64">
-        <v>0.6877413</v>
+        <v>0.89619020000000005</v>
       </c>
       <c r="AZ64">
-        <v>0.26425169999999998</v>
+        <v>0.26393640000000002</v>
       </c>
       <c r="BA64" t="s">
         <v>128</v>
       </c>
       <c r="BC64">
-        <v>-0.8222602</v>
+        <v>-0.71778799999999998</v>
       </c>
       <c r="BE64">
-        <v>-0.34768890000000002</v>
+        <v>-0.3073572</v>
       </c>
       <c r="BF64" t="s">
         <v>128</v>
       </c>
       <c r="BN64" t="s">
         <v>127</v>
       </c>
       <c r="BO64" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="BP64" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="BQ64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BR64">
         <v>10000</v>
       </c>
       <c r="BS64">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT64">
         <v>0</v>
       </c>
       <c r="BU64">
         <v>0</v>
       </c>
       <c r="BV64">
         <v>0</v>
       </c>
       <c r="BW64">
         <v>0</v>
       </c>
       <c r="BX64" t="s">
         <v>128</v>
       </c>
       <c r="BY64">
-        <v>8.6999999999999994E-3</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ64">
-        <v>1.8E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA64" t="s">
         <v>128</v>
       </c>
       <c r="CC64" t="s">
         <v>128</v>
       </c>
       <c r="CD64" t="s">
-        <v>175</v>
+        <v>259</v>
       </c>
       <c r="CE64" t="s">
-        <v>606</v>
+        <v>260</v>
       </c>
       <c r="CF64" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG64" t="s">
-        <v>307</v>
+        <v>261</v>
       </c>
       <c r="CH64" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI64" t="s">
         <v>128</v>
       </c>
       <c r="CO64" t="s">
-        <v>607</v>
+        <v>262</v>
       </c>
       <c r="CP64" t="s">
-        <v>502</v>
+        <v>227</v>
       </c>
       <c r="CQ64" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="CR64" t="s">
         <v>127</v>
       </c>
       <c r="CS64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT64" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU64" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV64" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="CW64" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>123</v>
       </c>
       <c r="B65" t="s">
         <v>124</v>
       </c>
       <c r="C65" t="s">
         <v>125</v>
       </c>
       <c r="D65" t="s">
         <v>126</v>
       </c>
       <c r="E65" t="s">
         <v>127</v>
       </c>
       <c r="F65" t="s">
         <v>127</v>
       </c>
       <c r="G65" t="s">
         <v>128</v>
       </c>
       <c r="H65" t="s">
         <v>128</v>
       </c>
       <c r="I65" t="s">
         <v>129</v>
       </c>
       <c r="J65" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K65" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L65" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N65" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="Q65" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R65" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S65" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="T65">
         <v>2</v>
       </c>
       <c r="U65" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V65" t="s">
         <v>128</v>
       </c>
       <c r="W65" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X65">
         <v>252</v>
       </c>
       <c r="Y65">
-        <v>0.23808199999999999</v>
+        <v>0.207728</v>
       </c>
       <c r="Z65" t="s">
         <v>128</v>
       </c>
       <c r="AE65" t="s">
         <v>128</v>
       </c>
       <c r="AF65">
         <v>5</v>
       </c>
       <c r="AG65" t="s">
         <v>128</v>
       </c>
       <c r="AH65">
         <v>5</v>
       </c>
       <c r="AI65">
         <v>1</v>
       </c>
       <c r="AJ65">
         <v>5</v>
       </c>
       <c r="AK65" t="s">
         <v>128</v>
       </c>
       <c r="AM65" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN65">
-        <v>-0.45539269999999998</v>
+        <v>-0.25666509999999998</v>
       </c>
       <c r="AP65">
-        <v>-8.2932000000000006E-2</v>
+        <v>-1.72439E-2</v>
       </c>
       <c r="AQ65" t="s">
         <v>128</v>
       </c>
       <c r="AS65">
-        <v>5.4176000000000002E-2</v>
+        <v>4.6909699999999999E-2</v>
       </c>
       <c r="AU65">
-        <v>0.11676930000000001</v>
+        <v>5.5001800000000003E-2</v>
       </c>
       <c r="AV65" t="s">
         <v>128</v>
       </c>
       <c r="AX65">
-        <v>0.89619020000000005</v>
+        <v>0.38288359999999999</v>
       </c>
       <c r="AZ65">
-        <v>0.26393640000000002</v>
+        <v>0.10965610000000001</v>
       </c>
       <c r="BA65" t="s">
         <v>128</v>
       </c>
       <c r="BC65">
-        <v>-0.71778799999999998</v>
+        <v>-0.71284130000000001</v>
       </c>
       <c r="BE65">
-        <v>-0.3073572</v>
+        <v>-0.2354378</v>
       </c>
       <c r="BF65" t="s">
         <v>128</v>
       </c>
       <c r="BN65" t="s">
         <v>127</v>
       </c>
       <c r="BO65" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="BP65" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="BQ65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR65">
         <v>10000</v>
       </c>
       <c r="BS65">
         <v>0.05</v>
       </c>
       <c r="BT65">
         <v>0</v>
       </c>
       <c r="BU65">
         <v>0</v>
       </c>
       <c r="BV65">
         <v>0</v>
       </c>
       <c r="BW65">
         <v>0</v>
       </c>
       <c r="BX65" t="s">
         <v>128</v>
       </c>
       <c r="BY65">
-        <v>1.5800000000000002E-2</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BZ65">
-        <v>1.1000000000000001E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA65" t="s">
         <v>128</v>
       </c>
       <c r="CC65" t="s">
         <v>128</v>
       </c>
       <c r="CD65" t="s">
-        <v>255</v>
+        <v>143</v>
       </c>
       <c r="CE65" t="s">
-        <v>256</v>
+        <v>615</v>
       </c>
       <c r="CF65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG65" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="CH65" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI65" t="s">
         <v>128</v>
       </c>
       <c r="CO65" t="s">
-        <v>258</v>
+        <v>456</v>
       </c>
       <c r="CP65" t="s">
-        <v>614</v>
+        <v>366</v>
       </c>
       <c r="CQ65" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
       <c r="CR65" t="s">
         <v>127</v>
       </c>
       <c r="CS65" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT65" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU65" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV65" t="s">
-        <v>615</v>
+        <v>367</v>
       </c>
       <c r="CW65" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="66" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>123</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" t="s">
         <v>125</v>
       </c>
       <c r="D66" t="s">
         <v>126</v>
       </c>
       <c r="E66" t="s">
         <v>127</v>
       </c>
       <c r="F66" t="s">
         <v>127</v>
       </c>
       <c r="G66" t="s">
         <v>128</v>
       </c>
       <c r="H66" t="s">
         <v>128</v>
       </c>
       <c r="I66" t="s">
         <v>129</v>
       </c>
       <c r="J66" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K66" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L66" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N66" t="s">
         <v>616</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
         <v>617</v>
       </c>
       <c r="Q66" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R66" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="S66" t="s">
         <v>618</v>
       </c>
       <c r="T66">
         <v>2</v>
       </c>
       <c r="U66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V66" t="s">
         <v>128</v>
       </c>
       <c r="W66" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X66">
         <v>252</v>
       </c>
       <c r="Y66">
-        <v>0.20676</v>
+        <v>0.20954100000000001</v>
       </c>
       <c r="Z66" t="s">
         <v>128</v>
       </c>
       <c r="AE66" t="s">
         <v>128</v>
       </c>
       <c r="AF66">
         <v>5</v>
       </c>
       <c r="AG66" t="s">
         <v>128</v>
       </c>
       <c r="AH66">
         <v>5</v>
       </c>
       <c r="AI66">
         <v>1</v>
       </c>
       <c r="AJ66">
         <v>5</v>
       </c>
       <c r="AK66" t="s">
         <v>128</v>
       </c>
       <c r="AM66" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN66">
-        <v>-0.25666509999999998</v>
+        <v>-0.43249339999999997</v>
       </c>
       <c r="AP66">
-        <v>-1.72439E-2</v>
+        <v>-6.1809799999999998E-2</v>
       </c>
       <c r="AQ66" t="s">
         <v>128</v>
       </c>
       <c r="AS66">
-        <v>4.6909699999999999E-2</v>
+        <v>1.4315400000000001E-2</v>
       </c>
       <c r="AU66">
-        <v>5.5001800000000003E-2</v>
+        <v>5.47529E-2</v>
       </c>
       <c r="AV66" t="s">
         <v>128</v>
       </c>
       <c r="AX66">
-        <v>0.38288359999999999</v>
+        <v>0.68454649999999995</v>
       </c>
       <c r="AZ66">
-        <v>0.10965610000000001</v>
+        <v>0.2226061</v>
       </c>
       <c r="BA66" t="s">
         <v>128</v>
       </c>
       <c r="BC66">
-        <v>-0.71284130000000001</v>
+        <v>-0.84879360000000004</v>
       </c>
       <c r="BE66">
-        <v>-0.2354378</v>
+        <v>-0.34253889999999998</v>
       </c>
       <c r="BF66" t="s">
         <v>128</v>
       </c>
       <c r="BN66" t="s">
         <v>127</v>
       </c>
       <c r="BO66" t="s">
         <v>619</v>
       </c>
       <c r="BP66" t="s">
         <v>620</v>
       </c>
       <c r="BQ66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR66">
         <v>10000</v>
       </c>
       <c r="BS66">
         <v>0.05</v>
       </c>
       <c r="BT66">
         <v>0</v>
       </c>
       <c r="BU66">
         <v>0</v>
       </c>
       <c r="BV66">
         <v>0</v>
       </c>
       <c r="BW66">
         <v>0</v>
       </c>
       <c r="BX66" t="s">
         <v>128</v>
       </c>
       <c r="BY66">
-        <v>1.72E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="BZ66">
-        <v>1.8E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA66" t="s">
         <v>128</v>
       </c>
       <c r="CC66" t="s">
         <v>128</v>
       </c>
       <c r="CD66" t="s">
-        <v>142</v>
+        <v>176</v>
       </c>
       <c r="CE66" t="s">
+        <v>177</v>
+      </c>
+      <c r="CF66" t="s">
+        <v>145</v>
+      </c>
+      <c r="CG66" t="s">
+        <v>178</v>
+      </c>
+      <c r="CH66" t="s">
+        <v>147</v>
+      </c>
+      <c r="CI66" t="s">
+        <v>128</v>
+      </c>
+      <c r="CO66" t="s">
+        <v>602</v>
+      </c>
+      <c r="CP66" t="s">
         <v>621</v>
       </c>
-      <c r="CF66" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="CQ66" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR66" t="s">
         <v>127</v>
       </c>
       <c r="CS66" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT66" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU66" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV66" t="s">
-        <v>364</v>
+        <v>450</v>
       </c>
       <c r="CW66" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>123</v>
       </c>
       <c r="B67" t="s">
         <v>124</v>
       </c>
       <c r="C67" t="s">
         <v>125</v>
       </c>
       <c r="D67" t="s">
         <v>126</v>
       </c>
       <c r="E67" t="s">
         <v>127</v>
       </c>
       <c r="F67" t="s">
         <v>127</v>
       </c>
       <c r="G67" t="s">
         <v>128</v>
       </c>
       <c r="H67" t="s">
         <v>128</v>
       </c>
       <c r="I67" t="s">
         <v>129</v>
       </c>
       <c r="J67" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K67" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L67" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N67" t="s">
         <v>622</v>
       </c>
       <c r="O67">
         <v>1</v>
       </c>
       <c r="P67" t="s">
         <v>623</v>
       </c>
       <c r="Q67" t="s">
-        <v>208</v>
+        <v>157</v>
       </c>
       <c r="R67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S67" t="s">
         <v>624</v>
       </c>
       <c r="T67">
         <v>2</v>
       </c>
       <c r="U67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V67" t="s">
         <v>128</v>
       </c>
       <c r="W67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X67">
         <v>252</v>
       </c>
       <c r="Y67">
-        <v>0.209707</v>
+        <v>0.187389</v>
       </c>
       <c r="Z67" t="s">
         <v>128</v>
       </c>
       <c r="AE67" t="s">
         <v>128</v>
       </c>
       <c r="AF67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG67" t="s">
         <v>128</v>
       </c>
       <c r="AH67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI67">
         <v>1</v>
       </c>
       <c r="AJ67">
         <v>5</v>
       </c>
       <c r="AK67" t="s">
         <v>128</v>
       </c>
       <c r="AM67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN67">
-        <v>-0.43249339999999997</v>
+        <v>-0.1564729</v>
       </c>
       <c r="AP67">
-        <v>-6.1809799999999998E-2</v>
+        <v>-3.9643900000000003E-2</v>
       </c>
       <c r="AQ67" t="s">
         <v>128</v>
       </c>
       <c r="AS67">
-        <v>1.4315400000000001E-2</v>
+        <v>6.6620799999999994E-2</v>
       </c>
       <c r="AU67">
-        <v>5.47529E-2</v>
+        <v>6.6695500000000005E-2</v>
       </c>
       <c r="AV67" t="s">
         <v>128</v>
       </c>
       <c r="AX67">
-        <v>0.68454649999999995</v>
+        <v>0.34910540000000001</v>
       </c>
       <c r="AZ67">
-        <v>0.2226061</v>
+        <v>0.18487790000000001</v>
       </c>
       <c r="BA67" t="s">
         <v>128</v>
       </c>
       <c r="BC67">
-        <v>-0.84879360000000004</v>
+        <v>-0.60253179999999995</v>
       </c>
       <c r="BE67">
-        <v>-0.34253889999999998</v>
+        <v>-0.2376993</v>
       </c>
       <c r="BF67" t="s">
         <v>128</v>
       </c>
       <c r="BN67" t="s">
         <v>127</v>
       </c>
       <c r="BO67" t="s">
         <v>625</v>
       </c>
       <c r="BP67" t="s">
         <v>626</v>
       </c>
       <c r="BQ67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR67">
         <v>10000</v>
       </c>
       <c r="BS67">
         <v>0.05</v>
       </c>
       <c r="BT67">
         <v>0</v>
       </c>
       <c r="BU67">
         <v>0</v>
       </c>
       <c r="BV67">
         <v>0</v>
       </c>
       <c r="BW67">
         <v>0</v>
       </c>
       <c r="BX67" t="s">
         <v>128</v>
       </c>
       <c r="BY67">
-        <v>1.6E-2</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ67">
-        <v>8.9999999999999998E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA67" t="s">
         <v>128</v>
       </c>
       <c r="CC67" t="s">
         <v>128</v>
       </c>
       <c r="CD67" t="s">
-        <v>175</v>
+        <v>433</v>
       </c>
       <c r="CE67" t="s">
-        <v>176</v>
+        <v>434</v>
       </c>
       <c r="CF67" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG67" t="s">
-        <v>177</v>
+        <v>327</v>
       </c>
       <c r="CH67" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI67" t="s">
         <v>128</v>
       </c>
       <c r="CO67" t="s">
-        <v>607</v>
+        <v>413</v>
       </c>
       <c r="CP67" t="s">
         <v>627</v>
       </c>
       <c r="CQ67" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR67" t="s">
         <v>127</v>
       </c>
       <c r="CS67" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT67" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU67" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV67" t="s">
-        <v>447</v>
+        <v>628</v>
       </c>
       <c r="CW67" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="68" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>123</v>
       </c>
       <c r="B68" t="s">
         <v>124</v>
       </c>
       <c r="C68" t="s">
         <v>125</v>
       </c>
       <c r="D68" t="s">
         <v>126</v>
       </c>
       <c r="E68" t="s">
         <v>127</v>
       </c>
       <c r="F68" t="s">
         <v>127</v>
       </c>
       <c r="G68" t="s">
         <v>128</v>
       </c>
       <c r="H68" t="s">
         <v>128</v>
       </c>
       <c r="I68" t="s">
         <v>129</v>
       </c>
       <c r="J68" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K68" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L68" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="O68">
         <v>1</v>
       </c>
       <c r="P68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="Q68" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R68" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="T68">
         <v>2</v>
       </c>
       <c r="U68" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V68" t="s">
         <v>128</v>
       </c>
       <c r="W68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X68">
         <v>252</v>
       </c>
       <c r="Y68">
-        <v>0.18875</v>
+        <v>0.28037099999999998</v>
       </c>
       <c r="Z68" t="s">
         <v>128</v>
       </c>
       <c r="AE68" t="s">
         <v>128</v>
       </c>
       <c r="AF68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG68" t="s">
         <v>128</v>
       </c>
       <c r="AH68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI68">
         <v>1</v>
       </c>
       <c r="AJ68">
         <v>5</v>
       </c>
       <c r="AK68" t="s">
         <v>128</v>
       </c>
       <c r="AM68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN68">
-        <v>-0.1564729</v>
+        <v>-0.47201470000000001</v>
       </c>
       <c r="AP68">
-        <v>-3.9643900000000003E-2</v>
+        <v>-0.16667409999999999</v>
       </c>
       <c r="AQ68" t="s">
         <v>128</v>
       </c>
       <c r="AS68">
-        <v>6.6620799999999994E-2</v>
+        <v>4.7438300000000003E-2</v>
       </c>
       <c r="AU68">
-        <v>6.6695500000000005E-2</v>
+        <v>2.0501399999999999E-2</v>
       </c>
       <c r="AV68" t="s">
         <v>128</v>
       </c>
       <c r="AX68">
-        <v>0.34910540000000001</v>
+        <v>0.82997469999999995</v>
       </c>
       <c r="AZ68">
-        <v>0.18487790000000001</v>
+        <v>0.26898250000000001</v>
       </c>
       <c r="BA68" t="s">
         <v>128</v>
       </c>
       <c r="BC68">
-        <v>-0.60253179999999995</v>
+        <v>-0.75563639999999999</v>
       </c>
       <c r="BE68">
-        <v>-0.2376993</v>
+        <v>-0.34487370000000001</v>
       </c>
       <c r="BF68" t="s">
         <v>128</v>
       </c>
       <c r="BN68" t="s">
         <v>127</v>
       </c>
       <c r="BO68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="BP68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="BQ68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR68">
         <v>10000</v>
       </c>
       <c r="BS68">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT68">
         <v>0</v>
       </c>
       <c r="BU68">
         <v>0</v>
       </c>
       <c r="BV68">
         <v>0</v>
       </c>
       <c r="BW68">
         <v>0</v>
       </c>
       <c r="BX68" t="s">
         <v>128</v>
       </c>
       <c r="BY68">
-        <v>6.9999999999999999E-4</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ68">
-        <v>4.8000000000000001E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA68" t="s">
         <v>128</v>
       </c>
       <c r="CC68" t="s">
         <v>128</v>
       </c>
       <c r="CD68" t="s">
-        <v>430</v>
+        <v>235</v>
       </c>
       <c r="CE68" t="s">
-        <v>431</v>
+        <v>634</v>
       </c>
       <c r="CF68" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG68" t="s">
-        <v>324</v>
+        <v>237</v>
       </c>
       <c r="CH68" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI68" t="s">
         <v>128</v>
       </c>
       <c r="CO68" t="s">
-        <v>410</v>
+        <v>238</v>
       </c>
       <c r="CP68" t="s">
-        <v>633</v>
+        <v>444</v>
       </c>
       <c r="CQ68" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR68" t="s">
         <v>127</v>
       </c>
       <c r="CS68" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT68" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU68" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV68" t="s">
-        <v>634</v>
+        <v>241</v>
       </c>
       <c r="CW68" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="69" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>123</v>
       </c>
       <c r="B69" t="s">
         <v>124</v>
       </c>
       <c r="C69" t="s">
         <v>125</v>
       </c>
       <c r="D69" t="s">
         <v>126</v>
       </c>
       <c r="E69" t="s">
         <v>127</v>
       </c>
       <c r="F69" t="s">
         <v>127</v>
       </c>
       <c r="G69" t="s">
         <v>128</v>
       </c>
       <c r="H69" t="s">
         <v>128</v>
       </c>
       <c r="I69" t="s">
         <v>129</v>
       </c>
       <c r="J69" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K69" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L69" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N69" t="s">
         <v>635</v>
       </c>
       <c r="O69">
         <v>1</v>
       </c>
       <c r="P69" t="s">
         <v>636</v>
       </c>
       <c r="Q69" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="R69" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S69" t="s">
         <v>637</v>
       </c>
       <c r="T69">
         <v>2</v>
       </c>
       <c r="U69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V69" t="s">
         <v>128</v>
       </c>
       <c r="W69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X69">
         <v>252</v>
       </c>
       <c r="Y69">
-        <v>0.28227000000000002</v>
+        <v>0.29834699999999997</v>
       </c>
       <c r="Z69" t="s">
         <v>128</v>
       </c>
       <c r="AE69" t="s">
         <v>128</v>
       </c>
       <c r="AF69">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG69" t="s">
         <v>128</v>
       </c>
       <c r="AH69">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI69">
         <v>1</v>
       </c>
       <c r="AJ69">
         <v>5</v>
       </c>
       <c r="AK69" t="s">
         <v>128</v>
       </c>
       <c r="AM69" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN69">
-        <v>-0.47201470000000001</v>
+        <v>-0.48576530000000001</v>
       </c>
       <c r="AP69">
-        <v>-0.16667409999999999</v>
+        <v>-0.1084114</v>
       </c>
       <c r="AQ69" t="s">
         <v>128</v>
       </c>
       <c r="AS69">
-        <v>4.7438300000000003E-2</v>
+        <v>3.6798900000000002E-2</v>
       </c>
       <c r="AU69">
-        <v>2.0501399999999999E-2</v>
+        <v>2.19063E-2</v>
       </c>
       <c r="AV69" t="s">
         <v>128</v>
       </c>
       <c r="AX69">
-        <v>0.82997469999999995</v>
+        <v>0.85071169999999996</v>
       </c>
       <c r="AZ69">
-        <v>0.26898250000000001</v>
+        <v>0.29384389999999999</v>
       </c>
       <c r="BA69" t="s">
         <v>128</v>
       </c>
       <c r="BC69">
-        <v>-0.75563639999999999</v>
+        <v>-0.83190569999999997</v>
       </c>
       <c r="BE69">
-        <v>-0.34487370000000001</v>
+        <v>-0.35077960000000002</v>
       </c>
       <c r="BF69" t="s">
         <v>128</v>
       </c>
       <c r="BN69" t="s">
         <v>127</v>
       </c>
       <c r="BO69" t="s">
         <v>638</v>
       </c>
       <c r="BP69" t="s">
         <v>639</v>
       </c>
       <c r="BQ69">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BR69">
         <v>10000</v>
       </c>
       <c r="BS69">
         <v>0</v>
       </c>
       <c r="BT69">
         <v>0</v>
       </c>
       <c r="BU69">
         <v>0</v>
       </c>
       <c r="BV69">
         <v>0</v>
       </c>
       <c r="BW69">
         <v>0</v>
       </c>
       <c r="BX69" t="s">
         <v>128</v>
       </c>
       <c r="BY69">
-        <v>8.8000000000000005E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="BZ69">
-        <v>1.4E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA69" t="s">
         <v>128</v>
       </c>
       <c r="CC69" t="s">
         <v>128</v>
       </c>
       <c r="CD69" t="s">
-        <v>232</v>
+        <v>176</v>
       </c>
       <c r="CE69" t="s">
-        <v>640</v>
+        <v>601</v>
       </c>
       <c r="CF69" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="CG69" t="s">
-        <v>234</v>
+        <v>310</v>
       </c>
       <c r="CH69" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI69" t="s">
         <v>128</v>
       </c>
       <c r="CO69" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="CP69" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="CQ69" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR69" t="s">
         <v>127</v>
       </c>
       <c r="CS69" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT69" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU69" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV69" t="s">
-        <v>237</v>
+        <v>603</v>
       </c>
       <c r="CW69" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="70" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>123</v>
       </c>
       <c r="B70" t="s">
         <v>124</v>
       </c>
       <c r="C70" t="s">
         <v>125</v>
       </c>
       <c r="D70" t="s">
         <v>126</v>
       </c>
       <c r="E70" t="s">
         <v>127</v>
       </c>
       <c r="F70" t="s">
         <v>127</v>
       </c>
       <c r="G70" t="s">
         <v>128</v>
       </c>
       <c r="H70" t="s">
         <v>128</v>
       </c>
       <c r="I70" t="s">
         <v>129</v>
       </c>
       <c r="J70" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L70" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N70" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="O70">
         <v>1</v>
       </c>
       <c r="P70" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>222</v>
+      </c>
+      <c r="R70" t="s">
+        <v>172</v>
+      </c>
+      <c r="S70" t="s">
         <v>642</v>
-      </c>
-[...7 lines deleted...]
-        <v>643</v>
       </c>
       <c r="T70">
         <v>2</v>
       </c>
       <c r="U70" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V70" t="s">
         <v>128</v>
       </c>
       <c r="W70" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X70">
         <v>252</v>
       </c>
       <c r="Y70">
-        <v>0.29985699999999998</v>
+        <v>0.27944600000000003</v>
       </c>
       <c r="Z70" t="s">
         <v>128</v>
       </c>
       <c r="AE70" t="s">
         <v>128</v>
       </c>
       <c r="AF70">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG70" t="s">
         <v>128</v>
       </c>
       <c r="AH70">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI70">
         <v>1</v>
       </c>
       <c r="AJ70">
         <v>5</v>
       </c>
       <c r="AK70" t="s">
         <v>128</v>
       </c>
       <c r="AM70" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN70">
-        <v>-0.48576530000000001</v>
+        <v>-0.485153</v>
       </c>
       <c r="AP70">
-        <v>-0.1084114</v>
+        <v>-5.7290399999999998E-2</v>
       </c>
       <c r="AQ70" t="s">
         <v>128</v>
       </c>
       <c r="AS70">
-        <v>3.6798900000000002E-2</v>
+        <v>5.5362599999999998E-2</v>
       </c>
       <c r="AU70">
-        <v>2.19063E-2</v>
+        <v>0.1326851</v>
       </c>
       <c r="AV70" t="s">
         <v>128</v>
       </c>
       <c r="AX70">
-        <v>0.85071169999999996</v>
+        <v>0.85479179999999999</v>
       </c>
       <c r="AZ70">
-        <v>0.29384389999999999</v>
+        <v>0.26869460000000001</v>
       </c>
       <c r="BA70" t="s">
         <v>128</v>
       </c>
       <c r="BC70">
-        <v>-0.83190569999999997</v>
+        <v>-0.86821139999999997</v>
       </c>
       <c r="BE70">
-        <v>-0.35077960000000002</v>
+        <v>-0.41828939999999998</v>
       </c>
       <c r="BF70" t="s">
         <v>128</v>
       </c>
       <c r="BN70" t="s">
         <v>127</v>
       </c>
       <c r="BO70" t="s">
+        <v>643</v>
+      </c>
+      <c r="BP70" t="s">
         <v>644</v>
       </c>
-      <c r="BP70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BR70">
         <v>10000</v>
       </c>
       <c r="BS70">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT70">
         <v>0</v>
       </c>
       <c r="BU70">
         <v>0</v>
       </c>
       <c r="BV70">
         <v>0</v>
       </c>
       <c r="BW70">
         <v>0</v>
       </c>
       <c r="BX70" t="s">
         <v>128</v>
       </c>
       <c r="BY70">
-        <v>8.6999999999999994E-3</v>
+        <v>1.55E-2</v>
       </c>
       <c r="BZ70">
-        <v>1.8E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA70" t="s">
         <v>128</v>
       </c>
       <c r="CC70" t="s">
         <v>128</v>
       </c>
       <c r="CD70" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="CE70" t="s">
-        <v>606</v>
+        <v>300</v>
       </c>
       <c r="CF70" t="s">
-        <v>201</v>
+        <v>145</v>
       </c>
       <c r="CG70" t="s">
-        <v>307</v>
+        <v>204</v>
       </c>
       <c r="CH70" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI70" t="s">
         <v>128</v>
       </c>
       <c r="CO70" t="s">
-        <v>235</v>
+        <v>645</v>
       </c>
       <c r="CP70" t="s">
-        <v>441</v>
+        <v>646</v>
       </c>
       <c r="CQ70" t="s">
-        <v>236</v>
+        <v>206</v>
       </c>
       <c r="CR70" t="s">
         <v>127</v>
       </c>
       <c r="CS70" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT70" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU70" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV70" t="s">
-        <v>608</v>
+        <v>303</v>
       </c>
       <c r="CW70" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="71" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>123</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>126</v>
       </c>
       <c r="E71" t="s">
         <v>127</v>
       </c>
       <c r="F71" t="s">
         <v>127</v>
       </c>
       <c r="G71" t="s">
         <v>128</v>
       </c>
       <c r="H71" t="s">
         <v>128</v>
       </c>
       <c r="I71" t="s">
         <v>129</v>
       </c>
       <c r="J71" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K71" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L71" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N71" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="O71">
         <v>1</v>
       </c>
       <c r="P71" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="Q71" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R71" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S71" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="T71">
         <v>2</v>
       </c>
       <c r="U71" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V71" t="s">
         <v>128</v>
       </c>
       <c r="W71" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X71">
         <v>252</v>
       </c>
       <c r="Y71">
-        <v>0.28079300000000001</v>
+        <v>0.21288799999999999</v>
       </c>
       <c r="Z71" t="s">
         <v>128</v>
       </c>
       <c r="AE71" t="s">
         <v>128</v>
       </c>
       <c r="AF71">
         <v>5</v>
       </c>
       <c r="AG71" t="s">
         <v>128</v>
       </c>
       <c r="AH71">
         <v>5</v>
       </c>
       <c r="AI71">
         <v>1</v>
       </c>
       <c r="AJ71">
         <v>5</v>
       </c>
       <c r="AK71" t="s">
         <v>128</v>
       </c>
       <c r="AM71" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN71">
-        <v>-0.485153</v>
+        <v>-0.44140790000000002</v>
       </c>
       <c r="AP71">
-        <v>-5.7290399999999998E-2</v>
+        <v>-7.9717099999999999E-2</v>
       </c>
       <c r="AQ71" t="s">
         <v>128</v>
       </c>
       <c r="AS71">
-        <v>5.5362599999999998E-2</v>
+        <v>5.0607800000000001E-2</v>
       </c>
       <c r="AU71">
-        <v>0.1326851</v>
+        <v>7.4417800000000006E-2</v>
       </c>
       <c r="AV71" t="s">
         <v>128</v>
       </c>
       <c r="AX71">
-        <v>0.85479179999999999</v>
+        <v>0.78021649999999998</v>
       </c>
       <c r="AZ71">
-        <v>0.26869460000000001</v>
+        <v>0.21786810000000001</v>
       </c>
       <c r="BA71" t="s">
         <v>128</v>
       </c>
       <c r="BC71">
-        <v>-0.86821139999999997</v>
+        <v>-0.7188677</v>
       </c>
       <c r="BE71">
-        <v>-0.41828939999999998</v>
+        <v>-0.2854757</v>
       </c>
       <c r="BF71" t="s">
         <v>128</v>
       </c>
       <c r="BN71" t="s">
         <v>127</v>
       </c>
       <c r="BO71" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="BP71" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="BQ71">
         <v>3</v>
       </c>
       <c r="BR71">
         <v>10000</v>
       </c>
       <c r="BS71">
         <v>0.05</v>
       </c>
       <c r="BT71">
         <v>0</v>
       </c>
       <c r="BU71">
         <v>0</v>
       </c>
       <c r="BV71">
         <v>0</v>
       </c>
       <c r="BW71">
         <v>0</v>
       </c>
       <c r="BX71" t="s">
         <v>128</v>
       </c>
       <c r="BY71">
-        <v>1.55E-2</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ71">
-        <v>2.3E-3</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA71" t="s">
         <v>128</v>
       </c>
       <c r="CC71" t="s">
         <v>128</v>
       </c>
       <c r="CD71" t="s">
-        <v>142</v>
+        <v>347</v>
       </c>
       <c r="CE71" t="s">
-        <v>297</v>
+        <v>348</v>
       </c>
       <c r="CF71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG71" t="s">
-        <v>202</v>
+        <v>327</v>
       </c>
       <c r="CH71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI71" t="s">
         <v>128</v>
       </c>
       <c r="CO71" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="CP71" t="s">
-        <v>652</v>
+        <v>149</v>
       </c>
       <c r="CQ71" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="CR71" t="s">
         <v>127</v>
       </c>
       <c r="CS71" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT71" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU71" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV71" t="s">
-        <v>300</v>
+        <v>653</v>
       </c>
       <c r="CW71" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="72" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>123</v>
       </c>
       <c r="B72" t="s">
         <v>124</v>
       </c>
       <c r="C72" t="s">
         <v>125</v>
       </c>
       <c r="D72" t="s">
         <v>126</v>
       </c>
       <c r="E72" t="s">
         <v>127</v>
       </c>
       <c r="F72" t="s">
         <v>127</v>
       </c>
       <c r="G72" t="s">
         <v>128</v>
       </c>
       <c r="H72" t="s">
         <v>128</v>
       </c>
       <c r="I72" t="s">
         <v>129</v>
       </c>
       <c r="J72" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K72" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L72" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N72" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="O72">
         <v>1</v>
       </c>
       <c r="P72" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="Q72" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R72" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S72" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="T72">
         <v>2</v>
       </c>
       <c r="U72" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V72" t="s">
         <v>128</v>
       </c>
       <c r="W72" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X72">
         <v>252</v>
       </c>
       <c r="Y72">
-        <v>0.21462100000000001</v>
+        <v>0.19380900000000001</v>
       </c>
       <c r="Z72" t="s">
         <v>128</v>
       </c>
       <c r="AE72" t="s">
         <v>128</v>
       </c>
       <c r="AF72">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG72" t="s">
         <v>128</v>
       </c>
       <c r="AH72">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI72">
         <v>1</v>
       </c>
       <c r="AJ72">
         <v>5</v>
       </c>
       <c r="AK72" t="s">
         <v>128</v>
       </c>
       <c r="AM72" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN72">
-        <v>-0.44140790000000002</v>
+        <v>-0.33479510000000001</v>
       </c>
       <c r="AP72">
-        <v>-7.9717099999999999E-2</v>
+        <v>-4.5297799999999999E-2</v>
       </c>
       <c r="AQ72" t="s">
         <v>128</v>
       </c>
       <c r="AS72">
-        <v>5.0607800000000001E-2</v>
+        <v>3.8362399999999998E-2</v>
       </c>
       <c r="AU72">
-        <v>7.4417800000000006E-2</v>
+        <v>4.7629299999999999E-2</v>
       </c>
       <c r="AV72" t="s">
         <v>128</v>
       </c>
       <c r="AX72">
-        <v>0.78021649999999998</v>
+        <v>0.57507160000000002</v>
       </c>
       <c r="AZ72">
-        <v>0.21786810000000001</v>
+        <v>0.1948155</v>
       </c>
       <c r="BA72" t="s">
         <v>128</v>
       </c>
       <c r="BC72">
-        <v>-0.7188677</v>
+        <v>-0.69593689999999997</v>
       </c>
       <c r="BE72">
-        <v>-0.2854757</v>
+        <v>-0.23887739999999999</v>
       </c>
       <c r="BF72" t="s">
         <v>128</v>
       </c>
       <c r="BN72" t="s">
         <v>127</v>
       </c>
       <c r="BO72" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="BP72" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="BQ72">
         <v>3</v>
       </c>
       <c r="BR72">
         <v>10000</v>
       </c>
       <c r="BS72">
         <v>0.05</v>
       </c>
       <c r="BT72">
         <v>0</v>
       </c>
       <c r="BU72">
         <v>0</v>
       </c>
       <c r="BV72">
         <v>0</v>
       </c>
       <c r="BW72">
         <v>0</v>
       </c>
       <c r="BX72" t="s">
         <v>128</v>
       </c>
       <c r="BY72">
-        <v>1.6500000000000001E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="BZ72">
-        <v>2.0999999999999999E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA72" t="s">
         <v>128</v>
       </c>
       <c r="CC72" t="s">
         <v>128</v>
       </c>
       <c r="CD72" t="s">
-        <v>343</v>
+        <v>176</v>
       </c>
       <c r="CE72" t="s">
-        <v>344</v>
+        <v>177</v>
       </c>
       <c r="CF72" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG72" t="s">
-        <v>324</v>
+        <v>178</v>
       </c>
       <c r="CH72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI72" t="s">
         <v>128</v>
       </c>
       <c r="CO72" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="CP72" t="s">
-        <v>148</v>
+        <v>421</v>
       </c>
       <c r="CQ72" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR72" t="s">
         <v>127</v>
       </c>
       <c r="CS72" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT72" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU72" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV72" t="s">
-        <v>659</v>
+        <v>450</v>
       </c>
       <c r="CW72" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>123</v>
       </c>
       <c r="B73" t="s">
         <v>124</v>
       </c>
       <c r="C73" t="s">
         <v>125</v>
       </c>
       <c r="D73" t="s">
         <v>126</v>
       </c>
       <c r="E73" t="s">
         <v>127</v>
       </c>
       <c r="F73" t="s">
         <v>127</v>
       </c>
       <c r="G73" t="s">
         <v>128</v>
       </c>
       <c r="H73" t="s">
         <v>128</v>
       </c>
       <c r="I73" t="s">
         <v>129</v>
       </c>
       <c r="J73" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K73" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L73" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N73" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="O73">
         <v>1</v>
       </c>
       <c r="P73" t="s">
+        <v>660</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>222</v>
+      </c>
+      <c r="R73" t="s">
+        <v>136</v>
+      </c>
+      <c r="S73" t="s">
         <v>661</v>
-      </c>
-[...7 lines deleted...]
-        <v>662</v>
       </c>
       <c r="T73">
         <v>2</v>
       </c>
       <c r="U73" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V73" t="s">
         <v>128</v>
       </c>
       <c r="W73" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X73">
         <v>252</v>
       </c>
       <c r="Y73">
-        <v>0.19327</v>
+        <v>0.192496</v>
       </c>
       <c r="Z73" t="s">
         <v>128</v>
       </c>
       <c r="AE73" t="s">
         <v>128</v>
       </c>
       <c r="AF73">
         <v>4</v>
       </c>
       <c r="AG73" t="s">
         <v>128</v>
       </c>
       <c r="AH73">
         <v>4</v>
       </c>
       <c r="AI73">
         <v>1</v>
       </c>
       <c r="AJ73">
         <v>5</v>
       </c>
       <c r="AK73" t="s">
         <v>128</v>
       </c>
       <c r="AM73" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN73">
-        <v>-0.33479510000000001</v>
+        <v>-0.3241849</v>
       </c>
       <c r="AP73">
-        <v>-4.5297799999999999E-2</v>
+        <v>-3.31382E-2</v>
       </c>
       <c r="AQ73" t="s">
         <v>128</v>
       </c>
       <c r="AS73">
-        <v>3.8362399999999998E-2</v>
+        <v>5.4147800000000003E-2</v>
       </c>
       <c r="AU73">
-        <v>4.7629299999999999E-2</v>
+        <v>8.2146300000000005E-2</v>
       </c>
       <c r="AV73" t="s">
         <v>128</v>
       </c>
       <c r="AX73">
-        <v>0.57507160000000002</v>
+        <v>0.50639109999999998</v>
       </c>
       <c r="AZ73">
-        <v>0.1948155</v>
+        <v>0.15937180000000001</v>
       </c>
       <c r="BA73" t="s">
         <v>128</v>
       </c>
       <c r="BC73">
-        <v>-0.69593689999999997</v>
+        <v>-0.70109860000000002</v>
       </c>
       <c r="BE73">
-        <v>-0.23887739999999999</v>
+        <v>-0.24486859999999999</v>
       </c>
       <c r="BF73" t="s">
         <v>128</v>
       </c>
       <c r="BN73" t="s">
         <v>127</v>
       </c>
       <c r="BO73" t="s">
+        <v>662</v>
+      </c>
+      <c r="BP73" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="BQ73">
         <v>3</v>
       </c>
       <c r="BR73">
         <v>10000</v>
       </c>
       <c r="BS73">
         <v>0.05</v>
       </c>
       <c r="BT73">
         <v>0</v>
       </c>
       <c r="BU73">
         <v>0</v>
       </c>
       <c r="BV73">
         <v>0</v>
       </c>
       <c r="BW73">
         <v>0</v>
       </c>
       <c r="BX73" t="s">
         <v>128</v>
       </c>
       <c r="BY73">
-        <v>1.6E-2</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ73">
-        <v>8.9999999999999998E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA73" t="s">
         <v>128</v>
       </c>
       <c r="CC73" t="s">
         <v>128</v>
       </c>
       <c r="CD73" t="s">
-        <v>175</v>
+        <v>433</v>
       </c>
       <c r="CE73" t="s">
-        <v>176</v>
+        <v>434</v>
       </c>
       <c r="CF73" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG73" t="s">
-        <v>177</v>
+        <v>327</v>
       </c>
       <c r="CH73" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI73" t="s">
         <v>128</v>
       </c>
       <c r="CO73" t="s">
-        <v>658</v>
+        <v>272</v>
       </c>
       <c r="CP73" t="s">
-        <v>418</v>
+        <v>335</v>
       </c>
       <c r="CQ73" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR73" t="s">
         <v>127</v>
       </c>
       <c r="CS73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU73" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV73" t="s">
-        <v>447</v>
+        <v>207</v>
       </c>
       <c r="CW73" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>123</v>
       </c>
       <c r="B74" t="s">
         <v>124</v>
       </c>
       <c r="C74" t="s">
         <v>125</v>
       </c>
       <c r="D74" t="s">
         <v>126</v>
       </c>
       <c r="E74" t="s">
         <v>127</v>
       </c>
       <c r="F74" t="s">
         <v>127</v>
       </c>
       <c r="G74" t="s">
         <v>128</v>
       </c>
       <c r="H74" t="s">
         <v>128</v>
       </c>
       <c r="I74" t="s">
         <v>129</v>
       </c>
       <c r="J74" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L74" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N74" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="O74">
         <v>1</v>
       </c>
       <c r="P74" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>157</v>
+      </c>
+      <c r="R74" t="s">
+        <v>158</v>
+      </c>
+      <c r="S74" t="s">
         <v>666</v>
-      </c>
-[...7 lines deleted...]
-        <v>667</v>
       </c>
       <c r="T74">
         <v>2</v>
       </c>
       <c r="U74" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V74" t="s">
         <v>128</v>
       </c>
       <c r="W74" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X74">
         <v>252</v>
       </c>
       <c r="Y74">
-        <v>0.233738</v>
+        <v>0.28036100000000003</v>
       </c>
       <c r="Z74" t="s">
         <v>128</v>
       </c>
       <c r="AE74" t="s">
         <v>128</v>
       </c>
       <c r="AF74">
         <v>5</v>
       </c>
       <c r="AG74" t="s">
         <v>128</v>
       </c>
       <c r="AH74">
         <v>5</v>
       </c>
       <c r="AI74">
         <v>1</v>
       </c>
       <c r="AJ74">
         <v>5</v>
       </c>
       <c r="AK74" t="s">
         <v>128</v>
       </c>
       <c r="AM74" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN74">
-        <v>-0.47271279999999999</v>
+        <v>-0.46802899999999997</v>
       </c>
       <c r="AP74">
-        <v>-0.1012479</v>
+        <v>-0.16144349999999999</v>
       </c>
       <c r="AQ74" t="s">
         <v>128</v>
       </c>
       <c r="AS74">
-        <v>-2.3180000000000002E-3</v>
+        <v>3.6011599999999998E-2</v>
       </c>
       <c r="AU74">
-        <v>3.0575499999999999E-2</v>
+        <v>-2.33679E-2</v>
       </c>
       <c r="AV74" t="s">
         <v>128</v>
       </c>
       <c r="AX74">
-        <v>0.58885069999999995</v>
+        <v>0.7146053</v>
       </c>
       <c r="AZ74">
-        <v>0.157884</v>
+        <v>0.21087020000000001</v>
       </c>
       <c r="BA74" t="s">
         <v>128</v>
       </c>
       <c r="BC74">
-        <v>-0.74009020000000003</v>
+        <v>-0.75566670000000002</v>
       </c>
       <c r="BE74">
-        <v>-0.31177749999999999</v>
+        <v>-0.34486240000000001</v>
       </c>
       <c r="BF74" t="s">
         <v>128</v>
       </c>
       <c r="BN74" t="s">
         <v>127</v>
       </c>
       <c r="BO74" t="s">
+        <v>667</v>
+      </c>
+      <c r="BP74" t="s">
         <v>668</v>
       </c>
-      <c r="BP74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR74">
         <v>10000</v>
       </c>
       <c r="BS74">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT74">
         <v>0</v>
       </c>
       <c r="BU74">
         <v>0</v>
       </c>
       <c r="BV74">
         <v>0</v>
       </c>
       <c r="BW74">
         <v>0</v>
       </c>
       <c r="BX74" t="s">
         <v>128</v>
       </c>
       <c r="BY74">
-        <v>1.6E-2</v>
+        <v>1.2999999999999999E-3</v>
       </c>
       <c r="BZ74">
-        <v>1.1999999999999999E-3</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA74" t="s">
         <v>128</v>
       </c>
       <c r="CC74" t="s">
         <v>128</v>
       </c>
       <c r="CD74" t="s">
-        <v>493</v>
+        <v>235</v>
       </c>
       <c r="CE74" t="s">
-        <v>494</v>
+        <v>236</v>
       </c>
       <c r="CF74" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG74" t="s">
-        <v>495</v>
+        <v>237</v>
       </c>
       <c r="CH74" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI74" t="s">
         <v>128</v>
       </c>
       <c r="CO74" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="CP74" t="s">
-        <v>398</v>
+        <v>444</v>
       </c>
       <c r="CQ74" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="CR74" t="s">
         <v>127</v>
       </c>
       <c r="CS74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT74" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV74" t="s">
-        <v>447</v>
+        <v>669</v>
       </c>
       <c r="CW74" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="75" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>124</v>
       </c>
       <c r="C75" t="s">
         <v>125</v>
       </c>
       <c r="D75" t="s">
         <v>126</v>
       </c>
       <c r="E75" t="s">
         <v>127</v>
       </c>
       <c r="F75" t="s">
         <v>127</v>
       </c>
       <c r="G75" t="s">
         <v>128</v>
       </c>
       <c r="H75" t="s">
         <v>128</v>
       </c>
       <c r="I75" t="s">
         <v>129</v>
       </c>
       <c r="J75" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K75" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L75" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N75" t="s">
         <v>670</v>
       </c>
       <c r="O75">
         <v>1</v>
       </c>
       <c r="P75" t="s">
         <v>671</v>
       </c>
       <c r="Q75" t="s">
-        <v>220</v>
+        <v>157</v>
       </c>
       <c r="R75" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="S75" t="s">
         <v>672</v>
       </c>
       <c r="T75">
         <v>2</v>
       </c>
       <c r="U75" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V75" t="s">
         <v>128</v>
       </c>
       <c r="W75" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X75">
         <v>252</v>
       </c>
       <c r="Y75">
-        <v>0.19279399999999999</v>
+        <v>0.20918700000000001</v>
       </c>
       <c r="Z75" t="s">
         <v>128</v>
       </c>
       <c r="AE75" t="s">
         <v>128</v>
       </c>
       <c r="AF75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG75" t="s">
         <v>128</v>
       </c>
       <c r="AH75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI75">
         <v>1</v>
       </c>
       <c r="AJ75">
         <v>5</v>
       </c>
       <c r="AK75" t="s">
         <v>128</v>
       </c>
       <c r="AM75" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN75">
-        <v>-0.3241849</v>
+        <v>-0.3936151</v>
       </c>
       <c r="AP75">
-        <v>-3.31382E-2</v>
+        <v>-6.7979899999999996E-2</v>
       </c>
       <c r="AQ75" t="s">
         <v>128</v>
       </c>
       <c r="AS75">
-        <v>5.4147800000000003E-2</v>
+        <v>0.10485170000000001</v>
       </c>
       <c r="AU75">
-        <v>8.2146300000000005E-2</v>
+        <v>8.0405299999999999E-2</v>
       </c>
       <c r="AV75" t="s">
         <v>128</v>
       </c>
       <c r="AX75">
-        <v>0.50639109999999998</v>
+        <v>0.81190819999999997</v>
       </c>
       <c r="AZ75">
-        <v>0.15937180000000001</v>
+        <v>0.2485861</v>
       </c>
       <c r="BA75" t="s">
         <v>128</v>
       </c>
       <c r="BC75">
-        <v>-0.70109860000000002</v>
+        <v>-0.68045089999999997</v>
       </c>
       <c r="BE75">
-        <v>-0.24486859999999999</v>
+        <v>-0.27626119999999998</v>
       </c>
       <c r="BF75" t="s">
         <v>128</v>
       </c>
       <c r="BN75" t="s">
         <v>127</v>
       </c>
       <c r="BO75" t="s">
         <v>673</v>
       </c>
       <c r="BP75" t="s">
         <v>674</v>
       </c>
       <c r="BQ75">
         <v>3</v>
       </c>
       <c r="BR75">
         <v>10000</v>
       </c>
       <c r="BS75">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT75">
         <v>0</v>
       </c>
       <c r="BU75">
         <v>0</v>
       </c>
       <c r="BV75">
         <v>0</v>
       </c>
       <c r="BW75">
         <v>0</v>
       </c>
       <c r="BX75" t="s">
         <v>128</v>
       </c>
       <c r="BY75">
-        <v>1.5699999999999999E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ75">
-        <v>4.8000000000000001E-4</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA75" t="s">
         <v>128</v>
       </c>
       <c r="CC75" t="s">
         <v>128</v>
       </c>
       <c r="CD75" t="s">
-        <v>430</v>
+        <v>347</v>
       </c>
       <c r="CE75" t="s">
-        <v>431</v>
+        <v>348</v>
       </c>
       <c r="CF75" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG75" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH75" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI75" t="s">
         <v>128</v>
       </c>
       <c r="CO75" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="CP75" t="s">
-        <v>331</v>
+        <v>444</v>
       </c>
       <c r="CQ75" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="CR75" t="s">
         <v>127</v>
       </c>
       <c r="CS75" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT75" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV75" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="CW75" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="76" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>123</v>
       </c>
       <c r="B76" t="s">
         <v>124</v>
       </c>
       <c r="C76" t="s">
         <v>125</v>
       </c>
       <c r="D76" t="s">
         <v>126</v>
       </c>
       <c r="E76" t="s">
         <v>127</v>
       </c>
       <c r="F76" t="s">
         <v>127</v>
       </c>
       <c r="G76" t="s">
         <v>128</v>
       </c>
       <c r="H76" t="s">
         <v>128</v>
       </c>
       <c r="I76" t="s">
         <v>129</v>
       </c>
       <c r="J76" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K76" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L76" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N76" t="s">
         <v>675</v>
       </c>
       <c r="O76">
         <v>1</v>
       </c>
       <c r="P76" t="s">
         <v>676</v>
       </c>
       <c r="Q76" t="s">
-        <v>156</v>
+        <v>231</v>
       </c>
       <c r="R76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S76" t="s">
         <v>677</v>
       </c>
       <c r="T76">
         <v>2</v>
       </c>
       <c r="U76" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V76" t="s">
         <v>128</v>
       </c>
       <c r="W76" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X76">
         <v>252</v>
       </c>
       <c r="Y76">
-        <v>0.28225899999999998</v>
+        <v>0.21351200000000001</v>
       </c>
       <c r="Z76" t="s">
         <v>128</v>
       </c>
       <c r="AE76" t="s">
         <v>128</v>
       </c>
       <c r="AF76">
         <v>5</v>
       </c>
       <c r="AG76" t="s">
         <v>128</v>
       </c>
       <c r="AH76">
         <v>5</v>
       </c>
       <c r="AI76">
         <v>1</v>
       </c>
       <c r="AJ76">
         <v>5</v>
       </c>
       <c r="AK76" t="s">
         <v>128</v>
       </c>
       <c r="AM76" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN76">
-        <v>-0.46802899999999997</v>
+        <v>-0.38311309999999998</v>
       </c>
       <c r="AP76">
-        <v>-0.16144349999999999</v>
+        <v>-4.20028E-2</v>
       </c>
       <c r="AQ76" t="s">
         <v>128</v>
       </c>
       <c r="AS76">
-        <v>3.6011599999999998E-2</v>
+        <v>0.1212609</v>
       </c>
       <c r="AU76">
-        <v>-2.33679E-2</v>
+        <v>0.15468370000000001</v>
       </c>
       <c r="AV76" t="s">
         <v>128</v>
       </c>
       <c r="AX76">
-        <v>0.7146053</v>
+        <v>0.89765119999999998</v>
       </c>
       <c r="AZ76">
-        <v>0.21087020000000001</v>
+        <v>0.28544449999999999</v>
       </c>
       <c r="BA76" t="s">
         <v>128</v>
       </c>
       <c r="BC76">
-        <v>-0.75566670000000002</v>
+        <v>-0.66355649999999999</v>
       </c>
       <c r="BE76">
-        <v>-0.34486240000000001</v>
+        <v>-0.26409100000000002</v>
       </c>
       <c r="BF76" t="s">
         <v>128</v>
       </c>
       <c r="BN76" t="s">
         <v>127</v>
       </c>
       <c r="BO76" t="s">
         <v>678</v>
       </c>
       <c r="BP76" t="s">
         <v>679</v>
       </c>
       <c r="BQ76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR76">
         <v>10000</v>
       </c>
       <c r="BS76">
         <v>0</v>
       </c>
       <c r="BT76">
         <v>0</v>
       </c>
       <c r="BU76">
         <v>0</v>
       </c>
       <c r="BV76">
         <v>0</v>
       </c>
       <c r="BW76">
         <v>0</v>
       </c>
       <c r="BX76" t="s">
         <v>128</v>
       </c>
       <c r="BY76">
-        <v>1.2999999999999999E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ76">
-        <v>1.4E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA76" t="s">
         <v>128</v>
       </c>
       <c r="CC76" t="s">
         <v>128</v>
       </c>
       <c r="CD76" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="CE76" t="s">
-        <v>233</v>
+        <v>260</v>
       </c>
       <c r="CF76" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG76" t="s">
-        <v>234</v>
+        <v>261</v>
       </c>
       <c r="CH76" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI76" t="s">
         <v>128</v>
       </c>
       <c r="CO76" t="s">
-        <v>235</v>
+        <v>262</v>
       </c>
       <c r="CP76" t="s">
-        <v>441</v>
+        <v>680</v>
       </c>
       <c r="CQ76" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="CR76" t="s">
         <v>127</v>
       </c>
       <c r="CS76" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT76" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU76" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV76" t="s">
-        <v>680</v>
+        <v>402</v>
       </c>
       <c r="CW76" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="77" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>123</v>
       </c>
       <c r="B77" t="s">
         <v>124</v>
       </c>
       <c r="C77" t="s">
         <v>125</v>
       </c>
       <c r="D77" t="s">
         <v>126</v>
       </c>
       <c r="E77" t="s">
         <v>127</v>
       </c>
       <c r="F77" t="s">
         <v>127</v>
       </c>
       <c r="G77" t="s">
         <v>128</v>
       </c>
       <c r="H77" t="s">
         <v>128</v>
       </c>
       <c r="I77" t="s">
         <v>129</v>
       </c>
       <c r="J77" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K77" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L77" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N77" t="s">
         <v>681</v>
       </c>
       <c r="O77">
         <v>1</v>
       </c>
       <c r="P77" t="s">
         <v>682</v>
       </c>
       <c r="Q77" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="R77" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="S77" t="s">
         <v>683</v>
       </c>
       <c r="T77">
         <v>2</v>
       </c>
       <c r="U77" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V77" t="s">
         <v>128</v>
       </c>
       <c r="W77" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X77">
         <v>252</v>
       </c>
       <c r="Y77">
-        <v>0.212344</v>
+        <v>0.199603</v>
       </c>
       <c r="Z77" t="s">
         <v>128</v>
       </c>
       <c r="AE77" t="s">
         <v>128</v>
       </c>
       <c r="AF77">
         <v>5</v>
       </c>
       <c r="AG77" t="s">
         <v>128</v>
       </c>
       <c r="AH77">
         <v>5</v>
       </c>
       <c r="AI77">
         <v>1</v>
       </c>
       <c r="AJ77">
         <v>5</v>
       </c>
       <c r="AK77" t="s">
         <v>128</v>
       </c>
       <c r="AM77" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN77">
-        <v>-0.3936151</v>
+        <v>-0.24255979999999999</v>
       </c>
       <c r="AP77">
-        <v>-6.7979899999999996E-2</v>
+        <v>-7.4912400000000004E-2</v>
       </c>
       <c r="AQ77" t="s">
         <v>128</v>
       </c>
       <c r="AS77">
-        <v>0.10485170000000001</v>
+        <v>1.0640800000000001E-2</v>
       </c>
       <c r="AU77">
-        <v>8.0405299999999999E-2</v>
+        <v>5.2086300000000002E-2</v>
       </c>
       <c r="AV77" t="s">
         <v>128</v>
       </c>
       <c r="AX77">
-        <v>0.81190819999999997</v>
+        <v>0.34381820000000002</v>
       </c>
       <c r="AZ77">
-        <v>0.2485861</v>
+        <v>0.1956909</v>
       </c>
       <c r="BA77" t="s">
         <v>128</v>
       </c>
       <c r="BC77">
-        <v>-0.68045089999999997</v>
+        <v>-0.83198680000000003</v>
       </c>
       <c r="BE77">
-        <v>-0.27626119999999998</v>
+        <v>-0.25232710000000003</v>
       </c>
       <c r="BF77" t="s">
         <v>128</v>
       </c>
       <c r="BN77" t="s">
         <v>127</v>
       </c>
       <c r="BO77" t="s">
         <v>684</v>
       </c>
       <c r="BP77" t="s">
         <v>685</v>
       </c>
       <c r="BQ77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR77">
         <v>10000</v>
       </c>
       <c r="BS77">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT77">
         <v>0</v>
       </c>
       <c r="BU77">
         <v>0</v>
       </c>
       <c r="BV77">
         <v>0</v>
       </c>
       <c r="BW77">
         <v>0</v>
       </c>
       <c r="BX77" t="s">
         <v>128</v>
       </c>
       <c r="BY77">
-        <v>6.4999999999999997E-3</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="BZ77">
-        <v>2.0999999999999999E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA77" t="s">
         <v>128</v>
       </c>
       <c r="CC77" t="s">
         <v>128</v>
       </c>
       <c r="CD77" t="s">
-        <v>343</v>
+        <v>270</v>
       </c>
       <c r="CE77" t="s">
-        <v>344</v>
+        <v>271</v>
       </c>
       <c r="CF77" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG77" t="s">
-        <v>324</v>
+        <v>204</v>
       </c>
       <c r="CH77" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI77" t="s">
         <v>128</v>
       </c>
       <c r="CO77" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="CP77" t="s">
-        <v>441</v>
+        <v>279</v>
       </c>
       <c r="CQ77" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR77" t="s">
         <v>127</v>
       </c>
       <c r="CS77" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT77" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU77" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV77" t="s">
-        <v>346</v>
+        <v>551</v>
       </c>
       <c r="CW77" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="78" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>124</v>
       </c>
       <c r="C78" t="s">
         <v>125</v>
       </c>
       <c r="D78" t="s">
         <v>126</v>
       </c>
       <c r="E78" t="s">
         <v>127</v>
       </c>
       <c r="F78" t="s">
         <v>127</v>
       </c>
       <c r="G78" t="s">
         <v>128</v>
       </c>
       <c r="H78" t="s">
         <v>128</v>
       </c>
       <c r="I78" t="s">
         <v>129</v>
       </c>
       <c r="J78" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L78" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N78" t="s">
         <v>686</v>
       </c>
       <c r="O78">
         <v>1</v>
       </c>
       <c r="P78" t="s">
         <v>687</v>
       </c>
       <c r="Q78" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="R78" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S78" t="s">
         <v>688</v>
       </c>
       <c r="T78">
         <v>2</v>
       </c>
       <c r="U78" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V78" t="s">
         <v>128</v>
       </c>
       <c r="W78" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X78">
         <v>252</v>
       </c>
       <c r="Y78">
-        <v>0.21457300000000001</v>
+        <v>0.22029000000000001</v>
       </c>
       <c r="Z78" t="s">
         <v>128</v>
       </c>
       <c r="AE78" t="s">
         <v>128</v>
       </c>
       <c r="AF78">
         <v>5</v>
       </c>
       <c r="AG78" t="s">
         <v>128</v>
       </c>
       <c r="AH78">
         <v>5</v>
       </c>
       <c r="AI78">
         <v>1</v>
       </c>
       <c r="AJ78">
         <v>5</v>
       </c>
       <c r="AK78" t="s">
         <v>128</v>
       </c>
       <c r="AM78" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN78">
-        <v>-0.38311309999999998</v>
+        <v>-0.35741139999999999</v>
       </c>
       <c r="AP78">
-        <v>-4.20028E-2</v>
+        <v>-6.6609199999999993E-2</v>
       </c>
       <c r="AQ78" t="s">
         <v>128</v>
       </c>
       <c r="AS78">
-        <v>0.1212609</v>
+        <v>3.8545999999999997E-2</v>
       </c>
       <c r="AU78">
-        <v>0.15468370000000001</v>
+        <v>0.1473546</v>
       </c>
       <c r="AV78" t="s">
         <v>128</v>
       </c>
       <c r="AX78">
-        <v>0.89765119999999998</v>
+        <v>0.77397389999999999</v>
       </c>
       <c r="AZ78">
-        <v>0.28544449999999999</v>
+        <v>0.26678230000000003</v>
       </c>
       <c r="BA78" t="s">
         <v>128</v>
       </c>
       <c r="BC78">
-        <v>-0.66355649999999999</v>
+        <v>-0.70626889999999998</v>
       </c>
       <c r="BE78">
-        <v>-0.26409100000000002</v>
+        <v>-0.2777018</v>
       </c>
       <c r="BF78" t="s">
         <v>128</v>
       </c>
       <c r="BN78" t="s">
         <v>127</v>
       </c>
       <c r="BO78" t="s">
         <v>689</v>
       </c>
       <c r="BP78" t="s">
         <v>690</v>
       </c>
       <c r="BQ78">
         <v>3</v>
       </c>
       <c r="BR78">
         <v>10000</v>
       </c>
       <c r="BS78">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT78">
         <v>0</v>
       </c>
       <c r="BU78">
         <v>0</v>
       </c>
       <c r="BV78">
         <v>0</v>
       </c>
       <c r="BW78">
         <v>0</v>
       </c>
       <c r="BX78" t="s">
         <v>128</v>
       </c>
       <c r="BY78">
-        <v>5.7999999999999996E-3</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ78">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA78" t="s">
         <v>128</v>
       </c>
       <c r="CC78" t="s">
         <v>128</v>
       </c>
       <c r="CD78" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="CE78" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="CF78" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG78" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="CH78" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI78" t="s">
         <v>128</v>
       </c>
       <c r="CO78" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="CP78" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="CQ78" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR78" t="s">
         <v>127</v>
       </c>
       <c r="CS78" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT78" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU78" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV78" t="s">
-        <v>399</v>
+        <v>609</v>
       </c>
       <c r="CW78" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="79" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>124</v>
       </c>
       <c r="C79" t="s">
         <v>125</v>
       </c>
       <c r="D79" t="s">
         <v>126</v>
       </c>
       <c r="E79" t="s">
         <v>127</v>
       </c>
       <c r="F79" t="s">
         <v>127</v>
       </c>
       <c r="G79" t="s">
         <v>128</v>
       </c>
       <c r="H79" t="s">
         <v>128</v>
       </c>
       <c r="I79" t="s">
         <v>129</v>
       </c>
       <c r="J79" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K79" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L79" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N79" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="O79">
         <v>1</v>
       </c>
       <c r="P79" t="s">
+        <v>692</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>157</v>
+      </c>
+      <c r="R79" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="S79" t="s">
         <v>694</v>
       </c>
       <c r="T79">
         <v>2</v>
       </c>
       <c r="U79" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V79" t="s">
         <v>128</v>
       </c>
       <c r="W79" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X79">
         <v>252</v>
       </c>
       <c r="Y79">
-        <v>0.200765</v>
+        <v>0.19611700000000001</v>
       </c>
       <c r="Z79" t="s">
         <v>128</v>
       </c>
       <c r="AE79" t="s">
         <v>128</v>
       </c>
       <c r="AF79">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG79" t="s">
         <v>128</v>
       </c>
       <c r="AH79">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI79">
         <v>1</v>
       </c>
       <c r="AJ79">
         <v>5</v>
       </c>
       <c r="AK79" t="s">
         <v>128</v>
       </c>
       <c r="AM79" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN79">
-        <v>-0.24255979999999999</v>
+        <v>-0.29108519999999999</v>
       </c>
       <c r="AP79">
-        <v>-7.4912400000000004E-2</v>
+        <v>-2.37728E-2</v>
       </c>
       <c r="AQ79" t="s">
         <v>128</v>
       </c>
       <c r="AS79">
-        <v>1.0640800000000001E-2</v>
+        <v>0.15177260000000001</v>
       </c>
       <c r="AU79">
-        <v>5.2086300000000002E-2</v>
+        <v>8.7350999999999998E-2</v>
       </c>
       <c r="AV79" t="s">
         <v>128</v>
       </c>
       <c r="AX79">
-        <v>0.34381820000000002</v>
+        <v>0.51881659999999996</v>
       </c>
       <c r="AZ79">
-        <v>0.1956909</v>
+        <v>0.2262786</v>
       </c>
       <c r="BA79" t="s">
         <v>128</v>
       </c>
       <c r="BC79">
-        <v>-0.83198680000000003</v>
+        <v>-0.68896020000000002</v>
       </c>
       <c r="BE79">
-        <v>-0.25232710000000003</v>
+        <v>-0.25953619999999999</v>
       </c>
       <c r="BF79" t="s">
         <v>128</v>
       </c>
       <c r="BN79" t="s">
         <v>127</v>
       </c>
       <c r="BO79" t="s">
         <v>695</v>
       </c>
       <c r="BP79" t="s">
         <v>696</v>
       </c>
       <c r="BQ79">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="BR79">
         <v>10000</v>
       </c>
       <c r="BS79">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT79">
         <v>0</v>
       </c>
       <c r="BU79">
         <v>0</v>
       </c>
       <c r="BV79">
         <v>0</v>
       </c>
       <c r="BW79">
         <v>0</v>
       </c>
       <c r="BX79" t="s">
         <v>128</v>
       </c>
       <c r="BY79">
-        <v>1.6799999999999999E-2</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ79">
-        <v>2.2000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA79" t="s">
         <v>128</v>
       </c>
       <c r="CC79" t="s">
         <v>128</v>
       </c>
       <c r="CD79" t="s">
-        <v>266</v>
+        <v>325</v>
       </c>
       <c r="CE79" t="s">
-        <v>267</v>
+        <v>326</v>
       </c>
       <c r="CF79" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG79" t="s">
-        <v>202</v>
+        <v>327</v>
       </c>
       <c r="CH79" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI79" t="s">
         <v>128</v>
       </c>
       <c r="CO79" t="s">
-        <v>178</v>
+        <v>205</v>
       </c>
       <c r="CP79" t="s">
-        <v>276</v>
+        <v>335</v>
       </c>
       <c r="CQ79" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR79" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS79" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT79" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU79" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV79" t="s">
-        <v>557</v>
+        <v>329</v>
       </c>
       <c r="CW79" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="80" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>124</v>
       </c>
       <c r="C80" t="s">
         <v>125</v>
       </c>
       <c r="D80" t="s">
         <v>126</v>
       </c>
       <c r="E80" t="s">
         <v>127</v>
       </c>
       <c r="F80" t="s">
         <v>127</v>
       </c>
       <c r="G80" t="s">
         <v>128</v>
       </c>
       <c r="H80" t="s">
         <v>128</v>
       </c>
       <c r="I80" t="s">
         <v>129</v>
       </c>
       <c r="J80" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K80" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L80" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N80" t="s">
         <v>697</v>
       </c>
       <c r="O80">
         <v>1</v>
       </c>
       <c r="P80" t="s">
         <v>698</v>
       </c>
       <c r="Q80" t="s">
-        <v>220</v>
+        <v>255</v>
       </c>
       <c r="R80" t="s">
-        <v>157</v>
+        <v>699</v>
       </c>
       <c r="S80" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="T80">
         <v>2</v>
       </c>
       <c r="U80" t="s">
-        <v>137</v>
+        <v>701</v>
       </c>
       <c r="V80" t="s">
         <v>128</v>
       </c>
       <c r="W80" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X80">
         <v>252</v>
       </c>
       <c r="Y80">
-        <v>0.220613</v>
+        <v>7.0102999999999999E-2</v>
       </c>
       <c r="Z80" t="s">
         <v>128</v>
       </c>
       <c r="AE80" t="s">
         <v>128</v>
       </c>
       <c r="AF80">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG80" t="s">
         <v>128</v>
       </c>
       <c r="AH80">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AI80">
         <v>1</v>
       </c>
       <c r="AJ80">
         <v>5</v>
       </c>
       <c r="AK80" t="s">
         <v>128</v>
       </c>
       <c r="AM80" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN80">
-        <v>-0.35741139999999999</v>
+        <v>-0.19364909999999999</v>
       </c>
       <c r="AP80">
-        <v>-6.6609199999999993E-2</v>
+        <v>-4.11686E-2</v>
       </c>
       <c r="AQ80" t="s">
         <v>128</v>
       </c>
       <c r="AS80">
-        <v>3.8545999999999997E-2</v>
+        <v>1.5912300000000001E-2</v>
       </c>
       <c r="AU80">
-        <v>0.1473546</v>
+        <v>3.895E-3</v>
       </c>
       <c r="AV80" t="s">
         <v>128</v>
       </c>
       <c r="AX80">
-        <v>0.77397389999999999</v>
+        <v>0.19085079999999999</v>
       </c>
       <c r="AZ80">
-        <v>0.26678230000000003</v>
+        <v>5.4326199999999998E-2</v>
       </c>
       <c r="BA80" t="s">
         <v>128</v>
       </c>
       <c r="BC80">
-        <v>-0.70626889999999998</v>
+        <v>-0.42512339999999998</v>
       </c>
       <c r="BE80">
-        <v>-0.2777018</v>
+        <v>-7.1878499999999998E-2</v>
       </c>
       <c r="BF80" t="s">
         <v>128</v>
       </c>
       <c r="BN80" t="s">
         <v>127</v>
       </c>
       <c r="BO80" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="BP80" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="BQ80">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR80">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
       <c r="BS80">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT80">
         <v>0</v>
       </c>
       <c r="BU80">
         <v>0</v>
       </c>
       <c r="BV80">
         <v>0</v>
       </c>
       <c r="BW80">
         <v>0</v>
       </c>
       <c r="BX80" t="s">
         <v>128</v>
       </c>
       <c r="BY80">
-        <v>1.5800000000000002E-2</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="BZ80">
-        <v>1.1000000000000001E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="CA80" t="s">
         <v>128</v>
       </c>
       <c r="CC80" t="s">
         <v>128</v>
       </c>
       <c r="CD80" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
       <c r="CE80" t="s">
-        <v>256</v>
+        <v>704</v>
       </c>
       <c r="CF80" t="s">
-        <v>144</v>
+        <v>705</v>
       </c>
       <c r="CG80" t="s">
-        <v>257</v>
+        <v>706</v>
       </c>
       <c r="CH80" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI80" t="s">
         <v>128</v>
       </c>
       <c r="CO80" t="s">
-        <v>258</v>
+        <v>707</v>
       </c>
       <c r="CP80" t="s">
-        <v>691</v>
+        <v>435</v>
       </c>
       <c r="CQ80" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="CR80" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS80" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT80" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU80" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV80" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="CW80" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="81" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>123</v>
       </c>
       <c r="B81" t="s">
         <v>124</v>
       </c>
       <c r="C81" t="s">
         <v>125</v>
       </c>
       <c r="D81" t="s">
         <v>126</v>
       </c>
       <c r="E81" t="s">
         <v>127</v>
       </c>
       <c r="F81" t="s">
         <v>127</v>
       </c>
       <c r="G81" t="s">
         <v>128</v>
       </c>
       <c r="H81" t="s">
         <v>128</v>
       </c>
       <c r="I81" t="s">
         <v>129</v>
       </c>
       <c r="J81" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K81" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L81" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N81" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="Q81" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="R81" t="s">
-        <v>704</v>
+        <v>172</v>
       </c>
       <c r="S81" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="T81">
         <v>2</v>
       </c>
       <c r="U81" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V81" t="s">
         <v>128</v>
       </c>
       <c r="W81" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X81">
         <v>252</v>
       </c>
       <c r="Y81">
-        <v>0.19753100000000001</v>
+        <v>0.20952499999999999</v>
       </c>
       <c r="Z81" t="s">
         <v>128</v>
       </c>
       <c r="AE81" t="s">
         <v>128</v>
       </c>
       <c r="AF81">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG81" t="s">
         <v>128</v>
       </c>
       <c r="AH81">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI81">
         <v>1</v>
       </c>
       <c r="AJ81">
         <v>5</v>
       </c>
       <c r="AK81" t="s">
         <v>128</v>
       </c>
       <c r="AM81" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN81">
-        <v>-0.29108519999999999</v>
+        <v>-0.39791599999999999</v>
       </c>
       <c r="AP81">
-        <v>-2.37728E-2</v>
+        <v>-5.1090999999999998E-2</v>
       </c>
       <c r="AQ81" t="s">
         <v>128</v>
       </c>
       <c r="AS81">
-        <v>0.15177260000000001</v>
+        <v>8.3555000000000004E-2</v>
       </c>
       <c r="AU81">
-        <v>8.7350999999999998E-2</v>
+        <v>5.577E-2</v>
       </c>
       <c r="AV81" t="s">
         <v>128</v>
       </c>
       <c r="AX81">
-        <v>0.51881659999999996</v>
+        <v>0.78574140000000003</v>
       </c>
       <c r="AZ81">
-        <v>0.2262786</v>
+        <v>0.23084489999999999</v>
       </c>
       <c r="BA81" t="s">
         <v>128</v>
       </c>
       <c r="BC81">
-        <v>-0.68896020000000002</v>
+        <v>-0.83845250000000004</v>
       </c>
       <c r="BE81">
-        <v>-0.25953619999999999</v>
+        <v>-0.29354449999999999</v>
       </c>
       <c r="BF81" t="s">
         <v>128</v>
       </c>
       <c r="BN81" t="s">
         <v>127</v>
       </c>
       <c r="BO81" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="BP81" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="BQ81">
         <v>7</v>
       </c>
       <c r="BR81">
         <v>10000</v>
       </c>
       <c r="BS81">
         <v>0</v>
       </c>
       <c r="BT81">
         <v>0</v>
       </c>
       <c r="BU81">
         <v>0</v>
       </c>
       <c r="BV81">
         <v>0</v>
       </c>
       <c r="BW81">
         <v>0</v>
       </c>
       <c r="BX81" t="s">
         <v>128</v>
       </c>
       <c r="BY81">
-        <v>6.6E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ81">
-        <v>1E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA81" t="s">
         <v>128</v>
       </c>
       <c r="CC81" t="s">
         <v>128</v>
       </c>
       <c r="CD81" t="s">
-        <v>322</v>
+        <v>176</v>
       </c>
       <c r="CE81" t="s">
-        <v>323</v>
+        <v>177</v>
       </c>
       <c r="CF81" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG81" t="s">
-        <v>324</v>
+        <v>178</v>
       </c>
       <c r="CH81" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI81" t="s">
         <v>128</v>
       </c>
       <c r="CO81" t="s">
-        <v>203</v>
+        <v>713</v>
       </c>
       <c r="CP81" t="s">
-        <v>331</v>
+        <v>239</v>
       </c>
       <c r="CQ81" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR81" t="s">
         <v>128</v>
       </c>
       <c r="CS81" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU81" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV81" t="s">
-        <v>217</v>
+        <v>182</v>
       </c>
       <c r="CW81" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="82" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>123</v>
       </c>
       <c r="B82" t="s">
         <v>124</v>
       </c>
       <c r="C82" t="s">
         <v>125</v>
       </c>
       <c r="D82" t="s">
         <v>126</v>
       </c>
       <c r="E82" t="s">
         <v>127</v>
       </c>
       <c r="F82" t="s">
         <v>127</v>
       </c>
       <c r="G82" t="s">
         <v>128</v>
       </c>
       <c r="H82" t="s">
         <v>128</v>
       </c>
       <c r="I82" t="s">
         <v>129</v>
       </c>
       <c r="J82" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K82" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L82" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N82" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="Q82" t="s">
-        <v>251</v>
+        <v>210</v>
       </c>
       <c r="R82" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="S82" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="T82">
         <v>2</v>
       </c>
       <c r="U82" t="s">
-        <v>711</v>
+        <v>138</v>
       </c>
       <c r="V82" t="s">
         <v>128</v>
       </c>
       <c r="W82" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X82">
         <v>252</v>
       </c>
       <c r="Y82">
-        <v>7.0149000000000003E-2</v>
+        <v>0.21254400000000001</v>
       </c>
       <c r="Z82" t="s">
         <v>128</v>
       </c>
       <c r="AE82" t="s">
         <v>128</v>
       </c>
       <c r="AF82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG82" t="s">
         <v>128</v>
       </c>
       <c r="AH82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AI82">
         <v>1</v>
       </c>
       <c r="AJ82">
         <v>5</v>
       </c>
       <c r="AK82" t="s">
         <v>128</v>
       </c>
       <c r="AM82" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN82">
-        <v>-7.3009400000000002E-2</v>
+        <v>-0.2166014</v>
       </c>
       <c r="AP82">
-        <v>-2.81473E-2</v>
+        <v>-9.4619200000000001E-2</v>
       </c>
       <c r="AQ82" t="s">
         <v>128</v>
       </c>
       <c r="AS82">
-        <v>9.8206999999999999E-3</v>
+        <v>1.76288E-2</v>
       </c>
       <c r="AU82">
-        <v>9.7427E-3</v>
+        <v>1.79665E-2</v>
       </c>
       <c r="AV82" t="s">
         <v>128</v>
       </c>
       <c r="AX82">
-        <v>9.9703399999999998E-2</v>
+        <v>0.32369389999999998</v>
       </c>
       <c r="AZ82">
-        <v>4.9043499999999997E-2</v>
+        <v>0.1448644</v>
       </c>
       <c r="BA82" t="s">
         <v>128</v>
       </c>
       <c r="BC82">
-        <v>-0.22372710000000001</v>
+        <v>-0.61058069999999998</v>
       </c>
       <c r="BE82">
-        <v>-6.7146200000000003E-2</v>
+        <v>-0.22652140000000001</v>
       </c>
       <c r="BF82" t="s">
         <v>128</v>
       </c>
       <c r="BN82" t="s">
         <v>127</v>
       </c>
       <c r="BO82" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="BP82" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="BQ82">
         <v>7</v>
       </c>
       <c r="BR82">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
       <c r="BS82">
         <v>0</v>
       </c>
       <c r="BT82">
         <v>0</v>
       </c>
       <c r="BU82">
         <v>0</v>
       </c>
       <c r="BV82">
         <v>0</v>
       </c>
       <c r="BW82">
         <v>0</v>
       </c>
       <c r="BX82" t="s">
         <v>128</v>
       </c>
       <c r="BY82">
-        <v>9.9000000000000008E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ82">
-        <v>3.8E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA82" t="s">
         <v>128</v>
       </c>
       <c r="CC82" t="s">
         <v>128</v>
       </c>
       <c r="CD82" t="s">
-        <v>266</v>
+        <v>143</v>
       </c>
       <c r="CE82" t="s">
-        <v>714</v>
+        <v>144</v>
       </c>
       <c r="CF82" t="s">
-        <v>715</v>
+        <v>145</v>
       </c>
       <c r="CG82" t="s">
-        <v>716</v>
+        <v>146</v>
       </c>
       <c r="CH82" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI82" t="s">
         <v>128</v>
       </c>
       <c r="CO82" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="CP82" t="s">
-        <v>418</v>
+        <v>435</v>
       </c>
       <c r="CQ82" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR82" t="s">
         <v>128</v>
       </c>
       <c r="CS82" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU82" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV82" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="CW82" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>123</v>
       </c>
       <c r="B83" t="s">
         <v>124</v>
       </c>
       <c r="C83" t="s">
         <v>125</v>
       </c>
       <c r="D83" t="s">
         <v>126</v>
       </c>
       <c r="E83" t="s">
         <v>127</v>
       </c>
       <c r="F83" t="s">
         <v>127</v>
       </c>
       <c r="G83" t="s">
         <v>128</v>
       </c>
       <c r="H83" t="s">
         <v>128</v>
       </c>
       <c r="I83" t="s">
         <v>129</v>
       </c>
       <c r="J83" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K83" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L83" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N83" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="O83">
         <v>1</v>
       </c>
       <c r="P83" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="Q83" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="R83" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S83" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="T83">
         <v>2</v>
       </c>
       <c r="U83" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V83" t="s">
         <v>128</v>
       </c>
       <c r="W83" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X83">
         <v>252</v>
       </c>
       <c r="Y83">
-        <v>0.20968999999999999</v>
+        <v>0.19072700000000001</v>
       </c>
       <c r="Z83" t="s">
         <v>128</v>
       </c>
       <c r="AE83" t="s">
         <v>128</v>
       </c>
       <c r="AF83">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG83" t="s">
         <v>128</v>
       </c>
       <c r="AH83">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI83">
         <v>1</v>
       </c>
       <c r="AJ83">
         <v>5</v>
       </c>
       <c r="AK83" t="s">
         <v>128</v>
       </c>
       <c r="AM83" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN83">
-        <v>-0.39791599999999999</v>
+        <v>-0.34662090000000001</v>
       </c>
       <c r="AP83">
-        <v>-5.1090999999999998E-2</v>
+        <v>-7.6106999999999998E-3</v>
       </c>
       <c r="AQ83" t="s">
         <v>128</v>
       </c>
       <c r="AS83">
-        <v>8.3555000000000004E-2</v>
+        <v>0.15769900000000001</v>
       </c>
       <c r="AU83">
-        <v>5.577E-2</v>
+        <v>9.3725100000000006E-2</v>
       </c>
       <c r="AV83" t="s">
         <v>128</v>
       </c>
       <c r="AX83">
-        <v>0.78574140000000003</v>
+        <v>0.50824740000000002</v>
       </c>
       <c r="AZ83">
-        <v>0.23084489999999999</v>
+        <v>0.20855080000000001</v>
       </c>
       <c r="BA83" t="s">
         <v>128</v>
       </c>
       <c r="BC83">
-        <v>-0.83845250000000004</v>
+        <v>-0.67877730000000003</v>
       </c>
       <c r="BE83">
-        <v>-0.29354449999999999</v>
+        <v>-0.25137880000000001</v>
       </c>
       <c r="BF83" t="s">
         <v>128</v>
       </c>
       <c r="BN83" t="s">
         <v>127</v>
       </c>
       <c r="BO83" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="BP83" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="BQ83">
         <v>7</v>
       </c>
       <c r="BR83">
         <v>10000</v>
       </c>
       <c r="BS83">
         <v>0</v>
       </c>
       <c r="BT83">
         <v>0</v>
       </c>
       <c r="BU83">
         <v>0</v>
       </c>
       <c r="BV83">
         <v>0</v>
       </c>
       <c r="BW83">
         <v>0</v>
       </c>
       <c r="BX83" t="s">
         <v>128</v>
       </c>
       <c r="BY83">
-        <v>8.2000000000000007E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ83">
-        <v>8.9999999999999998E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="CA83" t="s">
         <v>128</v>
       </c>
       <c r="CC83" t="s">
         <v>128</v>
       </c>
       <c r="CD83" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="CE83" t="s">
-        <v>176</v>
+        <v>326</v>
       </c>
       <c r="CF83" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG83" t="s">
-        <v>177</v>
+        <v>327</v>
       </c>
       <c r="CH83" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI83" t="s">
         <v>128</v>
       </c>
       <c r="CO83" t="s">
-        <v>724</v>
+        <v>443</v>
       </c>
       <c r="CP83" t="s">
-        <v>215</v>
+        <v>374</v>
       </c>
       <c r="CQ83" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR83" t="s">
         <v>128</v>
       </c>
       <c r="CS83" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU83" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV83" t="s">
-        <v>181</v>
+        <v>329</v>
       </c>
       <c r="CW83" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>123</v>
       </c>
       <c r="B84" t="s">
         <v>124</v>
       </c>
       <c r="C84" t="s">
         <v>125</v>
       </c>
       <c r="D84" t="s">
         <v>126</v>
       </c>
       <c r="E84" t="s">
         <v>127</v>
       </c>
       <c r="F84" t="s">
         <v>127</v>
       </c>
       <c r="G84" t="s">
         <v>128</v>
       </c>
       <c r="H84" t="s">
         <v>128</v>
       </c>
       <c r="I84" t="s">
         <v>129</v>
       </c>
       <c r="J84" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K84" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L84" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N84" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="O84">
         <v>1</v>
       </c>
       <c r="P84" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="Q84" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R84" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="S84" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="T84">
         <v>2</v>
       </c>
       <c r="U84" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V84" t="s">
         <v>128</v>
       </c>
       <c r="W84" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X84">
         <v>252</v>
       </c>
       <c r="Y84">
-        <v>0.21176400000000001</v>
+        <v>0.20757300000000001</v>
       </c>
       <c r="Z84" t="s">
         <v>128</v>
       </c>
       <c r="AE84" t="s">
         <v>128</v>
       </c>
       <c r="AF84">
         <v>5</v>
       </c>
       <c r="AG84" t="s">
         <v>128</v>
       </c>
       <c r="AH84">
         <v>5</v>
       </c>
       <c r="AI84">
         <v>1</v>
       </c>
       <c r="AJ84">
         <v>5</v>
       </c>
       <c r="AK84" t="s">
         <v>128</v>
       </c>
       <c r="AM84" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN84">
-        <v>-0.2166014</v>
+        <v>-0.14644740000000001</v>
       </c>
       <c r="AP84">
-        <v>-9.4619200000000001E-2</v>
+        <v>-1.8271800000000001E-2</v>
       </c>
       <c r="AQ84" t="s">
         <v>128</v>
       </c>
       <c r="AS84">
-        <v>1.76288E-2</v>
+        <v>9.9528900000000003E-2</v>
       </c>
       <c r="AU84">
-        <v>1.79665E-2</v>
+        <v>9.9471100000000007E-2</v>
       </c>
       <c r="AV84" t="s">
         <v>128</v>
       </c>
       <c r="AX84">
-        <v>0.32369389999999998</v>
+        <v>0.41608479999999998</v>
       </c>
       <c r="AZ84">
-        <v>0.1448644</v>
+        <v>0.2312823</v>
       </c>
       <c r="BA84" t="s">
         <v>128</v>
       </c>
       <c r="BC84">
-        <v>-0.61058069999999998</v>
+        <v>-0.67120749999999996</v>
       </c>
       <c r="BE84">
-        <v>-0.22652140000000001</v>
+        <v>-0.2188785</v>
       </c>
       <c r="BF84" t="s">
         <v>128</v>
       </c>
       <c r="BN84" t="s">
         <v>127</v>
       </c>
       <c r="BO84" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="BP84" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="BQ84">
         <v>7</v>
       </c>
       <c r="BR84">
         <v>10000</v>
       </c>
       <c r="BS84">
         <v>0</v>
       </c>
       <c r="BT84">
         <v>0</v>
       </c>
       <c r="BU84">
         <v>0</v>
       </c>
       <c r="BV84">
         <v>0</v>
       </c>
       <c r="BW84">
         <v>0</v>
       </c>
       <c r="BX84" t="s">
         <v>128</v>
       </c>
       <c r="BY84">
-        <v>8.0000000000000002E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ84">
-        <v>8.4000000000000003E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="CA84" t="s">
         <v>128</v>
       </c>
       <c r="CC84" t="s">
         <v>128</v>
       </c>
       <c r="CD84" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE84" t="s">
-        <v>143</v>
+        <v>615</v>
       </c>
       <c r="CF84" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG84" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH84" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI84" t="s">
         <v>128</v>
       </c>
       <c r="CO84" t="s">
-        <v>730</v>
+        <v>365</v>
       </c>
       <c r="CP84" t="s">
-        <v>432</v>
+        <v>731</v>
       </c>
       <c r="CQ84" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR84" t="s">
         <v>128</v>
       </c>
       <c r="CS84" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT84" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU84" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV84" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="CW84" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="85" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>123</v>
       </c>
       <c r="B85" t="s">
         <v>124</v>
       </c>
       <c r="C85" t="s">
         <v>125</v>
       </c>
       <c r="D85" t="s">
         <v>126</v>
       </c>
       <c r="E85" t="s">
         <v>127</v>
       </c>
       <c r="F85" t="s">
         <v>127</v>
       </c>
       <c r="G85" t="s">
         <v>128</v>
       </c>
       <c r="H85" t="s">
         <v>128</v>
       </c>
       <c r="I85" t="s">
         <v>129</v>
       </c>
       <c r="J85" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K85" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L85" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N85" t="s">
         <v>732</v>
       </c>
       <c r="O85">
         <v>1</v>
       </c>
       <c r="P85" t="s">
         <v>733</v>
       </c>
       <c r="Q85" t="s">
-        <v>228</v>
+        <v>157</v>
       </c>
       <c r="R85" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S85" t="s">
         <v>734</v>
       </c>
       <c r="T85">
         <v>2</v>
       </c>
       <c r="U85" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V85" t="s">
         <v>128</v>
       </c>
       <c r="W85" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X85">
         <v>252</v>
       </c>
       <c r="Y85">
-        <v>0.19164500000000001</v>
+        <v>0.20782300000000001</v>
       </c>
       <c r="Z85" t="s">
         <v>128</v>
       </c>
       <c r="AE85" t="s">
         <v>128</v>
       </c>
       <c r="AF85">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG85" t="s">
         <v>128</v>
       </c>
       <c r="AH85">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI85">
         <v>1</v>
       </c>
       <c r="AJ85">
         <v>5</v>
       </c>
       <c r="AK85" t="s">
         <v>128</v>
       </c>
       <c r="AM85" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN85">
-        <v>-0.34662090000000001</v>
+        <v>-0.1370527</v>
       </c>
       <c r="AP85">
-        <v>-7.6106999999999998E-3</v>
+        <v>-7.3553999999999998E-3</v>
       </c>
       <c r="AQ85" t="s">
         <v>128</v>
       </c>
       <c r="AS85">
-        <v>0.15769900000000001</v>
+        <v>0.1118754</v>
       </c>
       <c r="AU85">
-        <v>9.3725100000000006E-2</v>
+        <v>0.1117968</v>
       </c>
       <c r="AV85" t="s">
         <v>128</v>
       </c>
       <c r="AX85">
-        <v>0.50824740000000002</v>
+        <v>0.43219429999999998</v>
       </c>
       <c r="AZ85">
-        <v>0.20855080000000001</v>
+        <v>0.24517920000000001</v>
       </c>
       <c r="BA85" t="s">
         <v>128</v>
       </c>
       <c r="BC85">
-        <v>-0.67877730000000003</v>
+        <v>-0.67299100000000001</v>
       </c>
       <c r="BE85">
-        <v>-0.25137880000000001</v>
+        <v>-0.21894369999999999</v>
       </c>
       <c r="BF85" t="s">
         <v>128</v>
       </c>
       <c r="BN85" t="s">
         <v>127</v>
       </c>
       <c r="BO85" t="s">
         <v>735</v>
       </c>
       <c r="BP85" t="s">
         <v>736</v>
       </c>
       <c r="BQ85">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="BR85">
         <v>10000</v>
       </c>
       <c r="BS85">
         <v>0</v>
       </c>
       <c r="BT85">
         <v>0</v>
       </c>
       <c r="BU85">
         <v>0</v>
       </c>
       <c r="BV85">
         <v>0</v>
       </c>
       <c r="BW85">
         <v>0</v>
       </c>
       <c r="BX85" t="s">
         <v>128</v>
       </c>
       <c r="BY85">
-        <v>6.6E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ85">
-        <v>1E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA85" t="s">
         <v>128</v>
       </c>
       <c r="CC85" t="s">
         <v>128</v>
       </c>
       <c r="CD85" t="s">
-        <v>322</v>
+        <v>143</v>
       </c>
       <c r="CE85" t="s">
-        <v>323</v>
+        <v>615</v>
       </c>
       <c r="CF85" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG85" t="s">
-        <v>324</v>
+        <v>146</v>
       </c>
       <c r="CH85" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI85" t="s">
         <v>128</v>
       </c>
       <c r="CO85" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="CP85" t="s">
-        <v>371</v>
+        <v>737</v>
       </c>
       <c r="CQ85" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="CR85" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS85" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT85" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU85" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV85" t="s">
-        <v>217</v>
+        <v>182</v>
       </c>
       <c r="CW85" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="86" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>123</v>
       </c>
       <c r="B86" t="s">
         <v>124</v>
       </c>
       <c r="C86" t="s">
         <v>125</v>
       </c>
       <c r="D86" t="s">
         <v>126</v>
       </c>
       <c r="E86" t="s">
         <v>127</v>
       </c>
       <c r="F86" t="s">
         <v>127</v>
       </c>
       <c r="G86" t="s">
         <v>128</v>
       </c>
       <c r="H86" t="s">
         <v>128</v>
       </c>
       <c r="I86" t="s">
         <v>129</v>
       </c>
       <c r="J86" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K86" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L86" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N86" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="O86">
         <v>1</v>
       </c>
       <c r="P86" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="Q86" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R86" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="S86" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="T86">
         <v>2</v>
       </c>
       <c r="U86" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V86" t="s">
         <v>128</v>
       </c>
       <c r="W86" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X86">
         <v>252</v>
       </c>
       <c r="Y86">
-        <v>0.20662700000000001</v>
+        <v>0.20755899999999999</v>
       </c>
       <c r="Z86" t="s">
         <v>128</v>
       </c>
       <c r="AE86" t="s">
         <v>128</v>
       </c>
       <c r="AF86">
         <v>5</v>
       </c>
       <c r="AG86" t="s">
         <v>128</v>
       </c>
       <c r="AH86">
         <v>5</v>
       </c>
       <c r="AI86">
         <v>1</v>
       </c>
       <c r="AJ86">
         <v>5</v>
       </c>
       <c r="AK86" t="s">
         <v>128</v>
       </c>
       <c r="AM86" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN86">
-        <v>-0.14644740000000001</v>
+        <v>-0.2730938</v>
       </c>
       <c r="AP86">
-        <v>-1.8271800000000001E-2</v>
+        <v>-2.2021700000000002E-2</v>
       </c>
       <c r="AQ86" t="s">
         <v>128</v>
       </c>
       <c r="AS86">
-        <v>9.9528900000000003E-2</v>
+        <v>4.1959299999999998E-2</v>
       </c>
       <c r="AU86">
-        <v>9.9471100000000007E-2</v>
+        <v>5.2803500000000003E-2</v>
       </c>
       <c r="AV86" t="s">
         <v>128</v>
       </c>
       <c r="AX86">
-        <v>0.41608479999999998</v>
+        <v>0.39528550000000001</v>
       </c>
       <c r="AZ86">
-        <v>0.2312823</v>
+        <v>0.1117229</v>
       </c>
       <c r="BA86" t="s">
         <v>128</v>
       </c>
       <c r="BC86">
-        <v>-0.67120749999999996</v>
+        <v>-0.76189150000000005</v>
       </c>
       <c r="BE86">
-        <v>-0.2188785</v>
+        <v>-0.25783030000000001</v>
       </c>
       <c r="BF86" t="s">
         <v>128</v>
       </c>
       <c r="BN86" t="s">
         <v>127</v>
       </c>
       <c r="BO86" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="BP86" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="BQ86">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR86">
         <v>10000</v>
       </c>
       <c r="BS86">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT86">
         <v>0</v>
       </c>
       <c r="BU86">
         <v>0</v>
       </c>
       <c r="BV86">
         <v>0</v>
       </c>
       <c r="BW86">
         <v>0</v>
       </c>
       <c r="BX86" t="s">
         <v>128</v>
       </c>
       <c r="BY86">
-        <v>8.2000000000000007E-3</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BZ86">
-        <v>2.8E-3</v>
+        <v>2.7000000000000001E-3</v>
       </c>
       <c r="CA86" t="s">
         <v>128</v>
       </c>
       <c r="CC86" t="s">
         <v>128</v>
       </c>
       <c r="CD86" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE86" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="CF86" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG86" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH86" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI86" t="s">
         <v>128</v>
       </c>
       <c r="CO86" t="s">
-        <v>362</v>
+        <v>165</v>
       </c>
       <c r="CP86" t="s">
-        <v>742</v>
+        <v>427</v>
       </c>
       <c r="CQ86" t="s">
-        <v>204</v>
+        <v>150</v>
       </c>
       <c r="CR86" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS86" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT86" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU86" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV86" t="s">
-        <v>181</v>
+        <v>367</v>
       </c>
       <c r="CW86" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>124</v>
       </c>
       <c r="C87" t="s">
         <v>125</v>
       </c>
       <c r="D87" t="s">
         <v>126</v>
       </c>
       <c r="E87" t="s">
         <v>127</v>
       </c>
       <c r="F87" t="s">
         <v>127</v>
       </c>
       <c r="G87" t="s">
         <v>128</v>
       </c>
       <c r="H87" t="s">
         <v>128</v>
       </c>
       <c r="I87" t="s">
         <v>129</v>
       </c>
       <c r="J87" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K87" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L87" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N87" t="s">
         <v>743</v>
       </c>
       <c r="O87">
         <v>1</v>
       </c>
       <c r="P87" t="s">
         <v>744</v>
       </c>
       <c r="Q87" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="R87" t="s">
-        <v>357</v>
+        <v>172</v>
       </c>
       <c r="S87" t="s">
         <v>745</v>
       </c>
       <c r="T87">
         <v>2</v>
       </c>
       <c r="U87" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V87" t="s">
         <v>128</v>
       </c>
       <c r="W87" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X87">
         <v>252</v>
       </c>
       <c r="Y87">
-        <v>0.20686099999999999</v>
+        <v>0.20616899999999999</v>
       </c>
       <c r="Z87" t="s">
         <v>128</v>
       </c>
       <c r="AE87" t="s">
         <v>128</v>
       </c>
       <c r="AF87">
         <v>5</v>
       </c>
       <c r="AG87" t="s">
         <v>128</v>
       </c>
       <c r="AH87">
         <v>5</v>
       </c>
       <c r="AI87">
         <v>1</v>
       </c>
       <c r="AJ87">
         <v>5</v>
       </c>
       <c r="AK87" t="s">
         <v>128</v>
       </c>
       <c r="AM87" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN87">
-        <v>-0.1370527</v>
+        <v>-0.32736520000000002</v>
       </c>
       <c r="AP87">
-        <v>-7.3553999999999998E-3</v>
+        <v>-3.5019399999999999E-2</v>
       </c>
       <c r="AQ87" t="s">
         <v>128</v>
       </c>
       <c r="AS87">
-        <v>0.1118754</v>
+        <v>9.68995E-2</v>
       </c>
       <c r="AU87">
-        <v>0.1117968</v>
+        <v>9.8050200000000004E-2</v>
       </c>
       <c r="AV87" t="s">
         <v>128</v>
       </c>
       <c r="AX87">
-        <v>0.43219429999999998</v>
+        <v>0.68096040000000002</v>
       </c>
       <c r="AZ87">
-        <v>0.24517920000000001</v>
+        <v>0.2079696</v>
       </c>
       <c r="BA87" t="s">
         <v>128</v>
       </c>
       <c r="BC87">
-        <v>-0.67299100000000001</v>
+        <v>-0.85977840000000005</v>
       </c>
       <c r="BE87">
-        <v>-0.21894369999999999</v>
+        <v>-0.31459290000000001</v>
       </c>
       <c r="BF87" t="s">
         <v>128</v>
       </c>
       <c r="BN87" t="s">
         <v>127</v>
       </c>
       <c r="BO87" t="s">
         <v>746</v>
       </c>
       <c r="BP87" t="s">
         <v>747</v>
       </c>
       <c r="BQ87">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="BR87">
         <v>10000</v>
       </c>
       <c r="BS87">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT87">
         <v>0</v>
       </c>
       <c r="BU87">
         <v>0</v>
       </c>
       <c r="BV87">
         <v>0</v>
       </c>
       <c r="BW87">
         <v>0</v>
       </c>
       <c r="BX87" t="s">
         <v>128</v>
       </c>
       <c r="BY87">
-        <v>8.2000000000000007E-3</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ87">
-        <v>2.2000000000000001E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA87" t="s">
         <v>128</v>
       </c>
       <c r="CC87" t="s">
         <v>128</v>
       </c>
       <c r="CD87" t="s">
-        <v>142</v>
+        <v>433</v>
       </c>
       <c r="CE87" t="s">
+        <v>434</v>
+      </c>
+      <c r="CF87" t="s">
+        <v>145</v>
+      </c>
+      <c r="CG87" t="s">
+        <v>327</v>
+      </c>
+      <c r="CH87" t="s">
+        <v>147</v>
+      </c>
+      <c r="CI87" t="s">
+        <v>128</v>
+      </c>
+      <c r="CO87" t="s">
+        <v>413</v>
+      </c>
+      <c r="CP87" t="s">
         <v>621</v>
       </c>
-      <c r="CF87" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="CQ87" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR87" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS87" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT87" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU87" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV87" t="s">
-        <v>181</v>
+        <v>628</v>
       </c>
       <c r="CW87" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="88" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>123</v>
       </c>
       <c r="B88" t="s">
         <v>124</v>
       </c>
       <c r="C88" t="s">
         <v>125</v>
       </c>
       <c r="D88" t="s">
         <v>126</v>
       </c>
       <c r="E88" t="s">
         <v>127</v>
       </c>
       <c r="F88" t="s">
         <v>127</v>
       </c>
       <c r="G88" t="s">
         <v>128</v>
       </c>
       <c r="H88" t="s">
         <v>128</v>
       </c>
       <c r="I88" t="s">
         <v>129</v>
       </c>
       <c r="J88" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K88" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L88" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N88" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="O88">
         <v>1</v>
       </c>
       <c r="P88" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>255</v>
+      </c>
+      <c r="R88" t="s">
+        <v>360</v>
+      </c>
+      <c r="S88" t="s">
         <v>750</v>
-      </c>
-[...7 lines deleted...]
-        <v>751</v>
       </c>
       <c r="T88">
         <v>2</v>
       </c>
       <c r="U88" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V88" t="s">
         <v>128</v>
       </c>
       <c r="W88" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X88">
         <v>252</v>
       </c>
       <c r="Y88">
-        <v>0.20661299999999999</v>
+        <v>0.20737800000000001</v>
       </c>
       <c r="Z88" t="s">
         <v>128</v>
       </c>
       <c r="AE88" t="s">
         <v>128</v>
       </c>
       <c r="AF88">
         <v>5</v>
       </c>
       <c r="AG88" t="s">
         <v>128</v>
       </c>
       <c r="AH88">
         <v>5</v>
       </c>
       <c r="AI88">
         <v>1</v>
       </c>
       <c r="AJ88">
         <v>5</v>
       </c>
       <c r="AK88" t="s">
         <v>128</v>
       </c>
       <c r="AM88" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN88">
-        <v>-0.2730938</v>
+        <v>-0.1529045</v>
       </c>
       <c r="AP88">
-        <v>-2.2021700000000002E-2</v>
+        <v>-2.5764800000000001E-2</v>
       </c>
       <c r="AQ88" t="s">
         <v>128</v>
       </c>
       <c r="AS88">
-        <v>4.1959299999999998E-2</v>
+        <v>9.1026499999999996E-2</v>
       </c>
       <c r="AU88">
-        <v>5.2803500000000003E-2</v>
+        <v>9.1024900000000006E-2</v>
       </c>
       <c r="AV88" t="s">
         <v>128</v>
       </c>
       <c r="AX88">
-        <v>0.39528550000000001</v>
+        <v>0.405192</v>
       </c>
       <c r="AZ88">
-        <v>0.1117229</v>
+        <v>0.22181380000000001</v>
       </c>
       <c r="BA88" t="s">
         <v>128</v>
       </c>
       <c r="BC88">
-        <v>-0.76189150000000005</v>
+        <v>-0.67053209999999996</v>
       </c>
       <c r="BE88">
-        <v>-0.25783030000000001</v>
+        <v>-0.21911140000000001</v>
       </c>
       <c r="BF88" t="s">
         <v>128</v>
       </c>
       <c r="BN88" t="s">
         <v>127</v>
       </c>
       <c r="BO88" t="s">
+        <v>751</v>
+      </c>
+      <c r="BP88" t="s">
         <v>752</v>
       </c>
-      <c r="BP88" t="s">
+      <c r="BQ88">
+        <v>8</v>
+      </c>
+      <c r="BR88">
+        <v>1000000</v>
+      </c>
+      <c r="BS88">
+        <v>0</v>
+      </c>
+      <c r="BT88">
+        <v>0</v>
+      </c>
+      <c r="BU88">
+        <v>0</v>
+      </c>
+      <c r="BV88">
+        <v>0</v>
+      </c>
+      <c r="BW88">
+        <v>0</v>
+      </c>
+      <c r="BX88" t="s">
+        <v>128</v>
+      </c>
+      <c r="BY88">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="BZ88">
+        <v>8.4000000000000003E-4</v>
+      </c>
+      <c r="CA88" t="s">
+        <v>128</v>
+      </c>
+      <c r="CC88" t="s">
+        <v>128</v>
+      </c>
+      <c r="CD88" t="s">
+        <v>143</v>
+      </c>
+      <c r="CE88" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF88" t="s">
+        <v>145</v>
+      </c>
+      <c r="CG88" t="s">
+        <v>146</v>
+      </c>
+      <c r="CH88" t="s">
+        <v>147</v>
+      </c>
+      <c r="CI88" t="s">
+        <v>128</v>
+      </c>
+      <c r="CO88" t="s">
+        <v>456</v>
+      </c>
+      <c r="CP88" t="s">
         <v>753</v>
       </c>
-      <c r="BQ88">
-[...58 lines deleted...]
-      </c>
       <c r="CQ88" t="s">
-        <v>149</v>
+        <v>206</v>
       </c>
       <c r="CR88" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS88" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT88" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU88" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV88" t="s">
-        <v>364</v>
+        <v>720</v>
       </c>
       <c r="CW88" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="89" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>123</v>
       </c>
       <c r="B89" t="s">
         <v>124</v>
       </c>
       <c r="C89" t="s">
         <v>125</v>
       </c>
       <c r="D89" t="s">
         <v>126</v>
       </c>
       <c r="E89" t="s">
         <v>127</v>
       </c>
       <c r="F89" t="s">
         <v>127</v>
       </c>
       <c r="G89" t="s">
         <v>128</v>
       </c>
       <c r="H89" t="s">
         <v>128</v>
       </c>
       <c r="I89" t="s">
         <v>129</v>
       </c>
       <c r="J89" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K89" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L89" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N89" t="s">
         <v>754</v>
       </c>
       <c r="O89">
         <v>1</v>
       </c>
       <c r="P89" t="s">
         <v>755</v>
       </c>
       <c r="Q89" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="R89" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="S89" t="s">
         <v>756</v>
       </c>
       <c r="T89">
         <v>2</v>
       </c>
       <c r="U89" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V89" t="s">
         <v>128</v>
       </c>
       <c r="W89" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X89">
         <v>252</v>
       </c>
       <c r="Y89">
-        <v>0.206286</v>
+        <v>0.19611700000000001</v>
       </c>
       <c r="Z89" t="s">
         <v>128</v>
       </c>
       <c r="AE89" t="s">
         <v>128</v>
       </c>
       <c r="AF89">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG89" t="s">
         <v>128</v>
       </c>
       <c r="AH89">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI89">
         <v>1</v>
       </c>
       <c r="AJ89">
         <v>5</v>
       </c>
       <c r="AK89" t="s">
         <v>128</v>
       </c>
       <c r="AM89" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN89">
-        <v>-0.32736520000000002</v>
+        <v>-0.2910835</v>
       </c>
       <c r="AP89">
-        <v>-3.5019399999999999E-2</v>
+        <v>-2.3772499999999998E-2</v>
       </c>
       <c r="AQ89" t="s">
         <v>128</v>
       </c>
       <c r="AS89">
-        <v>9.68995E-2</v>
+        <v>0.1514605</v>
       </c>
       <c r="AU89">
-        <v>9.8050200000000004E-2</v>
+        <v>8.7238899999999994E-2</v>
       </c>
       <c r="AV89" t="s">
         <v>128</v>
       </c>
       <c r="AX89">
-        <v>0.68096040000000002</v>
+        <v>0.51881600000000005</v>
       </c>
       <c r="AZ89">
-        <v>0.2079696</v>
+        <v>0.22613279999999999</v>
       </c>
       <c r="BA89" t="s">
         <v>128</v>
       </c>
       <c r="BC89">
-        <v>-0.85977840000000005</v>
+        <v>-0.68895119999999999</v>
       </c>
       <c r="BE89">
-        <v>-0.31459290000000001</v>
+        <v>-0.25953179999999998</v>
       </c>
       <c r="BF89" t="s">
         <v>128</v>
       </c>
       <c r="BN89" t="s">
         <v>127</v>
       </c>
       <c r="BO89" t="s">
         <v>757</v>
       </c>
       <c r="BP89" t="s">
         <v>758</v>
       </c>
       <c r="BQ89">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="BR89">
         <v>10000</v>
       </c>
       <c r="BS89">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT89">
         <v>0</v>
       </c>
       <c r="BU89">
         <v>0</v>
       </c>
       <c r="BV89">
         <v>0</v>
       </c>
       <c r="BW89">
         <v>0</v>
       </c>
       <c r="BX89" t="s">
         <v>128</v>
       </c>
       <c r="BY89">
-        <v>6.9999999999999999E-4</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ89">
-        <v>4.8000000000000001E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="CA89" t="s">
         <v>128</v>
       </c>
       <c r="CC89" t="s">
         <v>128</v>
       </c>
       <c r="CD89" t="s">
-        <v>430</v>
+        <v>325</v>
       </c>
       <c r="CE89" t="s">
-        <v>431</v>
+        <v>508</v>
       </c>
       <c r="CF89" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG89" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="CH89" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI89" t="s">
         <v>128</v>
       </c>
       <c r="CO89" t="s">
-        <v>410</v>
+        <v>205</v>
       </c>
       <c r="CP89" t="s">
-        <v>627</v>
+        <v>335</v>
       </c>
       <c r="CQ89" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="CR89" t="s">
         <v>128</v>
       </c>
       <c r="CS89" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT89" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU89" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV89" t="s">
-        <v>634</v>
+        <v>329</v>
       </c>
       <c r="CW89" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="90" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>123</v>
       </c>
       <c r="B90" t="s">
         <v>124</v>
       </c>
       <c r="C90" t="s">
         <v>125</v>
       </c>
       <c r="D90" t="s">
         <v>126</v>
       </c>
       <c r="E90" t="s">
         <v>127</v>
       </c>
       <c r="F90" t="s">
         <v>127</v>
       </c>
       <c r="G90" t="s">
         <v>128</v>
       </c>
       <c r="H90" t="s">
         <v>128</v>
       </c>
       <c r="I90" t="s">
         <v>129</v>
       </c>
       <c r="J90" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L90" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N90" t="s">
         <v>759</v>
       </c>
       <c r="O90">
         <v>1</v>
       </c>
       <c r="P90" t="s">
         <v>760</v>
       </c>
       <c r="Q90" t="s">
-        <v>251</v>
+        <v>210</v>
       </c>
       <c r="R90" t="s">
-        <v>357</v>
+        <v>382</v>
       </c>
       <c r="S90" t="s">
         <v>761</v>
       </c>
       <c r="T90">
         <v>2</v>
       </c>
       <c r="U90" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V90" t="s">
         <v>128</v>
       </c>
       <c r="W90" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X90">
         <v>252</v>
       </c>
       <c r="Y90">
-        <v>0.20643300000000001</v>
+        <v>0.36439700000000003</v>
       </c>
       <c r="Z90" t="s">
         <v>128</v>
       </c>
       <c r="AE90" t="s">
         <v>128</v>
       </c>
       <c r="AF90">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG90" t="s">
         <v>128</v>
       </c>
       <c r="AH90">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI90">
         <v>1</v>
       </c>
       <c r="AJ90">
         <v>5</v>
       </c>
       <c r="AK90" t="s">
         <v>128</v>
       </c>
       <c r="AM90" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN90">
-        <v>-0.1529045</v>
+        <v>-0.63638589999999995</v>
       </c>
       <c r="AP90">
-        <v>-2.5764800000000001E-2</v>
+        <v>-0.1011229</v>
       </c>
       <c r="AQ90" t="s">
         <v>128</v>
       </c>
       <c r="AS90">
-        <v>9.1026499999999996E-2</v>
+        <v>0.16130269999999999</v>
       </c>
       <c r="AU90">
-        <v>9.1024900000000006E-2</v>
+        <v>0.1097947</v>
       </c>
       <c r="AV90" t="s">
         <v>128</v>
       </c>
       <c r="AX90">
-        <v>0.405192</v>
+        <v>1.2396377999999999</v>
       </c>
       <c r="AZ90">
-        <v>0.22181380000000001</v>
+        <v>0.404082</v>
       </c>
       <c r="BA90" t="s">
         <v>128</v>
       </c>
       <c r="BC90">
-        <v>-0.67053209999999996</v>
+        <v>-0.87590020000000002</v>
       </c>
       <c r="BE90">
-        <v>-0.21911140000000001</v>
+        <v>-0.49080889999999999</v>
       </c>
       <c r="BF90" t="s">
         <v>128</v>
       </c>
       <c r="BN90" t="s">
         <v>127</v>
       </c>
       <c r="BO90" t="s">
         <v>762</v>
       </c>
       <c r="BP90" t="s">
         <v>763</v>
       </c>
       <c r="BQ90">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="BR90">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
       <c r="BS90">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT90">
         <v>0</v>
       </c>
       <c r="BU90">
         <v>0</v>
       </c>
       <c r="BV90">
         <v>0</v>
       </c>
       <c r="BW90">
         <v>0</v>
       </c>
       <c r="BX90" t="s">
         <v>128</v>
       </c>
       <c r="BY90">
-        <v>8.0000000000000002E-3</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ90">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA90" t="s">
         <v>128</v>
       </c>
       <c r="CC90" t="s">
         <v>128</v>
       </c>
       <c r="CD90" t="s">
-        <v>142</v>
+        <v>386</v>
       </c>
       <c r="CE90" t="s">
-        <v>143</v>
+        <v>387</v>
       </c>
       <c r="CF90" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="CG90" t="s">
-        <v>145</v>
+        <v>388</v>
       </c>
       <c r="CH90" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI90" t="s">
         <v>128</v>
       </c>
       <c r="CO90" t="s">
-        <v>453</v>
+        <v>652</v>
       </c>
       <c r="CP90" t="s">
-        <v>764</v>
+        <v>328</v>
       </c>
       <c r="CQ90" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="CR90" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS90" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT90" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU90" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV90" t="s">
-        <v>731</v>
+        <v>653</v>
       </c>
       <c r="CW90" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="91" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>123</v>
       </c>
       <c r="B91" t="s">
         <v>124</v>
       </c>
       <c r="C91" t="s">
         <v>125</v>
       </c>
       <c r="D91" t="s">
         <v>126</v>
       </c>
       <c r="E91" t="s">
         <v>127</v>
       </c>
       <c r="F91" t="s">
         <v>127</v>
       </c>
       <c r="G91" t="s">
         <v>128</v>
       </c>
       <c r="H91" t="s">
         <v>128</v>
       </c>
       <c r="I91" t="s">
         <v>129</v>
       </c>
       <c r="J91" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K91" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L91" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N91" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="O91">
         <v>1</v>
       </c>
       <c r="P91" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>222</v>
+      </c>
+      <c r="R91" t="s">
+        <v>382</v>
+      </c>
+      <c r="S91" t="s">
         <v>766</v>
-      </c>
-[...7 lines deleted...]
-        <v>767</v>
       </c>
       <c r="T91">
         <v>2</v>
       </c>
       <c r="U91" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V91" t="s">
         <v>128</v>
       </c>
       <c r="W91" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X91">
         <v>252</v>
       </c>
       <c r="Y91">
-        <v>0.19753000000000001</v>
+        <v>0.35320499999999999</v>
       </c>
       <c r="Z91" t="s">
         <v>128</v>
       </c>
       <c r="AE91" t="s">
         <v>128</v>
       </c>
       <c r="AF91">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG91" t="s">
         <v>128</v>
       </c>
       <c r="AH91">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI91">
         <v>1</v>
       </c>
       <c r="AJ91">
         <v>5</v>
       </c>
       <c r="AK91" t="s">
         <v>128</v>
       </c>
       <c r="AM91" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN91">
-        <v>-0.2910835</v>
+        <v>-0.58603269999999996</v>
       </c>
       <c r="AP91">
-        <v>-2.3772499999999998E-2</v>
+        <v>-8.4172800000000006E-2</v>
       </c>
       <c r="AQ91" t="s">
         <v>128</v>
       </c>
       <c r="AS91">
-        <v>0.1514605</v>
+        <v>0.1595549</v>
       </c>
       <c r="AU91">
-        <v>8.7238899999999994E-2</v>
+        <v>0.12554799999999999</v>
       </c>
       <c r="AV91" t="s">
         <v>128</v>
       </c>
       <c r="AX91">
-        <v>0.51881600000000005</v>
+        <v>1.0391064999999999</v>
       </c>
       <c r="AZ91">
-        <v>0.22613279999999999</v>
+        <v>0.37402229999999997</v>
       </c>
       <c r="BA91" t="s">
         <v>128</v>
       </c>
       <c r="BC91">
-        <v>-0.68895119999999999</v>
+        <v>-0.87150660000000002</v>
       </c>
       <c r="BE91">
-        <v>-0.25953179999999998</v>
+        <v>-0.47316459999999999</v>
       </c>
       <c r="BF91" t="s">
         <v>128</v>
       </c>
       <c r="BN91" t="s">
         <v>127</v>
       </c>
       <c r="BO91" t="s">
+        <v>767</v>
+      </c>
+      <c r="BP91" t="s">
         <v>768</v>
       </c>
-      <c r="BP91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ91">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="BR91">
         <v>10000</v>
       </c>
       <c r="BS91">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT91">
         <v>0</v>
       </c>
       <c r="BU91">
         <v>0</v>
       </c>
       <c r="BV91">
         <v>0</v>
       </c>
       <c r="BW91">
         <v>0</v>
       </c>
       <c r="BX91" t="s">
         <v>128</v>
       </c>
       <c r="BY91">
-        <v>6.6E-3</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ91">
-        <v>1E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA91" t="s">
         <v>128</v>
       </c>
       <c r="CC91" t="s">
         <v>128</v>
       </c>
       <c r="CD91" t="s">
-        <v>322</v>
+        <v>386</v>
       </c>
       <c r="CE91" t="s">
-        <v>514</v>
+        <v>387</v>
       </c>
       <c r="CF91" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="CG91" t="s">
-        <v>324</v>
+        <v>388</v>
       </c>
       <c r="CH91" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI91" t="s">
         <v>128</v>
       </c>
       <c r="CO91" t="s">
-        <v>203</v>
+        <v>652</v>
       </c>
       <c r="CP91" t="s">
-        <v>331</v>
+        <v>374</v>
       </c>
       <c r="CQ91" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR91" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS91" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT91" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU91" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV91" t="s">
-        <v>217</v>
+        <v>653</v>
       </c>
       <c r="CW91" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="92" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92" t="s">
         <v>124</v>
       </c>
       <c r="C92" t="s">
         <v>125</v>
       </c>
       <c r="D92" t="s">
         <v>126</v>
       </c>
       <c r="E92" t="s">
         <v>127</v>
       </c>
       <c r="F92" t="s">
         <v>127</v>
       </c>
       <c r="G92" t="s">
         <v>128</v>
       </c>
       <c r="H92" t="s">
         <v>128</v>
       </c>
       <c r="I92" t="s">
         <v>129</v>
       </c>
       <c r="J92" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K92" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L92" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N92" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="O92">
         <v>1</v>
       </c>
       <c r="P92" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>210</v>
+      </c>
+      <c r="R92" t="s">
+        <v>360</v>
+      </c>
+      <c r="S92" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>772</v>
       </c>
       <c r="T92">
         <v>2</v>
       </c>
       <c r="U92" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V92" t="s">
         <v>128</v>
       </c>
       <c r="W92" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X92">
         <v>252</v>
       </c>
       <c r="Y92">
-        <v>0.367008</v>
+        <v>0.207731</v>
       </c>
       <c r="Z92" t="s">
         <v>128</v>
       </c>
       <c r="AE92" t="s">
         <v>128</v>
       </c>
       <c r="AF92">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG92" t="s">
         <v>128</v>
       </c>
       <c r="AH92">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI92">
         <v>1</v>
       </c>
       <c r="AJ92">
         <v>5</v>
       </c>
       <c r="AK92" t="s">
         <v>128</v>
       </c>
       <c r="AM92" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN92">
-        <v>-0.63638589999999995</v>
+        <v>-0.13011729999999999</v>
       </c>
       <c r="AP92">
-        <v>-0.1011229</v>
+        <v>5.6530000000000003E-4</v>
       </c>
       <c r="AQ92" t="s">
         <v>128</v>
       </c>
       <c r="AS92">
-        <v>0.16130269999999999</v>
+        <v>0.120672</v>
       </c>
       <c r="AU92">
-        <v>0.1097947</v>
+        <v>0.1206207</v>
       </c>
       <c r="AV92" t="s">
         <v>128</v>
       </c>
       <c r="AX92">
-        <v>1.2396377999999999</v>
+        <v>0.44349319999999998</v>
       </c>
       <c r="AZ92">
-        <v>0.404082</v>
+        <v>0.25503409999999999</v>
       </c>
       <c r="BA92" t="s">
         <v>128</v>
       </c>
       <c r="BC92">
-        <v>-0.87590020000000002</v>
+        <v>-0.67351760000000005</v>
       </c>
       <c r="BE92">
-        <v>-0.49080889999999999</v>
+        <v>-0.21871090000000001</v>
       </c>
       <c r="BF92" t="s">
         <v>128</v>
       </c>
       <c r="BN92" t="s">
         <v>127</v>
       </c>
       <c r="BO92" t="s">
+        <v>772</v>
+      </c>
+      <c r="BP92" t="s">
         <v>773</v>
       </c>
-      <c r="BP92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ92">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR92">
         <v>10000</v>
       </c>
       <c r="BS92">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT92">
         <v>0</v>
       </c>
       <c r="BU92">
         <v>0</v>
       </c>
       <c r="BV92">
         <v>0</v>
       </c>
       <c r="BW92">
         <v>0</v>
       </c>
       <c r="BX92" t="s">
         <v>128</v>
       </c>
       <c r="BY92">
-        <v>1.6500000000000001E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ92">
-        <v>2.3E-3</v>
+        <v>1.6999999999999999E-3</v>
       </c>
       <c r="CA92" t="s">
         <v>128</v>
       </c>
       <c r="CC92" t="s">
         <v>128</v>
       </c>
       <c r="CD92" t="s">
-        <v>383</v>
+        <v>143</v>
       </c>
       <c r="CE92" t="s">
-        <v>384</v>
+        <v>615</v>
       </c>
       <c r="CF92" t="s">
-        <v>201</v>
+        <v>145</v>
       </c>
       <c r="CG92" t="s">
-        <v>385</v>
+        <v>146</v>
       </c>
       <c r="CH92" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI92" t="s">
         <v>128</v>
       </c>
       <c r="CO92" t="s">
-        <v>658</v>
+        <v>365</v>
       </c>
       <c r="CP92" t="s">
-        <v>325</v>
+        <v>774</v>
       </c>
       <c r="CQ92" t="s">
-        <v>236</v>
+        <v>206</v>
       </c>
       <c r="CR92" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS92" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT92" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU92" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV92" t="s">
-        <v>659</v>
+        <v>182</v>
       </c>
       <c r="CW92" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="93" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>123</v>
       </c>
       <c r="B93" t="s">
         <v>124</v>
       </c>
       <c r="C93" t="s">
         <v>125</v>
       </c>
       <c r="D93" t="s">
         <v>126</v>
       </c>
       <c r="E93" t="s">
         <v>127</v>
       </c>
       <c r="F93" t="s">
         <v>127</v>
       </c>
       <c r="G93" t="s">
         <v>128</v>
       </c>
       <c r="H93" t="s">
         <v>128</v>
       </c>
       <c r="I93" t="s">
         <v>129</v>
       </c>
       <c r="J93" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K93" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L93" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N93" t="s">
         <v>775</v>
       </c>
       <c r="O93">
         <v>1</v>
       </c>
       <c r="P93" t="s">
         <v>776</v>
       </c>
       <c r="Q93" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="R93" t="s">
-        <v>379</v>
+        <v>266</v>
       </c>
       <c r="S93" t="s">
         <v>777</v>
       </c>
       <c r="T93">
         <v>2</v>
       </c>
       <c r="U93" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V93" t="s">
         <v>128</v>
       </c>
       <c r="W93" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X93">
         <v>252</v>
       </c>
       <c r="Y93">
-        <v>0.35514499999999999</v>
+        <v>0.19378899999999999</v>
       </c>
       <c r="Z93" t="s">
         <v>128</v>
       </c>
       <c r="AE93" t="s">
         <v>128</v>
       </c>
       <c r="AF93">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG93" t="s">
         <v>128</v>
       </c>
       <c r="AH93">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI93">
         <v>1</v>
       </c>
       <c r="AJ93">
         <v>5</v>
       </c>
       <c r="AK93" t="s">
         <v>128</v>
       </c>
       <c r="AM93" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN93">
-        <v>-0.58603269999999996</v>
+        <v>-0.1660142</v>
       </c>
       <c r="AP93">
-        <v>-8.4172800000000006E-2</v>
+        <v>-4.4447100000000003E-2</v>
       </c>
       <c r="AQ93" t="s">
         <v>128</v>
       </c>
       <c r="AS93">
-        <v>0.1595549</v>
+        <v>6.6870700000000005E-2</v>
       </c>
       <c r="AU93">
-        <v>0.12554799999999999</v>
+        <v>6.6824400000000006E-2</v>
       </c>
       <c r="AV93" t="s">
         <v>128</v>
       </c>
       <c r="AX93">
-        <v>1.0391064999999999</v>
+        <v>0.36454379999999997</v>
       </c>
       <c r="AZ93">
-        <v>0.37402229999999997</v>
+        <v>0.19101070000000001</v>
       </c>
       <c r="BA93" t="s">
         <v>128</v>
       </c>
       <c r="BC93">
-        <v>-0.87150660000000002</v>
+        <v>-0.63485360000000002</v>
       </c>
       <c r="BE93">
-        <v>-0.47316459999999999</v>
+        <v>-0.22837009999999999</v>
       </c>
       <c r="BF93" t="s">
         <v>128</v>
       </c>
       <c r="BN93" t="s">
         <v>127</v>
       </c>
       <c r="BO93" t="s">
         <v>778</v>
       </c>
       <c r="BP93" t="s">
         <v>779</v>
       </c>
       <c r="BQ93">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR93">
         <v>10000</v>
       </c>
       <c r="BS93">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT93">
         <v>0</v>
       </c>
       <c r="BU93">
         <v>0</v>
       </c>
       <c r="BV93">
         <v>0</v>
       </c>
       <c r="BW93">
         <v>0</v>
       </c>
       <c r="BX93" t="s">
         <v>128</v>
       </c>
       <c r="BY93">
-        <v>1.6500000000000001E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ93">
-        <v>2.3E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA93" t="s">
         <v>128</v>
       </c>
       <c r="CC93" t="s">
         <v>128</v>
       </c>
       <c r="CD93" t="s">
-        <v>383</v>
+        <v>176</v>
       </c>
       <c r="CE93" t="s">
-        <v>384</v>
+        <v>177</v>
       </c>
       <c r="CF93" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="CG93" t="s">
-        <v>385</v>
+        <v>178</v>
       </c>
       <c r="CH93" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI93" t="s">
         <v>128</v>
       </c>
       <c r="CO93" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="CP93" t="s">
-        <v>371</v>
+        <v>421</v>
       </c>
       <c r="CQ93" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR93" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS93" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT93" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU93" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV93" t="s">
-        <v>659</v>
+        <v>182</v>
       </c>
       <c r="CW93" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="94" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>123</v>
       </c>
       <c r="B94" t="s">
         <v>124</v>
       </c>
       <c r="C94" t="s">
         <v>125</v>
       </c>
       <c r="D94" t="s">
         <v>126</v>
       </c>
       <c r="E94" t="s">
         <v>127</v>
       </c>
       <c r="F94" t="s">
         <v>127</v>
       </c>
       <c r="G94" t="s">
         <v>128</v>
       </c>
       <c r="H94" t="s">
         <v>128</v>
       </c>
       <c r="I94" t="s">
         <v>129</v>
       </c>
       <c r="J94" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K94" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L94" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N94" t="s">
         <v>780</v>
       </c>
       <c r="O94">
         <v>1</v>
       </c>
       <c r="P94" t="s">
         <v>781</v>
       </c>
       <c r="Q94" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R94" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="S94" t="s">
         <v>782</v>
       </c>
       <c r="T94">
         <v>2</v>
       </c>
       <c r="U94" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V94" t="s">
         <v>128</v>
       </c>
       <c r="W94" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X94">
         <v>252</v>
       </c>
       <c r="Y94">
-        <v>0.206764</v>
+        <v>0.19489899999999999</v>
       </c>
       <c r="Z94" t="s">
         <v>128</v>
       </c>
       <c r="AE94" t="s">
         <v>128</v>
       </c>
       <c r="AF94">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG94" t="s">
         <v>128</v>
       </c>
       <c r="AH94">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI94">
         <v>1</v>
       </c>
       <c r="AJ94">
         <v>5</v>
       </c>
       <c r="AK94" t="s">
         <v>128</v>
       </c>
       <c r="AM94" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN94">
-        <v>-0.13011729999999999</v>
+        <v>-0.18956509999999999</v>
       </c>
       <c r="AP94">
-        <v>5.6530000000000003E-4</v>
+        <v>-7.6475399999999999E-2</v>
       </c>
       <c r="AQ94" t="s">
         <v>128</v>
       </c>
       <c r="AS94">
-        <v>0.120672</v>
+        <v>2.6479699999999998E-2</v>
       </c>
       <c r="AU94">
-        <v>0.1206207</v>
+        <v>2.6524499999999999E-2</v>
       </c>
       <c r="AV94" t="s">
         <v>128</v>
       </c>
       <c r="AX94">
-        <v>0.44349319999999998</v>
+        <v>0.30035060000000002</v>
       </c>
       <c r="AZ94">
-        <v>0.25503409999999999</v>
+        <v>0.14105290000000001</v>
       </c>
       <c r="BA94" t="s">
         <v>128</v>
       </c>
       <c r="BC94">
-        <v>-0.67351760000000005</v>
+        <v>-0.57608199999999998</v>
       </c>
       <c r="BE94">
-        <v>-0.21871090000000001</v>
+        <v>-0.19188730000000001</v>
       </c>
       <c r="BF94" t="s">
         <v>128</v>
       </c>
       <c r="BN94" t="s">
         <v>127</v>
       </c>
       <c r="BO94" t="s">
         <v>783</v>
       </c>
       <c r="BP94" t="s">
         <v>784</v>
       </c>
       <c r="BQ94">
         <v>7</v>
       </c>
       <c r="BR94">
         <v>10000</v>
       </c>
       <c r="BS94">
         <v>0</v>
       </c>
       <c r="BT94">
         <v>0</v>
       </c>
       <c r="BU94">
         <v>0</v>
       </c>
       <c r="BV94">
         <v>0</v>
       </c>
       <c r="BW94">
         <v>0</v>
       </c>
       <c r="BX94" t="s">
         <v>128</v>
       </c>
       <c r="BY94">
-        <v>8.2000000000000007E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ94">
-        <v>1.6999999999999999E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA94" t="s">
         <v>128</v>
       </c>
       <c r="CC94" t="s">
         <v>128</v>
       </c>
       <c r="CD94" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE94" t="s">
-        <v>621</v>
+        <v>144</v>
       </c>
       <c r="CF94" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG94" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH94" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI94" t="s">
         <v>128</v>
       </c>
       <c r="CO94" t="s">
-        <v>362</v>
+        <v>785</v>
       </c>
       <c r="CP94" t="s">
-        <v>785</v>
+        <v>435</v>
       </c>
       <c r="CQ94" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="CR94" t="s">
         <v>128</v>
       </c>
       <c r="CS94" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT94" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU94" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV94" t="s">
-        <v>181</v>
+        <v>720</v>
       </c>
       <c r="CW94" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="95" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>123</v>
       </c>
       <c r="B95" t="s">
         <v>124</v>
       </c>
       <c r="C95" t="s">
         <v>125</v>
       </c>
       <c r="D95" t="s">
         <v>126</v>
       </c>
       <c r="E95" t="s">
         <v>127</v>
       </c>
       <c r="F95" t="s">
         <v>127</v>
       </c>
       <c r="G95" t="s">
         <v>128</v>
       </c>
       <c r="H95" t="s">
         <v>128</v>
       </c>
       <c r="I95" t="s">
         <v>129</v>
       </c>
       <c r="J95" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K95" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L95" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N95" t="s">
         <v>786</v>
       </c>
       <c r="O95">
         <v>1</v>
       </c>
       <c r="P95" t="s">
         <v>787</v>
       </c>
       <c r="Q95" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="R95" t="s">
-        <v>262</v>
+        <v>172</v>
       </c>
       <c r="S95" t="s">
         <v>788</v>
       </c>
       <c r="T95">
         <v>2</v>
       </c>
       <c r="U95" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V95" t="s">
         <v>128</v>
       </c>
       <c r="W95" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X95">
         <v>252</v>
       </c>
       <c r="Y95">
-        <v>0.193248</v>
+        <v>0.29017799999999999</v>
       </c>
       <c r="Z95" t="s">
         <v>128</v>
       </c>
       <c r="AE95" t="s">
         <v>128</v>
       </c>
       <c r="AF95">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG95" t="s">
         <v>128</v>
       </c>
       <c r="AH95">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI95">
         <v>1</v>
       </c>
       <c r="AJ95">
         <v>5</v>
       </c>
       <c r="AK95" t="s">
         <v>128</v>
       </c>
       <c r="AM95" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN95">
-        <v>-0.1660142</v>
+        <v>-0.51950410000000002</v>
       </c>
       <c r="AP95">
-        <v>-4.4447100000000003E-2</v>
+        <v>-8.7488499999999997E-2</v>
       </c>
       <c r="AQ95" t="s">
         <v>128</v>
       </c>
       <c r="AS95">
-        <v>6.6870700000000005E-2</v>
+        <v>1.38724E-2</v>
       </c>
       <c r="AU95">
-        <v>6.6824400000000006E-2</v>
+        <v>1.46626E-2</v>
       </c>
       <c r="AV95" t="s">
         <v>128</v>
       </c>
       <c r="AX95">
-        <v>0.36454379999999997</v>
+        <v>0.2822904</v>
       </c>
       <c r="AZ95">
-        <v>0.19101070000000001</v>
+        <v>0.11691020000000001</v>
       </c>
       <c r="BA95" t="s">
         <v>128</v>
       </c>
       <c r="BC95">
-        <v>-0.63485360000000002</v>
+        <v>-0.81110389999999999</v>
       </c>
       <c r="BE95">
-        <v>-0.22837009999999999</v>
+        <v>-0.39912170000000002</v>
       </c>
       <c r="BF95" t="s">
         <v>128</v>
       </c>
       <c r="BN95" t="s">
         <v>127</v>
       </c>
       <c r="BO95" t="s">
         <v>789</v>
       </c>
       <c r="BP95" t="s">
         <v>790</v>
       </c>
       <c r="BQ95">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR95">
         <v>10000</v>
       </c>
       <c r="BS95">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT95">
         <v>0</v>
       </c>
       <c r="BU95">
         <v>0</v>
       </c>
       <c r="BV95">
         <v>0</v>
       </c>
       <c r="BW95">
         <v>0</v>
       </c>
       <c r="BX95" t="s">
         <v>128</v>
       </c>
       <c r="BY95">
-        <v>8.2000000000000007E-3</v>
+        <v>1.55E-2</v>
       </c>
       <c r="BZ95">
-        <v>8.9999999999999998E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA95" t="s">
         <v>128</v>
       </c>
       <c r="CC95" t="s">
         <v>128</v>
       </c>
       <c r="CD95" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="CE95" t="s">
-        <v>176</v>
+        <v>300</v>
       </c>
       <c r="CF95" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG95" t="s">
-        <v>177</v>
+        <v>204</v>
       </c>
       <c r="CH95" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI95" t="s">
         <v>128</v>
       </c>
       <c r="CO95" t="s">
-        <v>658</v>
+        <v>301</v>
       </c>
       <c r="CP95" t="s">
-        <v>418</v>
+        <v>496</v>
       </c>
       <c r="CQ95" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR95" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS95" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT95" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU95" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV95" t="s">
-        <v>181</v>
+        <v>303</v>
       </c>
       <c r="CW95" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="96" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>123</v>
       </c>
       <c r="B96" t="s">
         <v>124</v>
       </c>
       <c r="C96" t="s">
         <v>125</v>
       </c>
       <c r="D96" t="s">
         <v>126</v>
       </c>
       <c r="E96" t="s">
         <v>127</v>
       </c>
       <c r="F96" t="s">
         <v>127</v>
       </c>
       <c r="G96" t="s">
         <v>128</v>
       </c>
       <c r="H96" t="s">
         <v>128</v>
       </c>
       <c r="I96" t="s">
         <v>129</v>
       </c>
       <c r="J96" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K96" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L96" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N96" t="s">
         <v>791</v>
       </c>
       <c r="O96">
         <v>1</v>
       </c>
       <c r="P96" t="s">
         <v>792</v>
       </c>
       <c r="Q96" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="R96" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="S96" t="s">
         <v>793</v>
       </c>
       <c r="T96">
         <v>2</v>
       </c>
       <c r="U96" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V96" t="s">
         <v>128</v>
       </c>
       <c r="W96" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X96">
         <v>252</v>
       </c>
       <c r="Y96">
-        <v>0.193856</v>
+        <v>0.20529</v>
       </c>
       <c r="Z96" t="s">
         <v>128</v>
       </c>
       <c r="AE96" t="s">
         <v>128</v>
       </c>
       <c r="AF96">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG96" t="s">
         <v>128</v>
       </c>
       <c r="AH96">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI96">
         <v>1</v>
       </c>
       <c r="AJ96">
         <v>5</v>
       </c>
       <c r="AK96" t="s">
         <v>128</v>
       </c>
       <c r="AM96" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN96">
-        <v>-0.18956509999999999</v>
+        <v>-0.36459019999999998</v>
       </c>
       <c r="AP96">
-        <v>-7.6475399999999999E-2</v>
+        <v>-6.6993200000000003E-2</v>
       </c>
       <c r="AQ96" t="s">
         <v>128</v>
       </c>
       <c r="AS96">
-        <v>2.6479699999999998E-2</v>
+        <v>1.7725500000000002E-2</v>
       </c>
       <c r="AU96">
-        <v>2.6524499999999999E-2</v>
+        <v>-2.1666600000000001E-2</v>
       </c>
       <c r="AV96" t="s">
         <v>128</v>
       </c>
       <c r="AX96">
-        <v>0.30035060000000002</v>
+        <v>0.31228020000000001</v>
       </c>
       <c r="AZ96">
-        <v>0.14105290000000001</v>
+        <v>9.2153499999999999E-2</v>
       </c>
       <c r="BA96" t="s">
         <v>128</v>
       </c>
       <c r="BC96">
-        <v>-0.57608199999999998</v>
+        <v>-0.70496270000000005</v>
       </c>
       <c r="BE96">
-        <v>-0.19188730000000001</v>
+        <v>-0.21075559999999999</v>
       </c>
       <c r="BF96" t="s">
         <v>128</v>
       </c>
       <c r="BN96" t="s">
         <v>127</v>
       </c>
       <c r="BO96" t="s">
         <v>794</v>
       </c>
       <c r="BP96" t="s">
         <v>795</v>
       </c>
       <c r="BQ96">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR96">
         <v>10000</v>
       </c>
       <c r="BS96">
         <v>0</v>
       </c>
       <c r="BT96">
         <v>0</v>
       </c>
       <c r="BU96">
         <v>0</v>
       </c>
       <c r="BV96">
         <v>0</v>
       </c>
       <c r="BW96">
         <v>0</v>
       </c>
       <c r="BX96" t="s">
         <v>128</v>
       </c>
       <c r="BY96">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ96">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA96" t="s">
         <v>128</v>
       </c>
       <c r="CC96" t="s">
         <v>128</v>
       </c>
       <c r="CD96" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE96" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF96" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG96" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH96" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI96" t="s">
         <v>128</v>
       </c>
       <c r="CO96" t="s">
         <v>796</v>
       </c>
       <c r="CP96" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="CQ96" t="s">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="CR96" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS96" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT96" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU96" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV96" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="CW96" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="97" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>123</v>
       </c>
       <c r="B97" t="s">
         <v>124</v>
       </c>
       <c r="C97" t="s">
         <v>125</v>
       </c>
       <c r="D97" t="s">
         <v>126</v>
       </c>
       <c r="E97" t="s">
         <v>127</v>
       </c>
       <c r="F97" t="s">
         <v>127</v>
       </c>
       <c r="G97" t="s">
         <v>128</v>
       </c>
       <c r="H97" t="s">
         <v>128</v>
       </c>
       <c r="I97" t="s">
         <v>129</v>
       </c>
       <c r="J97" t="s">
         <v>129</v>
       </c>
       <c r="K97" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L97" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N97" t="s">
         <v>797</v>
       </c>
       <c r="O97">
         <v>1</v>
       </c>
       <c r="P97" t="s">
         <v>798</v>
       </c>
       <c r="Q97" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="R97" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S97" t="s">
         <v>799</v>
       </c>
       <c r="T97">
         <v>2</v>
       </c>
       <c r="U97" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V97" t="s">
         <v>128</v>
       </c>
       <c r="W97" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X97">
         <v>252</v>
       </c>
       <c r="Y97">
-        <v>0.26749899999999999</v>
+        <v>0.24391599999999999</v>
       </c>
       <c r="Z97" t="s">
         <v>128</v>
       </c>
       <c r="AE97" t="s">
         <v>128</v>
       </c>
       <c r="AF97">
         <v>5</v>
       </c>
       <c r="AG97" t="s">
         <v>128</v>
       </c>
       <c r="AH97">
         <v>5</v>
       </c>
       <c r="AI97">
         <v>1</v>
       </c>
       <c r="AJ97">
         <v>5</v>
       </c>
       <c r="AK97" t="s">
         <v>128</v>
       </c>
       <c r="AM97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN97">
-        <v>-0.52257609999999999</v>
+        <v>-0.23821120000000001</v>
       </c>
       <c r="AP97">
-        <v>-9.0257100000000007E-2</v>
+        <v>2.01052E-2</v>
       </c>
       <c r="AQ97" t="s">
         <v>128</v>
       </c>
       <c r="AS97">
-        <v>6.3968499999999998E-2</v>
+        <v>0.13115640000000001</v>
       </c>
       <c r="AU97">
-        <v>3.3889500000000003E-2</v>
+        <v>0.10500569999999999</v>
       </c>
       <c r="AV97" t="s">
         <v>128</v>
       </c>
       <c r="AX97">
-        <v>0.80536819999999998</v>
+        <v>0.52677099999999999</v>
       </c>
       <c r="AZ97">
-        <v>0.17453959999999999</v>
+        <v>0.16653470000000001</v>
       </c>
       <c r="BA97" t="s">
         <v>128</v>
       </c>
       <c r="BC97">
-        <v>-0.77580159999999998</v>
+        <v>-0.6373972</v>
       </c>
       <c r="BE97">
-        <v>-0.35267789999999999</v>
+        <v>-0.24041799999999999</v>
       </c>
       <c r="BF97" t="s">
         <v>128</v>
       </c>
       <c r="BN97" t="s">
         <v>127</v>
       </c>
       <c r="BO97" t="s">
         <v>800</v>
       </c>
       <c r="BP97" t="s">
         <v>801</v>
       </c>
       <c r="BQ97">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="BR97">
         <v>10000</v>
       </c>
       <c r="BS97">
         <v>0</v>
       </c>
       <c r="BT97">
         <v>0</v>
       </c>
       <c r="BU97">
         <v>0</v>
       </c>
       <c r="BV97">
         <v>0</v>
       </c>
       <c r="BW97">
         <v>0</v>
       </c>
       <c r="BX97" t="s">
         <v>128</v>
       </c>
       <c r="BY97">
-        <v>6.4999999999999997E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ97">
-        <v>1.1999999999999999E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA97" t="s">
         <v>128</v>
       </c>
       <c r="CC97" t="s">
         <v>128</v>
       </c>
       <c r="CD97" t="s">
-        <v>493</v>
+        <v>162</v>
       </c>
       <c r="CE97" t="s">
-        <v>494</v>
+        <v>163</v>
       </c>
       <c r="CF97" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG97" t="s">
-        <v>495</v>
+        <v>164</v>
       </c>
       <c r="CH97" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI97" t="s">
         <v>128</v>
       </c>
       <c r="CO97" t="s">
-        <v>440</v>
+        <v>802</v>
       </c>
       <c r="CP97" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="CQ97" t="s">
-        <v>496</v>
+        <v>563</v>
       </c>
       <c r="CR97" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS97" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT97" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU97" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV97" t="s">
-        <v>346</v>
+        <v>169</v>
       </c>
       <c r="CW97" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="98" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>123</v>
       </c>
       <c r="B98" t="s">
         <v>124</v>
       </c>
       <c r="C98" t="s">
         <v>125</v>
       </c>
       <c r="D98" t="s">
         <v>126</v>
       </c>
       <c r="E98" t="s">
         <v>127</v>
       </c>
       <c r="F98" t="s">
         <v>127</v>
       </c>
       <c r="G98" t="s">
         <v>128</v>
       </c>
       <c r="H98" t="s">
         <v>128</v>
       </c>
       <c r="I98" t="s">
         <v>129</v>
       </c>
       <c r="J98" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K98" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L98" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N98" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="O98">
         <v>1</v>
       </c>
       <c r="P98" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="Q98" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R98" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S98" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="T98">
         <v>2</v>
       </c>
       <c r="U98" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V98" t="s">
         <v>128</v>
       </c>
       <c r="W98" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X98">
         <v>252</v>
       </c>
       <c r="Y98">
-        <v>0.29103099999999998</v>
+        <v>0.231216</v>
       </c>
       <c r="Z98" t="s">
         <v>128</v>
       </c>
       <c r="AE98" t="s">
         <v>128</v>
       </c>
       <c r="AF98">
         <v>5</v>
       </c>
       <c r="AG98" t="s">
         <v>128</v>
       </c>
       <c r="AH98">
         <v>5</v>
       </c>
       <c r="AI98">
         <v>1</v>
       </c>
       <c r="AJ98">
         <v>5</v>
       </c>
       <c r="AK98" t="s">
         <v>128</v>
       </c>
       <c r="AM98" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN98">
-        <v>-0.51950410000000002</v>
+        <v>-0.43102089999999998</v>
       </c>
       <c r="AP98">
-        <v>-8.7488499999999997E-2</v>
+        <v>-9.2985200000000004E-2</v>
       </c>
       <c r="AQ98" t="s">
         <v>128</v>
       </c>
       <c r="AS98">
-        <v>1.38724E-2</v>
+        <v>-1.3791100000000001E-2</v>
       </c>
       <c r="AU98">
-        <v>1.46626E-2</v>
+        <v>4.0360500000000001E-2</v>
       </c>
       <c r="AV98" t="s">
         <v>128</v>
       </c>
       <c r="AX98">
-        <v>0.2822904</v>
+        <v>0.41993550000000002</v>
       </c>
       <c r="AZ98">
-        <v>0.11691020000000001</v>
+        <v>0.14248379999999999</v>
       </c>
       <c r="BA98" t="s">
         <v>128</v>
       </c>
       <c r="BC98">
-        <v>-0.81110389999999999</v>
+        <v>-0.70576110000000003</v>
       </c>
       <c r="BE98">
-        <v>-0.39912170000000002</v>
+        <v>-0.3005217</v>
       </c>
       <c r="BF98" t="s">
         <v>128</v>
       </c>
       <c r="BN98" t="s">
         <v>127</v>
       </c>
       <c r="BO98" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="BP98" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="BQ98">
         <v>2</v>
       </c>
       <c r="BR98">
         <v>10000</v>
       </c>
       <c r="BS98">
         <v>0.05</v>
       </c>
       <c r="BT98">
         <v>0</v>
       </c>
       <c r="BU98">
         <v>0</v>
       </c>
       <c r="BV98">
         <v>0</v>
       </c>
       <c r="BW98">
         <v>0</v>
       </c>
       <c r="BX98" t="s">
         <v>128</v>
       </c>
       <c r="BY98">
-        <v>1.55E-2</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ98">
-        <v>2.3E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA98" t="s">
         <v>128</v>
       </c>
       <c r="CC98" t="s">
         <v>128</v>
       </c>
       <c r="CD98" t="s">
-        <v>142</v>
+        <v>259</v>
       </c>
       <c r="CE98" t="s">
-        <v>297</v>
+        <v>260</v>
       </c>
       <c r="CF98" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG98" t="s">
-        <v>202</v>
+        <v>261</v>
       </c>
       <c r="CH98" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI98" t="s">
         <v>128</v>
       </c>
       <c r="CO98" t="s">
-        <v>298</v>
+        <v>809</v>
       </c>
       <c r="CP98" t="s">
-        <v>502</v>
+        <v>180</v>
       </c>
       <c r="CQ98" t="s">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="CR98" t="s">
         <v>127</v>
       </c>
       <c r="CS98" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT98" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU98" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV98" t="s">
-        <v>300</v>
+        <v>609</v>
       </c>
       <c r="CW98" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="99" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>123</v>
       </c>
       <c r="B99" t="s">
         <v>124</v>
       </c>
       <c r="C99" t="s">
         <v>125</v>
       </c>
       <c r="D99" t="s">
         <v>126</v>
       </c>
       <c r="E99" t="s">
         <v>127</v>
       </c>
       <c r="F99" t="s">
         <v>127</v>
       </c>
       <c r="G99" t="s">
         <v>128</v>
       </c>
       <c r="H99" t="s">
         <v>128</v>
       </c>
       <c r="I99" t="s">
         <v>129</v>
       </c>
       <c r="J99" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K99" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L99" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N99" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="O99">
         <v>1</v>
       </c>
       <c r="P99" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="Q99" t="s">
-        <v>134</v>
+        <v>222</v>
       </c>
       <c r="R99" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S99" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="T99">
         <v>2</v>
       </c>
       <c r="U99" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V99" t="s">
         <v>128</v>
       </c>
       <c r="W99" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X99">
         <v>252</v>
       </c>
       <c r="Y99">
-        <v>0.24853900000000001</v>
+        <v>0.140934</v>
       </c>
       <c r="Z99" t="s">
         <v>128</v>
       </c>
       <c r="AE99" t="s">
         <v>128</v>
       </c>
       <c r="AF99">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG99" t="s">
         <v>128</v>
       </c>
       <c r="AH99">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI99">
         <v>1</v>
       </c>
       <c r="AJ99">
         <v>5</v>
       </c>
       <c r="AK99" t="s">
         <v>128</v>
       </c>
       <c r="AM99" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN99">
-        <v>-0.53002479999999996</v>
+        <v>-9.1586000000000001E-2</v>
       </c>
       <c r="AP99">
-        <v>-0.12277250000000001</v>
+        <v>-2.2653E-3</v>
       </c>
       <c r="AQ99" t="s">
         <v>128</v>
       </c>
       <c r="AS99">
-        <v>-4.2283800000000003E-2</v>
+        <v>7.6822699999999994E-2</v>
       </c>
       <c r="AU99">
-        <v>-6.9920300000000005E-2</v>
+        <v>7.6407100000000006E-2</v>
       </c>
       <c r="AV99" t="s">
         <v>128</v>
       </c>
       <c r="AX99">
-        <v>0.25583359999999999</v>
+        <v>0.27443119999999999</v>
       </c>
       <c r="AZ99">
-        <v>6.8484199999999995E-2</v>
+        <v>0.160915</v>
       </c>
       <c r="BA99" t="s">
         <v>128</v>
       </c>
       <c r="BC99">
-        <v>-0.76957249999999999</v>
+        <v>-0.45969789999999999</v>
       </c>
       <c r="BE99">
-        <v>-0.33438649999999998</v>
+        <v>-0.1577413</v>
       </c>
       <c r="BF99" t="s">
         <v>128</v>
       </c>
       <c r="BN99" t="s">
         <v>127</v>
       </c>
       <c r="BO99" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="BP99" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="BQ99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR99">
         <v>10000</v>
       </c>
       <c r="BS99">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT99">
         <v>0</v>
       </c>
       <c r="BU99">
         <v>0</v>
       </c>
       <c r="BV99">
         <v>0</v>
       </c>
       <c r="BW99">
         <v>0</v>
       </c>
       <c r="BX99" t="s">
         <v>128</v>
       </c>
       <c r="BY99">
-        <v>1.6E-2</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ99">
-        <v>1.1999999999999999E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA99" t="s">
         <v>128</v>
       </c>
       <c r="CC99" t="s">
         <v>128</v>
       </c>
       <c r="CD99" t="s">
-        <v>493</v>
+        <v>189</v>
       </c>
       <c r="CE99" t="s">
-        <v>494</v>
+        <v>190</v>
       </c>
       <c r="CF99" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG99" t="s">
-        <v>495</v>
+        <v>192</v>
       </c>
       <c r="CH99" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI99" t="s">
         <v>128</v>
       </c>
       <c r="CO99" t="s">
-        <v>440</v>
+        <v>365</v>
       </c>
       <c r="CP99" t="s">
-        <v>276</v>
+        <v>166</v>
       </c>
       <c r="CQ99" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="CR99" t="s">
         <v>127</v>
       </c>
       <c r="CS99" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT99" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU99" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV99" t="s">
-        <v>447</v>
+        <v>194</v>
       </c>
       <c r="CW99" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="100" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>123</v>
       </c>
       <c r="B100" t="s">
         <v>124</v>
       </c>
       <c r="C100" t="s">
         <v>125</v>
       </c>
       <c r="D100" t="s">
         <v>126</v>
       </c>
       <c r="E100" t="s">
         <v>127</v>
       </c>
       <c r="F100" t="s">
         <v>127</v>
       </c>
       <c r="G100" t="s">
         <v>128</v>
       </c>
       <c r="H100" t="s">
         <v>128</v>
       </c>
       <c r="I100" t="s">
         <v>129</v>
       </c>
       <c r="J100" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K100" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L100" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N100" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="O100">
         <v>1</v>
       </c>
       <c r="P100" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="Q100" t="s">
-        <v>134</v>
+        <v>210</v>
       </c>
       <c r="R100" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="S100" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="T100">
         <v>2</v>
       </c>
       <c r="U100" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V100" t="s">
         <v>128</v>
       </c>
       <c r="W100" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X100">
         <v>252</v>
       </c>
       <c r="Y100">
-        <v>0.204259</v>
+        <v>0.161357</v>
       </c>
       <c r="Z100" t="s">
         <v>128</v>
       </c>
       <c r="AE100" t="s">
         <v>128</v>
       </c>
       <c r="AF100">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG100" t="s">
         <v>128</v>
       </c>
       <c r="AH100">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI100">
         <v>1</v>
       </c>
       <c r="AJ100">
         <v>5</v>
       </c>
       <c r="AK100" t="s">
         <v>128</v>
       </c>
       <c r="AM100" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN100">
-        <v>-0.36459019999999998</v>
+        <v>-0.19854179999999999</v>
       </c>
       <c r="AP100">
-        <v>-6.6993200000000003E-2</v>
+        <v>2.04078E-2</v>
       </c>
       <c r="AQ100" t="s">
         <v>128</v>
       </c>
       <c r="AS100">
-        <v>1.7725500000000002E-2</v>
+        <v>0.10758529999999999</v>
       </c>
       <c r="AU100">
-        <v>-2.1666600000000001E-2</v>
+        <v>9.3836900000000001E-2</v>
       </c>
       <c r="AV100" t="s">
         <v>128</v>
       </c>
       <c r="AX100">
-        <v>0.31228020000000001</v>
+        <v>0.54600289999999996</v>
       </c>
       <c r="AZ100">
-        <v>9.2153499999999999E-2</v>
+        <v>0.14826600000000001</v>
       </c>
       <c r="BA100" t="s">
         <v>128</v>
       </c>
       <c r="BC100">
-        <v>-0.70496270000000005</v>
+        <v>-0.52036210000000005</v>
       </c>
       <c r="BE100">
-        <v>-0.21075559999999999</v>
+        <v>-0.19740489999999999</v>
       </c>
       <c r="BF100" t="s">
         <v>128</v>
       </c>
       <c r="BN100" t="s">
         <v>127</v>
       </c>
       <c r="BO100" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="BP100" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="BQ100">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR100">
         <v>10000</v>
       </c>
       <c r="BS100">
         <v>0</v>
       </c>
       <c r="BT100">
         <v>0</v>
       </c>
       <c r="BU100">
         <v>0</v>
       </c>
       <c r="BV100">
         <v>0</v>
       </c>
       <c r="BW100">
         <v>0</v>
       </c>
       <c r="BX100" t="s">
         <v>128</v>
       </c>
       <c r="BY100">
-        <v>8.0000000000000002E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ100">
-        <v>8.4000000000000003E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA100" t="s">
         <v>128</v>
       </c>
       <c r="CC100" t="s">
         <v>128</v>
       </c>
       <c r="CD100" t="s">
-        <v>142</v>
+        <v>189</v>
       </c>
       <c r="CE100" t="s">
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="CF100" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG100" t="s">
-        <v>145</v>
+        <v>192</v>
       </c>
       <c r="CH100" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI100" t="s">
         <v>128</v>
       </c>
       <c r="CO100" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="CP100" t="s">
-        <v>441</v>
+        <v>166</v>
       </c>
       <c r="CQ100" t="s">
-        <v>149</v>
+        <v>218</v>
       </c>
       <c r="CR100" t="s">
         <v>127</v>
       </c>
       <c r="CS100" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT100" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU100" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV100" t="s">
-        <v>731</v>
+        <v>194</v>
       </c>
       <c r="CW100" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="101" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>123</v>
       </c>
       <c r="B101" t="s">
         <v>124</v>
       </c>
       <c r="C101" t="s">
         <v>125</v>
       </c>
       <c r="D101" t="s">
         <v>126</v>
       </c>
       <c r="E101" t="s">
         <v>127</v>
       </c>
       <c r="F101" t="s">
         <v>127</v>
       </c>
       <c r="G101" t="s">
         <v>128</v>
       </c>
       <c r="H101" t="s">
         <v>128</v>
       </c>
       <c r="I101" t="s">
         <v>129</v>
       </c>
       <c r="J101" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K101" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L101" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N101" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="O101">
         <v>1</v>
       </c>
       <c r="P101" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="Q101" t="s">
-        <v>134</v>
+        <v>222</v>
       </c>
       <c r="R101" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S101" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="T101">
         <v>2</v>
       </c>
       <c r="U101" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V101" t="s">
         <v>128</v>
       </c>
       <c r="W101" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X101">
         <v>252</v>
       </c>
       <c r="Y101">
-        <v>0.24404100000000001</v>
+        <v>0.22028</v>
       </c>
       <c r="Z101" t="s">
         <v>128</v>
       </c>
       <c r="AE101" t="s">
         <v>128</v>
       </c>
       <c r="AF101">
         <v>5</v>
       </c>
       <c r="AG101" t="s">
         <v>128</v>
       </c>
       <c r="AH101">
         <v>5</v>
       </c>
       <c r="AI101">
         <v>1</v>
       </c>
       <c r="AJ101">
         <v>5</v>
       </c>
       <c r="AK101" t="s">
         <v>128</v>
       </c>
       <c r="AM101" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN101">
-        <v>-0.23821120000000001</v>
+        <v>-0.31668360000000001</v>
       </c>
       <c r="AP101">
-        <v>2.01052E-2</v>
+        <v>-5.2267300000000003E-2</v>
       </c>
       <c r="AQ101" t="s">
         <v>128</v>
       </c>
       <c r="AS101">
-        <v>0.13115640000000001</v>
+        <v>0.1041656</v>
       </c>
       <c r="AU101">
-        <v>0.10500569999999999</v>
+        <v>0.15910949999999999</v>
       </c>
       <c r="AV101" t="s">
         <v>128</v>
       </c>
       <c r="AX101">
-        <v>0.52677099999999999</v>
+        <v>0.88985119999999995</v>
       </c>
       <c r="AZ101">
-        <v>0.16653470000000001</v>
+        <v>0.27666780000000002</v>
       </c>
       <c r="BA101" t="s">
         <v>128</v>
       </c>
       <c r="BC101">
-        <v>-0.6373972</v>
+        <v>-0.72836029999999996</v>
       </c>
       <c r="BE101">
-        <v>-0.24041799999999999</v>
+        <v>-0.27418550000000003</v>
       </c>
       <c r="BF101" t="s">
         <v>128</v>
       </c>
       <c r="BN101" t="s">
         <v>127</v>
       </c>
       <c r="BO101" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="BP101" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="BQ101">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BR101">
         <v>10000</v>
       </c>
       <c r="BS101">
         <v>0</v>
       </c>
       <c r="BT101">
         <v>0</v>
       </c>
       <c r="BU101">
         <v>0</v>
       </c>
       <c r="BV101">
         <v>0</v>
       </c>
       <c r="BW101">
         <v>0</v>
       </c>
       <c r="BX101" t="s">
         <v>128</v>
       </c>
       <c r="BY101">
-        <v>7.7000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ101">
-        <v>5.9999999999999995E-4</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA101" t="s">
         <v>128</v>
       </c>
       <c r="CC101" t="s">
         <v>128</v>
       </c>
       <c r="CD101" t="s">
-        <v>161</v>
+        <v>259</v>
       </c>
       <c r="CE101" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
       <c r="CF101" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG101" t="s">
-        <v>163</v>
+        <v>261</v>
       </c>
       <c r="CH101" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI101" t="s">
         <v>128</v>
       </c>
       <c r="CO101" t="s">
-        <v>824</v>
+        <v>443</v>
       </c>
       <c r="CP101" t="s">
-        <v>825</v>
+        <v>239</v>
       </c>
       <c r="CQ101" t="s">
-        <v>496</v>
+        <v>228</v>
       </c>
       <c r="CR101" t="s">
         <v>127</v>
       </c>
       <c r="CS101" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT101" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU101" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV101" t="s">
-        <v>168</v>
+        <v>402</v>
       </c>
       <c r="CW101" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="102" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>123</v>
       </c>
       <c r="B102" t="s">
         <v>124</v>
       </c>
       <c r="C102" t="s">
         <v>125</v>
       </c>
       <c r="D102" t="s">
         <v>126</v>
       </c>
       <c r="E102" t="s">
         <v>127</v>
       </c>
       <c r="F102" t="s">
         <v>127</v>
       </c>
       <c r="G102" t="s">
         <v>128</v>
       </c>
       <c r="H102" t="s">
         <v>128</v>
       </c>
       <c r="I102" t="s">
         <v>129</v>
       </c>
       <c r="J102" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K102" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L102" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N102" t="s">
         <v>826</v>
       </c>
       <c r="O102">
         <v>1</v>
       </c>
       <c r="P102" t="s">
         <v>827</v>
       </c>
       <c r="Q102" t="s">
-        <v>134</v>
+        <v>210</v>
       </c>
       <c r="R102" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S102" t="s">
         <v>828</v>
       </c>
       <c r="T102">
         <v>2</v>
       </c>
       <c r="U102" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V102" t="s">
         <v>128</v>
       </c>
       <c r="W102" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X102">
         <v>252</v>
       </c>
       <c r="Y102">
-        <v>0.231075</v>
+        <v>0.21254500000000001</v>
       </c>
       <c r="Z102" t="s">
         <v>128</v>
       </c>
       <c r="AE102" t="s">
         <v>128</v>
       </c>
       <c r="AF102">
         <v>5</v>
       </c>
       <c r="AG102" t="s">
         <v>128</v>
       </c>
       <c r="AH102">
         <v>5</v>
       </c>
       <c r="AI102">
         <v>1</v>
       </c>
       <c r="AJ102">
         <v>5</v>
       </c>
       <c r="AK102" t="s">
         <v>128</v>
       </c>
       <c r="AM102" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN102">
-        <v>-0.43102089999999998</v>
+        <v>-0.2166035</v>
       </c>
       <c r="AP102">
-        <v>-9.2985200000000004E-2</v>
+        <v>-9.4620499999999996E-2</v>
       </c>
       <c r="AQ102" t="s">
         <v>128</v>
       </c>
       <c r="AS102">
-        <v>-1.3791100000000001E-2</v>
+        <v>1.7628499999999998E-2</v>
       </c>
       <c r="AU102">
-        <v>4.0360500000000001E-2</v>
+        <v>1.7966099999999999E-2</v>
       </c>
       <c r="AV102" t="s">
         <v>128</v>
       </c>
       <c r="AX102">
-        <v>0.41993550000000002</v>
+        <v>0.32369609999999999</v>
       </c>
       <c r="AZ102">
-        <v>0.14248379999999999</v>
+        <v>0.14486499999999999</v>
       </c>
       <c r="BA102" t="s">
         <v>128</v>
       </c>
       <c r="BC102">
-        <v>-0.70576110000000003</v>
+        <v>-0.61057899999999998</v>
       </c>
       <c r="BE102">
-        <v>-0.3005217</v>
+        <v>-0.2265247</v>
       </c>
       <c r="BF102" t="s">
         <v>128</v>
       </c>
       <c r="BN102" t="s">
         <v>127</v>
       </c>
       <c r="BO102" t="s">
         <v>829</v>
       </c>
       <c r="BP102" t="s">
         <v>830</v>
       </c>
       <c r="BQ102">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BR102">
         <v>10000</v>
       </c>
       <c r="BS102">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT102">
         <v>0</v>
       </c>
       <c r="BU102">
         <v>0</v>
       </c>
       <c r="BV102">
         <v>0</v>
       </c>
       <c r="BW102">
         <v>0</v>
       </c>
       <c r="BX102" t="s">
         <v>128</v>
       </c>
       <c r="BY102">
-        <v>1.5800000000000002E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ102">
-        <v>1.1000000000000001E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA102" t="s">
         <v>128</v>
       </c>
       <c r="CC102" t="s">
         <v>128</v>
       </c>
       <c r="CD102" t="s">
-        <v>255</v>
+        <v>143</v>
       </c>
       <c r="CE102" t="s">
-        <v>256</v>
+        <v>831</v>
       </c>
       <c r="CF102" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG102" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="CH102" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI102" t="s">
         <v>128</v>
       </c>
       <c r="CO102" t="s">
-        <v>831</v>
+        <v>719</v>
       </c>
       <c r="CP102" t="s">
-        <v>179</v>
+        <v>401</v>
       </c>
       <c r="CQ102" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
       <c r="CR102" t="s">
         <v>127</v>
       </c>
       <c r="CS102" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT102" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU102" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV102" t="s">
-        <v>615</v>
+        <v>720</v>
       </c>
       <c r="CW102" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="103" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>123</v>
       </c>
       <c r="B103" t="s">
         <v>124</v>
       </c>
       <c r="C103" t="s">
         <v>125</v>
       </c>
       <c r="D103" t="s">
         <v>126</v>
       </c>
       <c r="E103" t="s">
         <v>127</v>
       </c>
       <c r="F103" t="s">
         <v>127</v>
       </c>
       <c r="G103" t="s">
         <v>128</v>
       </c>
       <c r="H103" t="s">
         <v>128</v>
       </c>
       <c r="I103" t="s">
         <v>129</v>
       </c>
       <c r="J103" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K103" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L103" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N103" t="s">
         <v>832</v>
       </c>
       <c r="O103">
         <v>1</v>
       </c>
       <c r="P103" t="s">
         <v>833</v>
       </c>
       <c r="Q103" t="s">
-        <v>220</v>
+        <v>157</v>
       </c>
       <c r="R103" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S103" t="s">
         <v>834</v>
       </c>
       <c r="T103">
         <v>2</v>
       </c>
       <c r="U103" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V103" t="s">
         <v>128</v>
       </c>
       <c r="W103" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X103">
         <v>252</v>
       </c>
       <c r="Y103">
-        <v>0.14091899999999999</v>
+        <v>0.190716</v>
       </c>
       <c r="Z103" t="s">
         <v>128</v>
       </c>
       <c r="AE103" t="s">
         <v>128</v>
       </c>
       <c r="AF103">
         <v>4</v>
       </c>
       <c r="AG103" t="s">
         <v>128</v>
       </c>
       <c r="AH103">
         <v>4</v>
       </c>
       <c r="AI103">
         <v>1</v>
       </c>
       <c r="AJ103">
         <v>5</v>
       </c>
       <c r="AK103" t="s">
         <v>128</v>
       </c>
       <c r="AM103" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN103">
-        <v>-9.1586000000000001E-2</v>
+        <v>-0.2023604</v>
       </c>
       <c r="AP103">
-        <v>-2.2653E-3</v>
+        <v>-9.1350200000000006E-2</v>
       </c>
       <c r="AQ103" t="s">
         <v>128</v>
       </c>
       <c r="AS103">
-        <v>7.6822699999999994E-2</v>
+        <v>9.6652999999999999E-3</v>
       </c>
       <c r="AU103">
-        <v>7.6407100000000006E-2</v>
+        <v>9.7260999999999997E-3</v>
       </c>
       <c r="AV103" t="s">
         <v>128</v>
       </c>
       <c r="AX103">
-        <v>0.27443119999999999</v>
+        <v>0.27836670000000002</v>
       </c>
       <c r="AZ103">
-        <v>0.160915</v>
+        <v>0.1221014</v>
       </c>
       <c r="BA103" t="s">
         <v>128</v>
       </c>
       <c r="BC103">
-        <v>-0.45969789999999999</v>
+        <v>-0.53741119999999998</v>
       </c>
       <c r="BE103">
-        <v>-0.1577413</v>
+        <v>-0.19138240000000001</v>
       </c>
       <c r="BF103" t="s">
         <v>128</v>
       </c>
       <c r="BN103" t="s">
         <v>127</v>
       </c>
       <c r="BO103" t="s">
         <v>835</v>
       </c>
       <c r="BP103" t="s">
         <v>836</v>
       </c>
       <c r="BQ103">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="BR103">
         <v>10000</v>
       </c>
       <c r="BS103">
         <v>0</v>
       </c>
       <c r="BT103">
         <v>0</v>
       </c>
       <c r="BU103">
         <v>0</v>
       </c>
       <c r="BV103">
         <v>0</v>
       </c>
       <c r="BW103">
         <v>0</v>
       </c>
       <c r="BX103" t="s">
         <v>128</v>
       </c>
       <c r="BY103">
-        <v>6.1000000000000004E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ103">
-        <v>5.9999999999999995E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA103" t="s">
         <v>128</v>
       </c>
       <c r="CC103" t="s">
         <v>128</v>
       </c>
       <c r="CD103" t="s">
-        <v>187</v>
+        <v>143</v>
       </c>
       <c r="CE103" t="s">
-        <v>188</v>
+        <v>831</v>
       </c>
       <c r="CF103" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG103" t="s">
-        <v>190</v>
+        <v>146</v>
       </c>
       <c r="CH103" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI103" t="s">
         <v>128</v>
       </c>
       <c r="CO103" t="s">
-        <v>362</v>
+        <v>785</v>
       </c>
       <c r="CP103" t="s">
-        <v>165</v>
+        <v>279</v>
       </c>
       <c r="CQ103" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
       <c r="CR103" t="s">
         <v>127</v>
       </c>
       <c r="CS103" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT103" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU103" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV103" t="s">
-        <v>192</v>
+        <v>720</v>
       </c>
       <c r="CW103" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="104" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>123</v>
       </c>
       <c r="B104" t="s">
         <v>124</v>
       </c>
       <c r="C104" t="s">
         <v>125</v>
       </c>
       <c r="D104" t="s">
         <v>126</v>
       </c>
       <c r="E104" t="s">
         <v>127</v>
       </c>
       <c r="F104" t="s">
         <v>127</v>
       </c>
       <c r="G104" t="s">
         <v>128</v>
       </c>
       <c r="H104" t="s">
         <v>128</v>
       </c>
       <c r="I104" t="s">
         <v>129</v>
       </c>
       <c r="J104" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K104" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L104" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N104" t="s">
         <v>837</v>
       </c>
       <c r="O104">
         <v>1</v>
       </c>
       <c r="P104" t="s">
         <v>838</v>
       </c>
       <c r="Q104" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R104" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S104" t="s">
         <v>839</v>
       </c>
       <c r="T104">
         <v>2</v>
       </c>
       <c r="U104" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V104" t="s">
         <v>128</v>
       </c>
       <c r="W104" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X104">
         <v>252</v>
       </c>
       <c r="Y104">
-        <v>0.16155700000000001</v>
+        <v>0.19489600000000001</v>
       </c>
       <c r="Z104" t="s">
         <v>128</v>
       </c>
       <c r="AE104" t="s">
         <v>128</v>
       </c>
       <c r="AF104">
         <v>4</v>
       </c>
       <c r="AG104" t="s">
         <v>128</v>
       </c>
       <c r="AH104">
         <v>4</v>
       </c>
       <c r="AI104">
         <v>1</v>
       </c>
       <c r="AJ104">
         <v>5</v>
       </c>
       <c r="AK104" t="s">
         <v>128</v>
       </c>
       <c r="AM104" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN104">
-        <v>-0.19854179999999999</v>
+        <v>-0.18956329999999999</v>
       </c>
       <c r="AP104">
-        <v>2.04078E-2</v>
+        <v>-7.6473200000000005E-2</v>
       </c>
       <c r="AQ104" t="s">
         <v>128</v>
       </c>
       <c r="AS104">
-        <v>0.10758529999999999</v>
+        <v>2.6482200000000001E-2</v>
       </c>
       <c r="AU104">
-        <v>9.3836900000000001E-2</v>
+        <v>2.6527200000000001E-2</v>
       </c>
       <c r="AV104" t="s">
         <v>128</v>
       </c>
       <c r="AX104">
-        <v>0.54600289999999996</v>
+        <v>0.30035469999999997</v>
       </c>
       <c r="AZ104">
-        <v>0.14826600000000001</v>
+        <v>0.14105609999999999</v>
       </c>
       <c r="BA104" t="s">
         <v>128</v>
       </c>
       <c r="BC104">
-        <v>-0.52036210000000005</v>
+        <v>-0.57608400000000004</v>
       </c>
       <c r="BE104">
-        <v>-0.19740489999999999</v>
+        <v>-0.19188459999999999</v>
       </c>
       <c r="BF104" t="s">
         <v>128</v>
       </c>
       <c r="BN104" t="s">
         <v>127</v>
       </c>
       <c r="BO104" t="s">
         <v>840</v>
       </c>
       <c r="BP104" t="s">
         <v>841</v>
       </c>
       <c r="BQ104">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="BR104">
         <v>10000</v>
       </c>
       <c r="BS104">
         <v>0</v>
       </c>
       <c r="BT104">
         <v>0</v>
       </c>
       <c r="BU104">
         <v>0</v>
       </c>
       <c r="BV104">
         <v>0</v>
       </c>
       <c r="BW104">
         <v>0</v>
       </c>
       <c r="BX104" t="s">
         <v>128</v>
       </c>
       <c r="BY104">
-        <v>6.1000000000000004E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ104">
-        <v>5.9999999999999995E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA104" t="s">
         <v>128</v>
       </c>
       <c r="CC104" t="s">
         <v>128</v>
       </c>
       <c r="CD104" t="s">
-        <v>187</v>
+        <v>143</v>
       </c>
       <c r="CE104" t="s">
-        <v>392</v>
+        <v>831</v>
       </c>
       <c r="CF104" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG104" t="s">
-        <v>190</v>
+        <v>146</v>
       </c>
       <c r="CH104" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI104" t="s">
         <v>128</v>
       </c>
       <c r="CO104" t="s">
-        <v>214</v>
+        <v>785</v>
       </c>
       <c r="CP104" t="s">
-        <v>165</v>
+        <v>335</v>
       </c>
       <c r="CQ104" t="s">
-        <v>216</v>
+        <v>150</v>
       </c>
       <c r="CR104" t="s">
         <v>127</v>
       </c>
       <c r="CS104" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT104" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU104" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV104" t="s">
-        <v>192</v>
+        <v>720</v>
       </c>
       <c r="CW104" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="105" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>123</v>
       </c>
       <c r="B105" t="s">
         <v>124</v>
       </c>
       <c r="C105" t="s">
         <v>125</v>
       </c>
       <c r="D105" t="s">
         <v>126</v>
       </c>
       <c r="E105" t="s">
         <v>127</v>
       </c>
       <c r="F105" t="s">
         <v>127</v>
       </c>
       <c r="G105" t="s">
         <v>128</v>
       </c>
       <c r="H105" t="s">
         <v>128</v>
       </c>
       <c r="I105" t="s">
         <v>129</v>
       </c>
       <c r="J105" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K105" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L105" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N105" t="s">
         <v>842</v>
       </c>
       <c r="O105">
         <v>1</v>
       </c>
       <c r="P105" t="s">
         <v>843</v>
       </c>
       <c r="Q105" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="R105" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S105" t="s">
         <v>844</v>
       </c>
       <c r="T105">
         <v>2</v>
       </c>
       <c r="U105" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V105" t="s">
         <v>128</v>
       </c>
       <c r="W105" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X105">
         <v>252</v>
       </c>
       <c r="Y105">
-        <v>0.22060399999999999</v>
+        <v>0.21574299999999999</v>
       </c>
       <c r="Z105" t="s">
         <v>128</v>
       </c>
       <c r="AE105" t="s">
         <v>128</v>
       </c>
       <c r="AF105">
         <v>5</v>
       </c>
       <c r="AG105" t="s">
         <v>128</v>
       </c>
       <c r="AH105">
         <v>5</v>
       </c>
       <c r="AI105">
         <v>1</v>
       </c>
       <c r="AJ105">
         <v>5</v>
       </c>
       <c r="AK105" t="s">
         <v>128</v>
       </c>
       <c r="AM105" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN105">
-        <v>-0.31668360000000001</v>
+        <v>-0.34714689999999998</v>
       </c>
       <c r="AP105">
-        <v>-5.2267300000000003E-2</v>
+        <v>-0.21184839999999999</v>
       </c>
       <c r="AQ105" t="s">
         <v>128</v>
       </c>
       <c r="AS105">
-        <v>0.1041656</v>
+        <v>-0.14800830000000001</v>
       </c>
       <c r="AU105">
-        <v>0.15910949999999999</v>
+        <v>-0.1119655</v>
       </c>
       <c r="AV105" t="s">
         <v>128</v>
       </c>
       <c r="AX105">
-        <v>0.88985119999999995</v>
+        <v>0.11369650000000001</v>
       </c>
       <c r="AZ105">
-        <v>0.27666780000000002</v>
+        <v>9.0350000000000001E-4</v>
       </c>
       <c r="BA105" t="s">
         <v>128</v>
       </c>
       <c r="BC105">
-        <v>-0.72836029999999996</v>
+        <v>-0.63122979999999995</v>
       </c>
       <c r="BE105">
-        <v>-0.27418550000000003</v>
+        <v>-0.2358818</v>
       </c>
       <c r="BF105" t="s">
         <v>128</v>
       </c>
       <c r="BN105" t="s">
         <v>127</v>
       </c>
       <c r="BO105" t="s">
         <v>845</v>
       </c>
       <c r="BP105" t="s">
         <v>846</v>
       </c>
       <c r="BQ105">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BR105">
         <v>10000</v>
       </c>
       <c r="BS105">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT105">
         <v>0</v>
       </c>
       <c r="BU105">
         <v>0</v>
       </c>
       <c r="BV105">
         <v>0</v>
       </c>
       <c r="BW105">
         <v>0</v>
       </c>
       <c r="BX105" t="s">
         <v>128</v>
       </c>
       <c r="BY105">
-        <v>5.7999999999999996E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ105">
-        <v>1.1000000000000001E-3</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="CA105" t="s">
         <v>128</v>
       </c>
       <c r="CC105" t="s">
         <v>128</v>
       </c>
       <c r="CD105" t="s">
-        <v>255</v>
+        <v>143</v>
       </c>
       <c r="CE105" t="s">
-        <v>256</v>
+        <v>144</v>
       </c>
       <c r="CF105" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG105" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="CH105" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI105" t="s">
         <v>128</v>
       </c>
       <c r="CO105" t="s">
-        <v>440</v>
+        <v>847</v>
       </c>
       <c r="CP105" t="s">
-        <v>215</v>
+        <v>279</v>
       </c>
       <c r="CQ105" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
       <c r="CR105" t="s">
         <v>127</v>
       </c>
       <c r="CS105" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT105" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU105" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV105" t="s">
-        <v>399</v>
+        <v>154</v>
       </c>
       <c r="CW105" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="106" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>123</v>
       </c>
       <c r="B106" t="s">
         <v>124</v>
       </c>
       <c r="C106" t="s">
         <v>125</v>
       </c>
       <c r="D106" t="s">
         <v>126</v>
       </c>
       <c r="E106" t="s">
         <v>127</v>
       </c>
       <c r="F106" t="s">
         <v>127</v>
       </c>
       <c r="G106" t="s">
         <v>128</v>
       </c>
       <c r="H106" t="s">
         <v>128</v>
       </c>
       <c r="I106" t="s">
         <v>129</v>
       </c>
       <c r="J106" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K106" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L106" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N106" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="O106">
         <v>1</v>
       </c>
       <c r="P106" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="Q106" t="s">
-        <v>156</v>
+        <v>850</v>
       </c>
       <c r="R106" t="s">
-        <v>157</v>
+        <v>360</v>
       </c>
       <c r="S106" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="T106">
         <v>2</v>
       </c>
       <c r="U106" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V106" t="s">
         <v>128</v>
       </c>
       <c r="W106" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X106">
         <v>252</v>
       </c>
       <c r="Y106">
-        <v>0.23170199999999999</v>
+        <v>0.18667300000000001</v>
       </c>
       <c r="Z106" t="s">
         <v>128</v>
       </c>
       <c r="AE106" t="s">
         <v>128</v>
       </c>
       <c r="AF106">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG106" t="s">
         <v>128</v>
       </c>
       <c r="AH106">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI106">
         <v>1</v>
       </c>
       <c r="AJ106">
         <v>5</v>
       </c>
       <c r="AK106" t="s">
         <v>128</v>
       </c>
       <c r="AM106" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN106">
-        <v>-0.42869410000000002</v>
+        <v>-0.23348189999999999</v>
       </c>
       <c r="AP106">
-        <v>-8.4816100000000005E-2</v>
+        <v>-9.3382800000000002E-2</v>
       </c>
       <c r="AQ106" t="s">
         <v>128</v>
       </c>
       <c r="AS106">
-        <v>6.0564899999999998E-2</v>
+        <v>-3.5674299999999999E-2</v>
       </c>
       <c r="AU106">
-        <v>3.6907299999999997E-2</v>
+        <v>4.6192999999999998E-3</v>
       </c>
       <c r="AV106" t="s">
         <v>128</v>
       </c>
       <c r="AX106">
-        <v>0.61358619999999997</v>
+        <v>0.2126826</v>
       </c>
       <c r="AZ106">
-        <v>0.15766930000000001</v>
+        <v>0.1131239</v>
       </c>
       <c r="BA106" t="s">
         <v>128</v>
       </c>
       <c r="BC106">
-        <v>-0.70094719999999999</v>
+        <v>-0.59328890000000001</v>
       </c>
       <c r="BE106">
-        <v>-0.30234480000000002</v>
+        <v>-0.18904260000000001</v>
       </c>
       <c r="BF106" t="s">
         <v>128</v>
       </c>
       <c r="BN106" t="s">
         <v>127</v>
       </c>
       <c r="BO106" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="BP106" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="BQ106">
         <v>4</v>
       </c>
       <c r="BR106">
-        <v>10000</v>
+        <v>100000</v>
       </c>
       <c r="BS106">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT106">
         <v>0</v>
       </c>
       <c r="BU106">
         <v>0</v>
       </c>
       <c r="BV106">
         <v>0</v>
       </c>
       <c r="BW106">
         <v>0</v>
       </c>
       <c r="BX106" t="s">
         <v>128</v>
       </c>
       <c r="BY106">
-        <v>6.4999999999999997E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ106">
-        <v>1.1999999999999999E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA106" t="s">
         <v>128</v>
       </c>
       <c r="CC106" t="s">
         <v>128</v>
       </c>
       <c r="CD106" t="s">
-        <v>493</v>
+        <v>143</v>
       </c>
       <c r="CE106" t="s">
-        <v>494</v>
+        <v>144</v>
       </c>
       <c r="CF106" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG106" t="s">
-        <v>495</v>
+        <v>146</v>
       </c>
       <c r="CH106" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI106" t="s">
         <v>128</v>
       </c>
       <c r="CO106" t="s">
-        <v>440</v>
+        <v>785</v>
       </c>
       <c r="CP106" t="s">
-        <v>852</v>
+        <v>279</v>
       </c>
       <c r="CQ106" t="s">
-        <v>225</v>
+        <v>150</v>
       </c>
       <c r="CR106" t="s">
         <v>127</v>
       </c>
       <c r="CS106" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT106" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU106" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV106" t="s">
-        <v>346</v>
+        <v>154</v>
       </c>
       <c r="CW106" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="107" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>123</v>
       </c>
       <c r="B107" t="s">
         <v>124</v>
       </c>
       <c r="C107" t="s">
         <v>125</v>
       </c>
       <c r="D107" t="s">
         <v>126</v>
       </c>
       <c r="E107" t="s">
         <v>127</v>
       </c>
       <c r="F107" t="s">
         <v>127</v>
       </c>
       <c r="G107" t="s">
         <v>128</v>
       </c>
       <c r="H107" t="s">
         <v>128</v>
       </c>
       <c r="I107" t="s">
         <v>129</v>
       </c>
       <c r="J107" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K107" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L107" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N107" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="O107">
         <v>1</v>
       </c>
       <c r="P107" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="Q107" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R107" t="s">
-        <v>357</v>
+        <v>266</v>
       </c>
       <c r="S107" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="T107">
         <v>2</v>
       </c>
       <c r="U107" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V107" t="s">
         <v>128</v>
       </c>
       <c r="W107" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X107">
         <v>252</v>
       </c>
       <c r="Y107">
-        <v>0.21176600000000001</v>
+        <v>0.19247500000000001</v>
       </c>
       <c r="Z107" t="s">
         <v>128</v>
       </c>
       <c r="AE107" t="s">
         <v>128</v>
       </c>
       <c r="AF107">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG107" t="s">
         <v>128</v>
       </c>
       <c r="AH107">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI107">
         <v>1</v>
       </c>
       <c r="AJ107">
         <v>5</v>
       </c>
       <c r="AK107" t="s">
         <v>128</v>
       </c>
       <c r="AM107" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN107">
-        <v>-0.2166035</v>
+        <v>-0.13664850000000001</v>
       </c>
       <c r="AP107">
-        <v>-9.4620499999999996E-2</v>
+        <v>-1.3969199999999999E-2</v>
       </c>
       <c r="AQ107" t="s">
         <v>128</v>
       </c>
       <c r="AS107">
-        <v>1.7628499999999998E-2</v>
+        <v>9.8091700000000004E-2</v>
       </c>
       <c r="AU107">
-        <v>1.7966099999999999E-2</v>
+        <v>9.8010100000000003E-2</v>
       </c>
       <c r="AV107" t="s">
         <v>128</v>
       </c>
       <c r="AX107">
-        <v>0.32369609999999999</v>
+        <v>0.39623039999999998</v>
       </c>
       <c r="AZ107">
-        <v>0.14486499999999999</v>
+        <v>0.22263189999999999</v>
       </c>
       <c r="BA107" t="s">
         <v>128</v>
       </c>
       <c r="BC107">
-        <v>-0.61057899999999998</v>
+        <v>-0.60243800000000003</v>
       </c>
       <c r="BE107">
-        <v>-0.2265247</v>
+        <v>-0.2351888</v>
       </c>
       <c r="BF107" t="s">
         <v>128</v>
       </c>
       <c r="BN107" t="s">
         <v>127</v>
       </c>
       <c r="BO107" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="BP107" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="BQ107">
         <v>4</v>
       </c>
       <c r="BR107">
         <v>10000</v>
       </c>
       <c r="BS107">
         <v>0</v>
       </c>
       <c r="BT107">
         <v>0</v>
       </c>
       <c r="BU107">
         <v>0</v>
       </c>
       <c r="BV107">
         <v>0</v>
       </c>
       <c r="BW107">
         <v>0</v>
       </c>
       <c r="BX107" t="s">
         <v>128</v>
       </c>
       <c r="BY107">
-        <v>8.0000000000000002E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ107">
-        <v>8.4000000000000003E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA107" t="s">
         <v>128</v>
       </c>
       <c r="CC107" t="s">
         <v>128</v>
       </c>
       <c r="CD107" t="s">
-        <v>142</v>
+        <v>433</v>
       </c>
       <c r="CE107" t="s">
-        <v>858</v>
+        <v>434</v>
       </c>
       <c r="CF107" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG107" t="s">
-        <v>145</v>
+        <v>327</v>
       </c>
       <c r="CH107" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI107" t="s">
         <v>128</v>
       </c>
       <c r="CO107" t="s">
-        <v>730</v>
+        <v>272</v>
       </c>
       <c r="CP107" t="s">
-        <v>398</v>
+        <v>328</v>
       </c>
       <c r="CQ107" t="s">
-        <v>180</v>
+        <v>206</v>
       </c>
       <c r="CR107" t="s">
         <v>127</v>
       </c>
       <c r="CS107" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT107" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU107" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV107" t="s">
-        <v>731</v>
+        <v>437</v>
       </c>
       <c r="CW107" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="108" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>123</v>
       </c>
       <c r="B108" t="s">
         <v>124</v>
       </c>
       <c r="C108" t="s">
         <v>125</v>
       </c>
       <c r="D108" t="s">
         <v>126</v>
       </c>
       <c r="E108" t="s">
         <v>127</v>
       </c>
       <c r="F108" t="s">
         <v>127</v>
       </c>
       <c r="G108" t="s">
         <v>128</v>
       </c>
       <c r="H108" t="s">
         <v>128</v>
       </c>
       <c r="I108" t="s">
         <v>129</v>
       </c>
       <c r="J108" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K108" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L108" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N108" t="s">
         <v>859</v>
       </c>
       <c r="O108">
         <v>1</v>
       </c>
       <c r="P108" t="s">
         <v>860</v>
       </c>
       <c r="Q108" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R108" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="S108" t="s">
         <v>861</v>
       </c>
       <c r="T108">
         <v>2</v>
       </c>
       <c r="U108" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V108" t="s">
         <v>128</v>
       </c>
       <c r="W108" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X108">
         <v>252</v>
       </c>
       <c r="Y108">
-        <v>0.190056</v>
+        <v>0.19071399999999999</v>
       </c>
       <c r="Z108" t="s">
         <v>128</v>
       </c>
       <c r="AE108" t="s">
         <v>128</v>
       </c>
       <c r="AF108">
         <v>4</v>
       </c>
       <c r="AG108" t="s">
         <v>128</v>
       </c>
       <c r="AH108">
         <v>4</v>
       </c>
       <c r="AI108">
         <v>1</v>
       </c>
       <c r="AJ108">
         <v>5</v>
       </c>
       <c r="AK108" t="s">
         <v>128</v>
       </c>
       <c r="AM108" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN108">
-        <v>-0.2023604</v>
+        <v>-0.20235890000000001</v>
       </c>
       <c r="AP108">
-        <v>-9.1350200000000006E-2</v>
+        <v>-9.1347999999999999E-2</v>
       </c>
       <c r="AQ108" t="s">
         <v>128</v>
       </c>
       <c r="AS108">
-        <v>9.6652999999999999E-3</v>
+        <v>9.6682000000000001E-3</v>
       </c>
       <c r="AU108">
-        <v>9.7260999999999997E-3</v>
+        <v>9.7290999999999992E-3</v>
       </c>
       <c r="AV108" t="s">
         <v>128</v>
       </c>
       <c r="AX108">
-        <v>0.27836670000000002</v>
+        <v>0.27837200000000001</v>
       </c>
       <c r="AZ108">
-        <v>0.1221014</v>
+        <v>0.1221053</v>
       </c>
       <c r="BA108" t="s">
         <v>128</v>
       </c>
       <c r="BC108">
-        <v>-0.53741119999999998</v>
+        <v>-0.53739139999999996</v>
       </c>
       <c r="BE108">
-        <v>-0.19138240000000001</v>
+        <v>-0.19137799999999999</v>
       </c>
       <c r="BF108" t="s">
         <v>128</v>
       </c>
       <c r="BN108" t="s">
         <v>127</v>
       </c>
       <c r="BO108" t="s">
         <v>862</v>
       </c>
       <c r="BP108" t="s">
         <v>863</v>
       </c>
       <c r="BQ108">
         <v>4</v>
       </c>
       <c r="BR108">
         <v>10000</v>
       </c>
       <c r="BS108">
         <v>0</v>
       </c>
       <c r="BT108">
         <v>0</v>
       </c>
       <c r="BU108">
         <v>0</v>
       </c>
       <c r="BV108">
         <v>0</v>
       </c>
       <c r="BW108">
         <v>0</v>
       </c>
       <c r="BX108" t="s">
         <v>128</v>
       </c>
       <c r="BY108">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ108">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA108" t="s">
         <v>128</v>
       </c>
       <c r="CC108" t="s">
         <v>128</v>
       </c>
       <c r="CD108" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE108" t="s">
-        <v>858</v>
+        <v>144</v>
       </c>
       <c r="CF108" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG108" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH108" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI108" t="s">
         <v>128</v>
       </c>
       <c r="CO108" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="CP108" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="CQ108" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CR108" t="s">
         <v>127</v>
       </c>
       <c r="CS108" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT108" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU108" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV108" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
       <c r="CW108" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="109" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" t="s">
         <v>124</v>
       </c>
       <c r="C109" t="s">
         <v>125</v>
       </c>
       <c r="D109" t="s">
         <v>126</v>
       </c>
       <c r="E109" t="s">
         <v>127</v>
       </c>
       <c r="F109" t="s">
         <v>127</v>
       </c>
       <c r="G109" t="s">
         <v>128</v>
       </c>
       <c r="H109" t="s">
         <v>128</v>
       </c>
       <c r="I109" t="s">
         <v>129</v>
       </c>
       <c r="J109" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K109" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L109" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N109" t="s">
         <v>864</v>
       </c>
       <c r="O109">
         <v>1</v>
       </c>
       <c r="P109" t="s">
         <v>865</v>
       </c>
       <c r="Q109" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="R109" t="s">
-        <v>357</v>
+        <v>158</v>
       </c>
       <c r="S109" t="s">
         <v>866</v>
       </c>
       <c r="T109">
         <v>2</v>
       </c>
       <c r="U109" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V109" t="s">
         <v>128</v>
       </c>
       <c r="W109" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X109">
         <v>252</v>
       </c>
       <c r="Y109">
-        <v>0.193854</v>
+        <v>0.237071</v>
       </c>
       <c r="Z109" t="s">
         <v>128</v>
       </c>
       <c r="AE109" t="s">
         <v>128</v>
       </c>
       <c r="AF109">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG109" t="s">
         <v>128</v>
       </c>
       <c r="AH109">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI109">
         <v>1</v>
       </c>
       <c r="AJ109">
         <v>5</v>
       </c>
       <c r="AK109" t="s">
         <v>128</v>
       </c>
       <c r="AM109" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN109">
-        <v>-0.18956329999999999</v>
+        <v>-0.42088140000000002</v>
       </c>
       <c r="AP109">
-        <v>-7.6473200000000005E-2</v>
+        <v>-5.9631799999999999E-2</v>
       </c>
       <c r="AQ109" t="s">
         <v>128</v>
       </c>
       <c r="AS109">
-        <v>2.6482200000000001E-2</v>
+        <v>0.1192276</v>
       </c>
       <c r="AU109">
-        <v>2.6527200000000001E-2</v>
+        <v>0.1460458</v>
       </c>
       <c r="AV109" t="s">
         <v>128</v>
       </c>
       <c r="AX109">
-        <v>0.30035469999999997</v>
+        <v>1.0207957999999999</v>
       </c>
       <c r="AZ109">
-        <v>0.14105609999999999</v>
+        <v>0.29130479999999997</v>
       </c>
       <c r="BA109" t="s">
         <v>128</v>
       </c>
       <c r="BC109">
-        <v>-0.57608400000000004</v>
+        <v>-0.70290269999999999</v>
       </c>
       <c r="BE109">
-        <v>-0.19188459999999999</v>
+        <v>-0.30019309999999999</v>
       </c>
       <c r="BF109" t="s">
         <v>128</v>
       </c>
       <c r="BN109" t="s">
         <v>127</v>
       </c>
       <c r="BO109" t="s">
         <v>867</v>
       </c>
       <c r="BP109" t="s">
         <v>868</v>
       </c>
       <c r="BQ109">
         <v>4</v>
       </c>
       <c r="BR109">
         <v>10000</v>
       </c>
       <c r="BS109">
         <v>0</v>
       </c>
       <c r="BT109">
         <v>0</v>
       </c>
       <c r="BU109">
         <v>0</v>
       </c>
       <c r="BV109">
         <v>0</v>
       </c>
       <c r="BW109">
         <v>0</v>
       </c>
       <c r="BX109" t="s">
         <v>128</v>
       </c>
       <c r="BY109">
-        <v>8.0000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ109">
-        <v>8.4000000000000003E-4</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA109" t="s">
         <v>128</v>
       </c>
       <c r="CC109" t="s">
         <v>128</v>
       </c>
       <c r="CD109" t="s">
-        <v>142</v>
+        <v>259</v>
       </c>
       <c r="CE109" t="s">
-        <v>858</v>
+        <v>260</v>
       </c>
       <c r="CF109" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG109" t="s">
-        <v>145</v>
+        <v>261</v>
       </c>
       <c r="CH109" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI109" t="s">
         <v>128</v>
       </c>
       <c r="CO109" t="s">
-        <v>796</v>
+        <v>443</v>
       </c>
       <c r="CP109" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="CQ109" t="s">
-        <v>149</v>
+        <v>228</v>
       </c>
       <c r="CR109" t="s">
         <v>127</v>
       </c>
       <c r="CS109" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT109" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU109" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV109" t="s">
-        <v>731</v>
+        <v>402</v>
       </c>
       <c r="CW109" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="110" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>123</v>
       </c>
       <c r="B110" t="s">
         <v>124</v>
       </c>
       <c r="C110" t="s">
         <v>125</v>
       </c>
       <c r="D110" t="s">
         <v>126</v>
       </c>
       <c r="E110" t="s">
         <v>127</v>
       </c>
       <c r="F110" t="s">
         <v>127</v>
       </c>
       <c r="G110" t="s">
         <v>128</v>
       </c>
       <c r="H110" t="s">
         <v>128</v>
       </c>
       <c r="I110" t="s">
         <v>129</v>
       </c>
       <c r="J110" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K110" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L110" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N110" t="s">
         <v>869</v>
       </c>
       <c r="O110">
         <v>1</v>
       </c>
       <c r="P110" t="s">
         <v>870</v>
       </c>
       <c r="Q110" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R110" t="s">
-        <v>357</v>
+        <v>158</v>
       </c>
       <c r="S110" t="s">
         <v>871</v>
       </c>
       <c r="T110">
         <v>2</v>
       </c>
       <c r="U110" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V110" t="s">
         <v>128</v>
       </c>
       <c r="W110" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X110">
         <v>252</v>
       </c>
       <c r="Y110">
-        <v>0.21556500000000001</v>
+        <v>0.28442899999999999</v>
       </c>
       <c r="Z110" t="s">
         <v>128</v>
       </c>
       <c r="AE110" t="s">
         <v>128</v>
       </c>
       <c r="AF110">
         <v>5</v>
       </c>
       <c r="AG110" t="s">
         <v>128</v>
       </c>
       <c r="AH110">
         <v>5</v>
       </c>
       <c r="AI110">
         <v>1</v>
       </c>
       <c r="AJ110">
         <v>5</v>
       </c>
       <c r="AK110" t="s">
         <v>128</v>
       </c>
       <c r="AM110" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN110">
-        <v>-0.34714689999999998</v>
+        <v>-0.47249229999999998</v>
       </c>
       <c r="AP110">
-        <v>-0.21184839999999999</v>
+        <v>-0.15691530000000001</v>
       </c>
       <c r="AQ110" t="s">
         <v>128</v>
       </c>
       <c r="AS110">
-        <v>-0.14800830000000001</v>
+        <v>0.1127346</v>
       </c>
       <c r="AU110">
-        <v>-0.1119655</v>
+        <v>7.5966099999999995E-2</v>
       </c>
       <c r="AV110" t="s">
         <v>128</v>
       </c>
       <c r="AX110">
-        <v>0.11369650000000001</v>
+        <v>0.80002110000000004</v>
       </c>
       <c r="AZ110">
-        <v>9.0350000000000001E-4</v>
+        <v>0.29923440000000001</v>
       </c>
       <c r="BA110" t="s">
         <v>128</v>
       </c>
       <c r="BC110">
-        <v>-0.63122979999999995</v>
+        <v>-0.76923889999999995</v>
       </c>
       <c r="BE110">
-        <v>-0.2358818</v>
+        <v>-0.35076790000000002</v>
       </c>
       <c r="BF110" t="s">
         <v>128</v>
       </c>
       <c r="BN110" t="s">
         <v>127</v>
       </c>
       <c r="BO110" t="s">
         <v>872</v>
       </c>
       <c r="BP110" t="s">
         <v>873</v>
       </c>
       <c r="BQ110">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BR110">
         <v>10000</v>
       </c>
       <c r="BS110">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT110">
         <v>0</v>
       </c>
       <c r="BU110">
         <v>0</v>
       </c>
       <c r="BV110">
         <v>0</v>
       </c>
       <c r="BW110">
         <v>0</v>
       </c>
       <c r="BX110" t="s">
         <v>128</v>
       </c>
       <c r="BY110">
-        <v>1.7000000000000001E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ110">
-        <v>8.0000000000000004E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA110" t="s">
         <v>128</v>
       </c>
       <c r="CC110" t="s">
         <v>128</v>
       </c>
       <c r="CD110" t="s">
-        <v>142</v>
+        <v>235</v>
       </c>
       <c r="CE110" t="s">
-        <v>143</v>
+        <v>236</v>
       </c>
       <c r="CF110" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG110" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="CH110" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI110" t="s">
         <v>128</v>
       </c>
       <c r="CO110" t="s">
+        <v>420</v>
+      </c>
+      <c r="CP110" t="s">
         <v>874</v>
       </c>
-      <c r="CP110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="CQ110" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR110" t="s">
         <v>127</v>
       </c>
       <c r="CS110" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT110" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU110" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV110" t="s">
-        <v>153</v>
+        <v>241</v>
       </c>
       <c r="CW110" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>123</v>
       </c>
       <c r="B111" t="s">
         <v>124</v>
       </c>
       <c r="C111" t="s">
         <v>125</v>
       </c>
       <c r="D111" t="s">
         <v>126</v>
       </c>
       <c r="E111" t="s">
         <v>127</v>
       </c>
       <c r="F111" t="s">
         <v>127</v>
       </c>
       <c r="G111" t="s">
         <v>128</v>
       </c>
       <c r="H111" t="s">
         <v>128</v>
       </c>
       <c r="I111" t="s">
         <v>129</v>
       </c>
       <c r="J111" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K111" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L111" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N111" t="s">
         <v>875</v>
       </c>
       <c r="O111">
         <v>1</v>
       </c>
       <c r="P111" t="s">
         <v>876</v>
       </c>
       <c r="Q111" t="s">
+        <v>222</v>
+      </c>
+      <c r="R111" t="s">
+        <v>382</v>
+      </c>
+      <c r="S111" t="s">
         <v>877</v>
-      </c>
-[...4 lines deleted...]
-        <v>878</v>
       </c>
       <c r="T111">
         <v>2</v>
       </c>
       <c r="U111" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V111" t="s">
         <v>128</v>
       </c>
       <c r="W111" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X111">
         <v>252</v>
       </c>
       <c r="Y111">
-        <v>0.18577299999999999</v>
+        <v>0.353186</v>
       </c>
       <c r="Z111" t="s">
         <v>128</v>
       </c>
       <c r="AE111" t="s">
         <v>128</v>
       </c>
       <c r="AF111">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG111" t="s">
         <v>128</v>
       </c>
       <c r="AH111">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI111">
         <v>1</v>
       </c>
       <c r="AJ111">
         <v>5</v>
       </c>
       <c r="AK111" t="s">
         <v>128</v>
       </c>
       <c r="AM111" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN111">
-        <v>-0.23348189999999999</v>
+        <v>-0.55941240000000003</v>
       </c>
       <c r="AP111">
-        <v>-9.3382800000000002E-2</v>
+        <v>-6.7577700000000004E-2</v>
       </c>
       <c r="AQ111" t="s">
         <v>128</v>
       </c>
       <c r="AS111">
-        <v>-3.5674299999999999E-2</v>
+        <v>0.21794649999999999</v>
       </c>
       <c r="AU111">
-        <v>4.6192999999999998E-3</v>
+        <v>0.14629739999999999</v>
       </c>
       <c r="AV111" t="s">
         <v>128</v>
       </c>
       <c r="AX111">
-        <v>0.2126826</v>
+        <v>1.1726175000000001</v>
       </c>
       <c r="AZ111">
-        <v>0.1131239</v>
+        <v>0.38799230000000001</v>
       </c>
       <c r="BA111" t="s">
         <v>128</v>
       </c>
       <c r="BC111">
-        <v>-0.59328890000000001</v>
+        <v>-0.86468840000000002</v>
       </c>
       <c r="BE111">
-        <v>-0.18904260000000001</v>
+        <v>-0.46774490000000002</v>
       </c>
       <c r="BF111" t="s">
         <v>128</v>
       </c>
       <c r="BN111" t="s">
         <v>127</v>
       </c>
       <c r="BO111" t="s">
+        <v>878</v>
+      </c>
+      <c r="BP111" t="s">
         <v>879</v>
       </c>
-      <c r="BP111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ111">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR111">
-        <v>100000</v>
+        <v>10000</v>
       </c>
       <c r="BS111">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT111">
         <v>0</v>
       </c>
       <c r="BU111">
         <v>0</v>
       </c>
       <c r="BV111">
         <v>0</v>
       </c>
       <c r="BW111">
         <v>0</v>
       </c>
       <c r="BX111" t="s">
         <v>128</v>
       </c>
       <c r="BY111">
-        <v>1.7000000000000001E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ111">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA111" t="s">
         <v>128</v>
       </c>
       <c r="CC111" t="s">
         <v>128</v>
       </c>
       <c r="CD111" t="s">
-        <v>142</v>
+        <v>386</v>
       </c>
       <c r="CE111" t="s">
-        <v>143</v>
+        <v>387</v>
       </c>
       <c r="CF111" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="CG111" t="s">
-        <v>145</v>
+        <v>388</v>
       </c>
       <c r="CH111" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI111" t="s">
         <v>128</v>
       </c>
       <c r="CO111" t="s">
-        <v>796</v>
+        <v>373</v>
       </c>
       <c r="CP111" t="s">
-        <v>276</v>
+        <v>427</v>
       </c>
       <c r="CQ111" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="CR111" t="s">
         <v>127</v>
       </c>
       <c r="CS111" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT111" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU111" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV111" t="s">
-        <v>153</v>
+        <v>219</v>
       </c>
       <c r="CW111" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="112" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>123</v>
       </c>
       <c r="B112" t="s">
         <v>124</v>
       </c>
       <c r="C112" t="s">
         <v>125</v>
       </c>
       <c r="D112" t="s">
         <v>126</v>
       </c>
       <c r="E112" t="s">
         <v>127</v>
       </c>
       <c r="F112" t="s">
         <v>127</v>
       </c>
       <c r="G112" t="s">
         <v>128</v>
       </c>
       <c r="H112" t="s">
         <v>128</v>
       </c>
       <c r="I112" t="s">
         <v>129</v>
       </c>
       <c r="J112" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K112" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L112" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N112" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="O112">
         <v>1</v>
       </c>
       <c r="P112" t="s">
+        <v>881</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>222</v>
+      </c>
+      <c r="R112" t="s">
+        <v>360</v>
+      </c>
+      <c r="S112" t="s">
         <v>882</v>
-      </c>
-[...7 lines deleted...]
-        <v>883</v>
       </c>
       <c r="T112">
         <v>2</v>
       </c>
       <c r="U112" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V112" t="s">
         <v>128</v>
       </c>
       <c r="W112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X112">
         <v>252</v>
       </c>
       <c r="Y112">
-        <v>0.192773</v>
+        <v>0.19489999999999999</v>
       </c>
       <c r="Z112" t="s">
         <v>128</v>
       </c>
       <c r="AE112" t="s">
         <v>128</v>
       </c>
       <c r="AF112">
         <v>4</v>
       </c>
       <c r="AG112" t="s">
         <v>128</v>
       </c>
       <c r="AH112">
         <v>4</v>
       </c>
       <c r="AI112">
         <v>1</v>
       </c>
       <c r="AJ112">
         <v>5</v>
       </c>
       <c r="AK112" t="s">
         <v>128</v>
       </c>
       <c r="AM112" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN112">
-        <v>-0.13664850000000001</v>
+        <v>-0.23727960000000001</v>
       </c>
       <c r="AP112">
-        <v>-1.3969199999999999E-2</v>
+        <v>-9.4442899999999996E-2</v>
       </c>
       <c r="AQ112" t="s">
         <v>128</v>
       </c>
       <c r="AS112">
-        <v>9.8091700000000004E-2</v>
+        <v>-3.3956800000000002E-2</v>
       </c>
       <c r="AU112">
-        <v>9.8010100000000003E-2</v>
+        <v>6.5510999999999998E-3</v>
       </c>
       <c r="AV112" t="s">
         <v>128</v>
       </c>
       <c r="AX112">
-        <v>0.39623039999999998</v>
+        <v>0.223777</v>
       </c>
       <c r="AZ112">
-        <v>0.22263189999999999</v>
+        <v>0.1188471</v>
       </c>
       <c r="BA112" t="s">
         <v>128</v>
       </c>
       <c r="BC112">
-        <v>-0.60243800000000003</v>
+        <v>-0.59732110000000005</v>
       </c>
       <c r="BE112">
-        <v>-0.2351888</v>
+        <v>-0.20014989999999999</v>
       </c>
       <c r="BF112" t="s">
         <v>128</v>
       </c>
       <c r="BN112" t="s">
         <v>127</v>
       </c>
       <c r="BO112" t="s">
+        <v>883</v>
+      </c>
+      <c r="BP112" t="s">
         <v>884</v>
       </c>
-      <c r="BP112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ112">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR112">
         <v>10000</v>
       </c>
       <c r="BS112">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT112">
         <v>0</v>
       </c>
       <c r="BU112">
         <v>0</v>
       </c>
       <c r="BV112">
         <v>0</v>
       </c>
       <c r="BW112">
         <v>0</v>
       </c>
       <c r="BX112" t="s">
         <v>128</v>
       </c>
       <c r="BY112">
-        <v>6.4000000000000003E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ112">
-        <v>4.8000000000000001E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA112" t="s">
         <v>128</v>
       </c>
       <c r="CC112" t="s">
         <v>128</v>
       </c>
       <c r="CD112" t="s">
-        <v>430</v>
+        <v>143</v>
       </c>
       <c r="CE112" t="s">
-        <v>431</v>
+        <v>144</v>
       </c>
       <c r="CF112" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="CG112" t="s">
-        <v>324</v>
+        <v>146</v>
       </c>
       <c r="CH112" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI112" t="s">
         <v>128</v>
       </c>
       <c r="CO112" t="s">
-        <v>268</v>
+        <v>785</v>
       </c>
       <c r="CP112" t="s">
-        <v>325</v>
+        <v>435</v>
       </c>
       <c r="CQ112" t="s">
-        <v>204</v>
+        <v>150</v>
       </c>
       <c r="CR112" t="s">
         <v>127</v>
       </c>
       <c r="CS112" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT112" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="CU112" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV112" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="CW112" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="113" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>123</v>
       </c>
       <c r="B113" t="s">
         <v>124</v>
       </c>
       <c r="C113" t="s">
         <v>125</v>
       </c>
       <c r="D113" t="s">
         <v>126</v>
       </c>
       <c r="E113" t="s">
         <v>127</v>
       </c>
       <c r="F113" t="s">
         <v>127</v>
       </c>
       <c r="G113" t="s">
         <v>128</v>
       </c>
       <c r="H113" t="s">
         <v>128</v>
       </c>
       <c r="I113" t="s">
         <v>129</v>
       </c>
       <c r="J113" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K113" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L113" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N113" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="O113">
         <v>1</v>
       </c>
       <c r="P113" t="s">
+        <v>886</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>210</v>
+      </c>
+      <c r="R113" t="s">
+        <v>158</v>
+      </c>
+      <c r="S113" t="s">
         <v>887</v>
-      </c>
-[...7 lines deleted...]
-        <v>888</v>
       </c>
       <c r="T113">
         <v>2</v>
       </c>
       <c r="U113" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V113" t="s">
         <v>128</v>
       </c>
       <c r="W113" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X113">
         <v>252</v>
       </c>
       <c r="Y113">
-        <v>0.190053</v>
+        <v>0.29960399999999998</v>
       </c>
       <c r="Z113" t="s">
         <v>128</v>
       </c>
       <c r="AE113" t="s">
         <v>128</v>
       </c>
       <c r="AF113">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG113" t="s">
         <v>128</v>
       </c>
       <c r="AH113">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI113">
         <v>1</v>
       </c>
       <c r="AJ113">
         <v>5</v>
       </c>
       <c r="AK113" t="s">
         <v>128</v>
       </c>
       <c r="AM113" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN113">
-        <v>-0.20235890000000001</v>
+        <v>-0.53665810000000003</v>
       </c>
       <c r="AP113">
-        <v>-9.1347999999999999E-2</v>
+        <v>-0.17566470000000001</v>
       </c>
       <c r="AQ113" t="s">
         <v>128</v>
       </c>
       <c r="AS113">
-        <v>9.6682000000000001E-3</v>
+        <v>0.1119275</v>
       </c>
       <c r="AU113">
-        <v>9.7290999999999992E-3</v>
+        <v>3.7580500000000003E-2</v>
       </c>
       <c r="AV113" t="s">
         <v>128</v>
       </c>
       <c r="AX113">
-        <v>0.27837200000000001</v>
+        <v>0.97670970000000001</v>
       </c>
       <c r="AZ113">
-        <v>0.1221053</v>
+        <v>0.32868320000000001</v>
       </c>
       <c r="BA113" t="s">
         <v>128</v>
       </c>
       <c r="BC113">
-        <v>-0.53739139999999996</v>
+        <v>-0.78432380000000002</v>
       </c>
       <c r="BE113">
-        <v>-0.19137799999999999</v>
+        <v>-0.3744671</v>
       </c>
       <c r="BF113" t="s">
         <v>128</v>
       </c>
       <c r="BN113" t="s">
         <v>127</v>
       </c>
       <c r="BO113" t="s">
+        <v>888</v>
+      </c>
+      <c r="BP113" t="s">
         <v>889</v>
       </c>
-      <c r="BP113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ113">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR113">
         <v>10000</v>
       </c>
       <c r="BS113">
         <v>0</v>
       </c>
       <c r="BT113">
         <v>0</v>
       </c>
       <c r="BU113">
         <v>0</v>
       </c>
       <c r="BV113">
         <v>0</v>
       </c>
       <c r="BW113">
         <v>0</v>
       </c>
       <c r="BX113" t="s">
         <v>128</v>
       </c>
       <c r="BY113">
-        <v>8.0000000000000002E-3</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ113">
-        <v>8.4000000000000003E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA113" t="s">
         <v>128</v>
       </c>
       <c r="CC113" t="s">
         <v>128</v>
       </c>
       <c r="CD113" t="s">
-        <v>142</v>
+        <v>235</v>
       </c>
       <c r="CE113" t="s">
-        <v>143</v>
+        <v>236</v>
       </c>
       <c r="CF113" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="CG113" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="CH113" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI113" t="s">
         <v>128</v>
       </c>
       <c r="CO113" t="s">
-        <v>796</v>
+        <v>420</v>
       </c>
       <c r="CP113" t="s">
-        <v>276</v>
+        <v>890</v>
       </c>
       <c r="CQ113" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="CR113" t="s">
         <v>127</v>
       </c>
       <c r="CS113" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT113" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU113" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV113" t="s">
-        <v>731</v>
+        <v>241</v>
       </c>
       <c r="CW113" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="114" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>123</v>
       </c>
       <c r="B114" t="s">
         <v>124</v>
       </c>
       <c r="C114" t="s">
         <v>125</v>
       </c>
       <c r="D114" t="s">
         <v>126</v>
       </c>
       <c r="E114" t="s">
         <v>127</v>
       </c>
       <c r="F114" t="s">
         <v>127</v>
       </c>
       <c r="G114" t="s">
         <v>128</v>
       </c>
       <c r="H114" t="s">
         <v>128</v>
       </c>
       <c r="I114" t="s">
         <v>129</v>
       </c>
       <c r="J114" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K114" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L114" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N114" t="s">
         <v>891</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
         <v>892</v>
       </c>
       <c r="Q114" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="R114" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="S114" t="s">
         <v>893</v>
       </c>
       <c r="T114">
         <v>2</v>
       </c>
       <c r="U114" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V114" t="s">
         <v>128</v>
       </c>
       <c r="W114" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X114">
         <v>252</v>
       </c>
       <c r="Y114">
-        <v>0.23807200000000001</v>
+        <v>0.27942699999999998</v>
       </c>
       <c r="Z114" t="s">
         <v>128</v>
       </c>
       <c r="AE114" t="s">
         <v>128</v>
       </c>
       <c r="AF114">
         <v>5</v>
       </c>
       <c r="AG114" t="s">
         <v>128</v>
       </c>
       <c r="AH114">
         <v>5</v>
       </c>
       <c r="AI114">
         <v>1</v>
       </c>
       <c r="AJ114">
         <v>5</v>
       </c>
       <c r="AK114" t="s">
         <v>128</v>
       </c>
       <c r="AM114" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN114">
-        <v>-0.42088140000000002</v>
+        <v>-0.45323140000000001</v>
       </c>
       <c r="AP114">
-        <v>-5.9631799999999999E-2</v>
+        <v>-5.4075499999999999E-2</v>
       </c>
       <c r="AQ114" t="s">
         <v>128</v>
       </c>
       <c r="AS114">
-        <v>0.1192276</v>
+        <v>0.1831795</v>
       </c>
       <c r="AU114">
-        <v>0.1460458</v>
+        <v>0.15994729999999999</v>
       </c>
       <c r="AV114" t="s">
         <v>128</v>
       </c>
       <c r="AX114">
-        <v>1.0207957999999999</v>
+        <v>0.88735649999999999</v>
       </c>
       <c r="AZ114">
-        <v>0.29130479999999997</v>
+        <v>0.33344010000000002</v>
       </c>
       <c r="BA114" t="s">
         <v>128</v>
       </c>
       <c r="BC114">
-        <v>-0.70290269999999999</v>
+        <v>-0.86118340000000004</v>
       </c>
       <c r="BE114">
-        <v>-0.30019309999999999</v>
+        <v>-0.41223799999999999</v>
       </c>
       <c r="BF114" t="s">
         <v>128</v>
       </c>
       <c r="BN114" t="s">
         <v>127</v>
       </c>
       <c r="BO114" t="s">
         <v>894</v>
       </c>
       <c r="BP114" t="s">
         <v>895</v>
       </c>
       <c r="BQ114">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="BR114">
         <v>10000</v>
       </c>
       <c r="BS114">
         <v>0</v>
       </c>
       <c r="BT114">
         <v>0</v>
       </c>
       <c r="BU114">
         <v>0</v>
       </c>
       <c r="BV114">
         <v>0</v>
       </c>
       <c r="BW114">
         <v>0</v>
       </c>
       <c r="BX114" t="s">
         <v>128</v>
       </c>
       <c r="BY114">
-        <v>5.7999999999999996E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ114">
-        <v>1.1000000000000001E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA114" t="s">
         <v>128</v>
       </c>
       <c r="CC114" t="s">
         <v>128</v>
       </c>
       <c r="CD114" t="s">
-        <v>255</v>
+        <v>143</v>
       </c>
       <c r="CE114" t="s">
-        <v>256</v>
+        <v>300</v>
       </c>
       <c r="CF114" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG114" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="CH114" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI114" t="s">
         <v>128</v>
       </c>
       <c r="CO114" t="s">
-        <v>440</v>
+        <v>301</v>
       </c>
       <c r="CP114" t="s">
-        <v>398</v>
+        <v>444</v>
       </c>
       <c r="CQ114" t="s">
-        <v>225</v>
+        <v>896</v>
       </c>
       <c r="CR114" t="s">
         <v>127</v>
       </c>
       <c r="CS114" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT114" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU114" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV114" t="s">
-        <v>399</v>
+        <v>293</v>
       </c>
       <c r="CW114" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="115" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>123</v>
       </c>
       <c r="B115" t="s">
         <v>124</v>
       </c>
       <c r="C115" t="s">
         <v>125</v>
       </c>
       <c r="D115" t="s">
         <v>126</v>
       </c>
       <c r="E115" t="s">
         <v>127</v>
       </c>
       <c r="F115" t="s">
         <v>127</v>
       </c>
       <c r="G115" t="s">
         <v>128</v>
       </c>
       <c r="H115" t="s">
         <v>128</v>
       </c>
       <c r="I115" t="s">
         <v>129</v>
       </c>
       <c r="J115" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K115" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L115" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N115" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Q115" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="R115" t="s">
-        <v>157</v>
+        <v>288</v>
       </c>
       <c r="S115" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="T115">
         <v>2</v>
       </c>
       <c r="U115" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V115" t="s">
         <v>128</v>
       </c>
       <c r="W115" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X115">
         <v>252</v>
       </c>
       <c r="Y115">
-        <v>0.28509400000000001</v>
+        <v>0.29453000000000001</v>
       </c>
       <c r="Z115" t="s">
         <v>128</v>
       </c>
       <c r="AE115" t="s">
         <v>128</v>
       </c>
       <c r="AF115">
         <v>5</v>
       </c>
       <c r="AG115" t="s">
         <v>128</v>
       </c>
       <c r="AH115">
         <v>5</v>
       </c>
       <c r="AI115">
         <v>1</v>
       </c>
       <c r="AJ115">
         <v>5</v>
       </c>
       <c r="AK115" t="s">
         <v>128</v>
       </c>
       <c r="AM115" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN115">
-        <v>-0.47249229999999998</v>
+        <v>-0.53258150000000004</v>
       </c>
       <c r="AP115">
-        <v>-0.15691530000000001</v>
+        <v>-4.66156E-2</v>
       </c>
       <c r="AQ115" t="s">
         <v>128</v>
       </c>
       <c r="AS115">
-        <v>0.1127346</v>
+        <v>0.20762990000000001</v>
       </c>
       <c r="AU115">
-        <v>7.5966099999999995E-2</v>
+        <v>0.15261040000000001</v>
       </c>
       <c r="AV115" t="s">
         <v>128</v>
       </c>
       <c r="AX115">
-        <v>0.80002110000000004</v>
+        <v>1.0512197000000001</v>
       </c>
       <c r="AZ115">
-        <v>0.29923440000000001</v>
+        <v>0.35984060000000001</v>
       </c>
       <c r="BA115" t="s">
         <v>128</v>
       </c>
       <c r="BC115">
-        <v>-0.76923889999999995</v>
+        <v>-0.81768099999999999</v>
       </c>
       <c r="BE115">
-        <v>-0.35076790000000002</v>
+        <v>-0.40164080000000002</v>
       </c>
       <c r="BF115" t="s">
         <v>128</v>
       </c>
       <c r="BN115" t="s">
         <v>127</v>
       </c>
       <c r="BO115" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="BP115" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="BQ115">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BR115">
         <v>10000</v>
       </c>
       <c r="BS115">
         <v>0</v>
       </c>
       <c r="BT115">
         <v>0</v>
       </c>
       <c r="BU115">
         <v>0</v>
       </c>
       <c r="BV115">
         <v>0</v>
       </c>
       <c r="BW115">
         <v>0</v>
       </c>
       <c r="BX115" t="s">
         <v>128</v>
       </c>
       <c r="BY115">
-        <v>8.8000000000000005E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ115">
-        <v>1.4E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA115" t="s">
         <v>128</v>
       </c>
       <c r="CC115" t="s">
         <v>128</v>
       </c>
       <c r="CD115" t="s">
-        <v>232</v>
+        <v>143</v>
       </c>
       <c r="CE115" t="s">
-        <v>233</v>
+        <v>300</v>
       </c>
       <c r="CF115" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG115" t="s">
-        <v>234</v>
+        <v>204</v>
       </c>
       <c r="CH115" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI115" t="s">
         <v>128</v>
       </c>
       <c r="CO115" t="s">
-        <v>417</v>
+        <v>205</v>
       </c>
       <c r="CP115" t="s">
-        <v>901</v>
+        <v>646</v>
       </c>
       <c r="CQ115" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="CR115" t="s">
         <v>127</v>
       </c>
       <c r="CS115" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT115" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU115" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV115" t="s">
-        <v>237</v>
+        <v>293</v>
       </c>
       <c r="CW115" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="116" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>123</v>
       </c>
       <c r="B116" t="s">
         <v>124</v>
       </c>
       <c r="C116" t="s">
         <v>125</v>
       </c>
       <c r="D116" t="s">
         <v>126</v>
       </c>
       <c r="E116" t="s">
         <v>127</v>
       </c>
       <c r="F116" t="s">
         <v>127</v>
       </c>
       <c r="G116" t="s">
         <v>128</v>
       </c>
       <c r="H116" t="s">
         <v>128</v>
       </c>
       <c r="I116" t="s">
         <v>129</v>
       </c>
       <c r="J116" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K116" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L116" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N116" t="s">
         <v>902</v>
       </c>
       <c r="O116">
         <v>1</v>
       </c>
       <c r="P116" t="s">
         <v>903</v>
       </c>
       <c r="Q116" t="s">
-        <v>220</v>
+        <v>157</v>
       </c>
       <c r="R116" t="s">
-        <v>379</v>
+        <v>172</v>
       </c>
       <c r="S116" t="s">
         <v>904</v>
       </c>
       <c r="T116">
         <v>2</v>
       </c>
       <c r="U116" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V116" t="s">
         <v>128</v>
       </c>
       <c r="W116" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X116">
         <v>252</v>
       </c>
       <c r="Y116">
-        <v>0.35512500000000002</v>
+        <v>0.18739700000000001</v>
       </c>
       <c r="Z116" t="s">
         <v>128</v>
       </c>
       <c r="AE116" t="s">
         <v>128</v>
       </c>
       <c r="AF116">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG116" t="s">
         <v>128</v>
       </c>
       <c r="AH116">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI116">
         <v>1</v>
       </c>
       <c r="AJ116">
         <v>5</v>
       </c>
       <c r="AK116" t="s">
         <v>128</v>
       </c>
       <c r="AM116" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN116">
-        <v>-0.55941240000000003</v>
+        <v>-0.26792280000000002</v>
       </c>
       <c r="AP116">
-        <v>-6.7577700000000004E-2</v>
+        <v>-1.5727999999999999E-2</v>
       </c>
       <c r="AQ116" t="s">
         <v>128</v>
       </c>
       <c r="AS116">
-        <v>0.21794649999999999</v>
+        <v>8.96676E-2</v>
       </c>
       <c r="AU116">
-        <v>0.14629739999999999</v>
+        <v>6.6079899999999997E-2</v>
       </c>
       <c r="AV116" t="s">
         <v>128</v>
       </c>
       <c r="AX116">
-        <v>1.1726175000000001</v>
+        <v>0.37555880000000003</v>
       </c>
       <c r="AZ116">
-        <v>0.38799230000000001</v>
+        <v>0.1525243</v>
       </c>
       <c r="BA116" t="s">
         <v>128</v>
       </c>
       <c r="BC116">
-        <v>-0.86468840000000002</v>
+        <v>-0.60241290000000003</v>
       </c>
       <c r="BE116">
-        <v>-0.46774490000000002</v>
+        <v>-0.23924519999999999</v>
       </c>
       <c r="BF116" t="s">
         <v>128</v>
       </c>
       <c r="BN116" t="s">
         <v>127</v>
       </c>
       <c r="BO116" t="s">
         <v>905</v>
       </c>
       <c r="BP116" t="s">
         <v>906</v>
       </c>
       <c r="BQ116">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BR116">
         <v>10000</v>
       </c>
       <c r="BS116">
         <v>0</v>
       </c>
       <c r="BT116">
         <v>0</v>
       </c>
       <c r="BU116">
         <v>0</v>
       </c>
       <c r="BV116">
         <v>0</v>
       </c>
       <c r="BW116">
         <v>0</v>
       </c>
       <c r="BX116" t="s">
         <v>128</v>
       </c>
       <c r="BY116">
-        <v>6.4999999999999997E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ116">
-        <v>2.3E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA116" t="s">
         <v>128</v>
       </c>
       <c r="CC116" t="s">
         <v>128</v>
       </c>
       <c r="CD116" t="s">
-        <v>383</v>
+        <v>433</v>
       </c>
       <c r="CE116" t="s">
-        <v>384</v>
+        <v>479</v>
       </c>
       <c r="CF116" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="CG116" t="s">
-        <v>385</v>
+        <v>327</v>
       </c>
       <c r="CH116" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI116" t="s">
         <v>128</v>
       </c>
       <c r="CO116" t="s">
-        <v>370</v>
+        <v>413</v>
       </c>
       <c r="CP116" t="s">
-        <v>424</v>
+        <v>496</v>
       </c>
       <c r="CQ116" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="CR116" t="s">
         <v>127</v>
       </c>
       <c r="CS116" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT116" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU116" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV116" t="s">
-        <v>346</v>
+        <v>437</v>
       </c>
       <c r="CW116" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="117" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>123</v>
       </c>
       <c r="B117" t="s">
         <v>124</v>
       </c>
       <c r="C117" t="s">
         <v>125</v>
       </c>
       <c r="D117" t="s">
         <v>126</v>
       </c>
       <c r="E117" t="s">
         <v>127</v>
       </c>
       <c r="F117" t="s">
         <v>127</v>
       </c>
       <c r="G117" t="s">
         <v>128</v>
       </c>
       <c r="H117" t="s">
         <v>128</v>
       </c>
       <c r="I117" t="s">
         <v>129</v>
       </c>
       <c r="J117" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K117" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L117" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N117" t="s">
         <v>907</v>
       </c>
       <c r="O117">
         <v>1</v>
       </c>
       <c r="P117" t="s">
         <v>908</v>
       </c>
       <c r="Q117" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="R117" t="s">
-        <v>357</v>
+        <v>909</v>
       </c>
       <c r="S117" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="T117">
         <v>2</v>
       </c>
       <c r="U117" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V117" t="s">
         <v>128</v>
       </c>
       <c r="W117" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X117">
         <v>252</v>
       </c>
       <c r="Y117">
-        <v>0.193858</v>
+        <v>0.29451699999999997</v>
       </c>
       <c r="Z117" t="s">
         <v>128</v>
       </c>
       <c r="AE117" t="s">
         <v>128</v>
       </c>
       <c r="AF117">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG117" t="s">
         <v>128</v>
       </c>
       <c r="AH117">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI117">
         <v>1</v>
       </c>
       <c r="AJ117">
         <v>5</v>
       </c>
       <c r="AK117" t="s">
         <v>128</v>
       </c>
       <c r="AM117" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN117">
-        <v>-0.23727960000000001</v>
+        <v>-0.5296495</v>
       </c>
       <c r="AP117">
-        <v>-9.4442899999999996E-2</v>
+        <v>-4.48888E-2</v>
       </c>
       <c r="AQ117" t="s">
         <v>128</v>
       </c>
       <c r="AS117">
-        <v>-3.3956800000000002E-2</v>
+        <v>0.13717460000000001</v>
       </c>
       <c r="AU117">
-        <v>6.5510999999999998E-3</v>
+        <v>4.2967999999999999E-2</v>
       </c>
       <c r="AV117" t="s">
         <v>128</v>
       </c>
       <c r="AX117">
-        <v>0.223777</v>
+        <v>0.51644789999999996</v>
       </c>
       <c r="AZ117">
-        <v>0.1188471</v>
+        <v>0.16673579999999999</v>
       </c>
       <c r="BA117" t="s">
         <v>128</v>
       </c>
       <c r="BC117">
-        <v>-0.59732110000000005</v>
+        <v>-0.82017790000000002</v>
       </c>
       <c r="BE117">
-        <v>-0.20014989999999999</v>
+        <v>-0.40416289999999999</v>
       </c>
       <c r="BF117" t="s">
         <v>128</v>
       </c>
       <c r="BN117" t="s">
         <v>127</v>
       </c>
       <c r="BO117" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="BP117" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="BQ117">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BR117">
         <v>10000</v>
       </c>
       <c r="BS117">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT117">
         <v>0</v>
       </c>
       <c r="BU117">
         <v>0</v>
       </c>
       <c r="BV117">
         <v>0</v>
       </c>
       <c r="BW117">
         <v>0</v>
       </c>
       <c r="BX117" t="s">
         <v>128</v>
       </c>
       <c r="BY117">
-        <v>1.7000000000000001E-2</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="BZ117">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA117" t="s">
         <v>128</v>
       </c>
       <c r="CC117" t="s">
         <v>128</v>
       </c>
       <c r="CD117" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE117" t="s">
-        <v>143</v>
+        <v>300</v>
       </c>
       <c r="CF117" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="CG117" t="s">
-        <v>145</v>
+        <v>204</v>
       </c>
       <c r="CH117" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI117" t="s">
         <v>128</v>
       </c>
       <c r="CO117" t="s">
-        <v>796</v>
+        <v>456</v>
       </c>
       <c r="CP117" t="s">
-        <v>432</v>
+        <v>149</v>
       </c>
       <c r="CQ117" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="CR117" t="s">
         <v>127</v>
       </c>
       <c r="CS117" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT117" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="CU117" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV117" t="s">
-        <v>153</v>
+        <v>913</v>
       </c>
       <c r="CW117" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="118" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>123</v>
       </c>
       <c r="B118" t="s">
         <v>124</v>
       </c>
       <c r="C118" t="s">
         <v>125</v>
       </c>
       <c r="D118" t="s">
         <v>126</v>
       </c>
       <c r="E118" t="s">
         <v>127</v>
       </c>
       <c r="F118" t="s">
         <v>127</v>
       </c>
       <c r="G118" t="s">
         <v>128</v>
       </c>
       <c r="H118" t="s">
         <v>128</v>
       </c>
       <c r="I118" t="s">
         <v>129</v>
       </c>
       <c r="J118" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K118" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L118" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N118" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="O118">
         <v>1</v>
       </c>
       <c r="P118" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="Q118" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="R118" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="S118" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="T118">
         <v>2</v>
       </c>
       <c r="U118" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V118" t="s">
         <v>128</v>
       </c>
       <c r="W118" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X118">
         <v>252</v>
       </c>
       <c r="Y118">
-        <v>0.30088900000000002</v>
+        <v>0.14271900000000001</v>
       </c>
       <c r="Z118" t="s">
         <v>128</v>
       </c>
       <c r="AE118" t="s">
         <v>128</v>
       </c>
       <c r="AF118">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG118" t="s">
         <v>128</v>
       </c>
       <c r="AH118">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI118">
         <v>1</v>
       </c>
       <c r="AJ118">
         <v>5</v>
       </c>
       <c r="AK118" t="s">
         <v>128</v>
       </c>
       <c r="AM118" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN118">
-        <v>-0.53665810000000003</v>
+        <v>-0.12725049999999999</v>
       </c>
       <c r="AP118">
-        <v>-0.17566470000000001</v>
+        <v>-1.25494E-2</v>
       </c>
       <c r="AQ118" t="s">
         <v>128</v>
       </c>
       <c r="AS118">
-        <v>0.1119275</v>
+        <v>9.3251500000000001E-2</v>
       </c>
       <c r="AU118">
-        <v>3.7580500000000003E-2</v>
+        <v>9.1490000000000002E-2</v>
       </c>
       <c r="AV118" t="s">
         <v>128</v>
       </c>
       <c r="AX118">
-        <v>0.97670970000000001</v>
+        <v>0.36042859999999999</v>
       </c>
       <c r="AZ118">
-        <v>0.32868320000000001</v>
+        <v>0.20489499999999999</v>
       </c>
       <c r="BA118" t="s">
         <v>128</v>
       </c>
       <c r="BC118">
-        <v>-0.78432380000000002</v>
+        <v>-0.82819750000000003</v>
       </c>
       <c r="BE118">
-        <v>-0.3744671</v>
+        <v>-0.29433480000000001</v>
       </c>
       <c r="BF118" t="s">
         <v>128</v>
       </c>
       <c r="BN118" t="s">
         <v>127</v>
       </c>
       <c r="BO118" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="BP118" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="BQ118">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="BR118">
         <v>10000</v>
       </c>
       <c r="BS118">
         <v>0</v>
       </c>
       <c r="BT118">
         <v>0</v>
       </c>
       <c r="BU118">
         <v>0</v>
       </c>
       <c r="BV118">
         <v>0</v>
       </c>
       <c r="BW118">
         <v>0</v>
       </c>
       <c r="BX118" t="s">
         <v>128</v>
       </c>
       <c r="BY118">
-        <v>8.8000000000000005E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="BZ118">
-        <v>1.4E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA118" t="s">
         <v>128</v>
       </c>
       <c r="CC118" t="s">
         <v>128</v>
       </c>
       <c r="CD118" t="s">
-        <v>232</v>
+        <v>189</v>
       </c>
       <c r="CE118" t="s">
-        <v>233</v>
+        <v>190</v>
       </c>
       <c r="CF118" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="CG118" t="s">
-        <v>234</v>
+        <v>192</v>
       </c>
       <c r="CH118" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI118" t="s">
         <v>128</v>
       </c>
       <c r="CO118" t="s">
-        <v>417</v>
+        <v>820</v>
       </c>
       <c r="CP118" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="CQ118" t="s">
-        <v>236</v>
+        <v>563</v>
       </c>
       <c r="CR118" t="s">
         <v>127</v>
       </c>
       <c r="CS118" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT118" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU118" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV118" t="s">
-        <v>237</v>
+        <v>557</v>
       </c>
       <c r="CW118" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="119" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>123</v>
       </c>
       <c r="B119" t="s">
         <v>124</v>
       </c>
       <c r="C119" t="s">
         <v>125</v>
       </c>
       <c r="D119" t="s">
         <v>126</v>
       </c>
       <c r="E119" t="s">
         <v>127</v>
       </c>
       <c r="F119" t="s">
         <v>127</v>
       </c>
       <c r="G119" t="s">
         <v>128</v>
       </c>
       <c r="H119" t="s">
         <v>128</v>
       </c>
       <c r="I119" t="s">
         <v>129</v>
       </c>
       <c r="J119" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K119" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L119" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N119" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="O119">
         <v>1</v>
       </c>
       <c r="P119" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="Q119" t="s">
-        <v>220</v>
+        <v>157</v>
       </c>
       <c r="R119" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="S119" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="T119">
         <v>2</v>
       </c>
       <c r="U119" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V119" t="s">
         <v>128</v>
       </c>
       <c r="W119" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X119">
         <v>252</v>
       </c>
       <c r="Y119">
-        <v>0.28077299999999999</v>
+        <v>0.13616400000000001</v>
       </c>
       <c r="Z119" t="s">
         <v>128</v>
       </c>
       <c r="AE119" t="s">
         <v>128</v>
       </c>
       <c r="AF119">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG119" t="s">
         <v>128</v>
       </c>
       <c r="AH119">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI119">
         <v>1</v>
       </c>
       <c r="AJ119">
         <v>5</v>
       </c>
       <c r="AK119" t="s">
         <v>128</v>
       </c>
       <c r="AM119" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN119">
-        <v>-0.45323140000000001</v>
+        <v>-7.8745800000000005E-2</v>
+      </c>
+      <c r="AO119">
+        <v>-8.4075E-3</v>
       </c>
       <c r="AP119">
-        <v>-5.4075499999999999E-2</v>
+        <v>1.43105E-2</v>
       </c>
       <c r="AQ119" t="s">
         <v>128</v>
       </c>
       <c r="AS119">
-        <v>0.1831795</v>
+        <v>9.6923999999999996E-2</v>
+      </c>
+      <c r="AT119">
+        <v>9.6556100000000006E-2</v>
       </c>
       <c r="AU119">
-        <v>0.15994729999999999</v>
+        <v>9.6482499999999999E-2</v>
       </c>
       <c r="AV119" t="s">
         <v>128</v>
       </c>
       <c r="AX119">
-        <v>0.88735649999999999</v>
+        <v>0.30393510000000001</v>
+      </c>
+      <c r="AY119">
+        <v>0.2119627</v>
       </c>
       <c r="AZ119">
-        <v>0.33344010000000002</v>
+        <v>0.18492</v>
       </c>
       <c r="BA119" t="s">
         <v>128</v>
       </c>
       <c r="BC119">
-        <v>-0.86118340000000004</v>
+        <v>-0.44660490000000003</v>
+      </c>
+      <c r="BD119">
+        <v>-0.17758160000000001</v>
       </c>
       <c r="BE119">
-        <v>-0.41223799999999999</v>
+        <v>-0.14385539999999999</v>
       </c>
       <c r="BF119" t="s">
         <v>128</v>
       </c>
       <c r="BN119" t="s">
         <v>127</v>
       </c>
-      <c r="BO119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BP119" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="BQ119">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BR119">
         <v>10000</v>
       </c>
       <c r="BS119">
         <v>0</v>
       </c>
       <c r="BT119">
         <v>0</v>
       </c>
       <c r="BU119">
         <v>0</v>
       </c>
       <c r="BV119">
         <v>0</v>
       </c>
       <c r="BW119">
         <v>0</v>
       </c>
       <c r="BX119" t="s">
         <v>128</v>
       </c>
       <c r="BY119">
-        <v>6.7000000000000002E-3</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ119">
-        <v>2.3E-3</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA119" t="s">
         <v>128</v>
       </c>
       <c r="CC119" t="s">
         <v>128</v>
       </c>
       <c r="CD119" t="s">
-        <v>142</v>
+        <v>259</v>
       </c>
       <c r="CE119" t="s">
-        <v>297</v>
+        <v>260</v>
       </c>
       <c r="CF119" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="CG119" t="s">
-        <v>202</v>
+        <v>261</v>
       </c>
       <c r="CH119" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI119" t="s">
         <v>128</v>
       </c>
       <c r="CO119" t="s">
-        <v>298</v>
+        <v>355</v>
       </c>
       <c r="CP119" t="s">
-        <v>441</v>
+        <v>356</v>
       </c>
       <c r="CQ119" t="s">
-        <v>923</v>
+        <v>167</v>
       </c>
       <c r="CR119" t="s">
         <v>127</v>
       </c>
       <c r="CS119" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT119" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CU119" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV119" t="s">
-        <v>290</v>
+        <v>263</v>
       </c>
       <c r="CW119" t="s">
-        <v>128</v>
-[...1142 lines deleted...]
-      <c r="CW124" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:DS1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...270 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CE238BC-6474-4C79-AF5D-30CB7C1119E0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Unknown Creator</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>