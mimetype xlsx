--- v0 (2025-12-05)
+++ v1 (2025-12-22)
@@ -1,73 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://financialexpress-my.sharepoint.com/personal/anna_gordeeva_fefundinfo_com/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="8_{417EBB23-5C14-44A3-A5F8-29AE10EEE1CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1477245D-2D0B-4B05-94DD-28F2BB9BC683}"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="8_{5C66FBB3-00F9-4231-B2F6-5DD729CC9A40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{22DBE9E8-FC91-411C-993A-1560E3133F20}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$DS$123</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$DS$118</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6221" uniqueCount="936">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5971" uniqueCount="912">
   <si>
     <t>00001_EPT_Version</t>
   </si>
   <si>
     <t>00002_EPT_Producer_Name</t>
   </si>
   <si>
     <t>00004_EPT_Producer_Email</t>
   </si>
   <si>
     <t>00005_File_Generation_Date_And_Time</t>
   </si>
   <si>
     <t>00006_EPT_Data_Reporting_Narratives</t>
   </si>
   <si>
     <t>00007_EPT_Data_Reporting_Costs</t>
   </si>
   <si>
     <t>00008_EPT_Data_Reporting_Additional_Requirements_German_MOPs</t>
   </si>
   <si>
     <t>00009_EPT_Additional_Information_Structured_Products</t>
   </si>
   <si>
@@ -403,62 +399,65 @@
   <si>
     <t>07070_One_Off_Costs_Portfolio_Entry_Cost</t>
   </si>
   <si>
     <t>07080_One_Off_Costs_Portfolio_Exit_Cost</t>
   </si>
   <si>
     <t>07090_Ongoing_Costs_Portfolio_Transaction_Costs</t>
   </si>
   <si>
     <t>07100_Ongoing_Costs_Management_Fees_And_Other_Administrative_Or_Operating_Costs</t>
   </si>
   <si>
     <t>07110_Incidental_Costs_Portfolio_Performance_Fees_Carried_Interest</t>
   </si>
   <si>
     <t>V20</t>
   </si>
   <si>
     <t>FE Fundinfo (Luxembourg) S.à r.l.</t>
   </si>
   <si>
     <t>publifundsupport@fefundinfo.com</t>
   </si>
   <si>
-    <t>2025-10-31 10:42:11</t>
+    <t>2025-11-28 10:51:12</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Baillie Gifford Investment Management (Europe) Limited</t>
   </si>
   <si>
+    <t>Baillie Gifford</t>
+  </si>
+  <si>
     <t>213800UMCR6T2PTQSG68</t>
   </si>
   <si>
     <t>bgeteam@bailliegifford.com</t>
   </si>
   <si>
     <t>IE00BN15WP34</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A CHF Accumulation</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>2025-07-17</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BN15WP34/de_AT</t>
   </si>
   <si>
     <t>XL41</t>
   </si>
   <si>
     <t>deu</t>
@@ -547,2334 +546,2259 @@
   <si>
     <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen April 2016 und April 2021 eingetreten.</t>
   </si>
   <si>
     <t>Für dieses Produkt wird keine Erfolgsgebühr berechnet.</t>
   </si>
   <si>
     <t>Weder Baillie Gifford Investment Management (Europe) Limited noch der Fonds erheben eine Einstiegsgebühr.</t>
   </si>
   <si>
     <t>Weder Baillie Gifford Investment Management (Europe) Limited noch der Fonds berechnen eine Ausstiegsgebühr für dieses Produkt. Die Person, die Ihnen dieses Produkt verkauft, kann jedoch eine Gebühr berechnen.</t>
   </si>
   <si>
     <t>0.77 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
   </si>
   <si>
     <t>IE00BN15WL95</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund B CHF Accumulation</t>
   </si>
   <si>
     <t>2025-02-18</t>
   </si>
   <si>
-    <t>https://docs.publifund.com/kideu/IE00BN15WL95/de_AT</t>
+    <t>https://docs.publifund.com/kideu/IE00BN15WL95/de_DE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BN15WL95/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BN15WL95/en_IE</t>
   </si>
   <si>
     <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt, mit einem Schwerpunkt auf Anlagen in Unternehmen, die sich für die Verbesserung von Umwelt- und Sozialstandards einsetzen. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch eine qualitative Betrachtung wesentlicher negativer Auswirkungen mittels eines Ausschlussprinzips. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
   </si>
   <si>
     <t>Der Fonds strebt eine Maximierung der Gesamtrendite hauptsächlich durch Kapitalzuwachs an. Der Fonds kann direkt oder indirekt in beliebige Wirtschaftssektoren von Schwellenländern weltweit investieren. Die Anlagen werden vornehmlich in Aktien von Unternehmen getätigt. Die Unternehmen aus Schwellenländern, in die der Fonds investieren wird, haben eine Marktkapitalisierung im Streubesitz von über 1 Milliarde US-Dollar. Der Anlageverwalter entscheidet, was als Schwellenland gilt. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI Emerging Markets Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
   </si>
   <si>
     <t>Engagements in Schwellenmärkten, wozu China gehört, sowie in ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendungen die Erträge übersteigen</t>
   </si>
   <si>
     <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Juni 2021 und August 2024 eingetreten.</t>
   </si>
   <si>
     <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen April 2017 und April 2022 eingetreten.</t>
   </si>
   <si>
     <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Februar 2016 und Februar 2021 eingetreten.</t>
   </si>
   <si>
     <t>Weder Baillie Gifford Investment Management (Europe) Limited noch der Fonds erheben einen Ausgabeaufschlag.</t>
   </si>
   <si>
     <t>0.82 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
   </si>
   <si>
     <t>IE000WUM70S2</t>
   </si>
   <si>
-    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Dividend Growth Fund B GBP Accumulation</t>
-[...2 lines deleted...]
-    <t>https://docs.publifund.com/kideu/IE000WUM70S2/de_DE</t>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000WUM70S2/de_AT</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE000WUM70S2/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE000WUM70S2/en_IE</t>
   </si>
   <si>
     <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs und Erträge über einen langfristigen Anlagehorizont anstrebt, mit einem Schwerpunkt auf Anlagen in Unternehmen, die verantwortungsvoll geführt werden und verantwortungsvoll agieren. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch einen Mindestanteil nachhaltiger Anlagen und eine qualitative Abwägung wesentlicher negativer Auswirkungen mittels eines Ausschlussprinzips. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
   </si>
   <si>
-    <t>Der Fonds strebt die Erwirtschaftung eines im Vergleich mit globalen Aktien höheren Ertragsniveaus an, während er längerfristig sowohl Ertrags- als auch Kapitalzuwachs erzielt, indem er vornehmlich in Aktien von Unternehmen weltweit investiert, welche die relevanten Umwelt-, Sozial- und Unternehmensführungskriterien erfüllen, und wird Unternehmen aus bestimmten Branchen sowie Unternehmen ausschließen, die nicht mit den Grundsätzen des United Nations Global Compact for Business vereinbar sind. Der Fonds wird zu mindestens 90 % in Aktien von Unternehmen weltweit investieren, die verantwortungsvoll geführt werden und verantwortungsvoll agieren. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Investmentmanager wird den Fonds verwalten, um die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang zu bringen, im Einklang mit globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen kontinuierlich aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null sicherzustellen. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) und die Rendite werden am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+    <t>Der Fonds strebt Ziel, langfristig attraktive Gesamtrenditen zu erzielen, indem er vorwiegend in Aktien von Unternehmen weltweit investiert, die die entsprechenden Umwelt-, Sozial- und Governance-Kriterien erfüllen. Ausgeschlossen werden Unternehmen aus bestimmten Branchen sowie Unternehmen, die mit den Grundsätzen des United Nations Global Compact for Business unvereinbar sind. Der Fonds wird zu mindestens 90 % in Aktien von Unternehmen weltweit investieren, die verantwortungsvoll geführt werden und verantwortungsvoll agieren. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Investmentmanager wird den Fonds verwalten, um die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang zu bringen, im Einklang mit globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen kontinuierlich aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null sicherzustellen. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) werden am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
   </si>
   <si>
     <t>Das Risiko potenzieller Verluste aus der künftigen Wertentwicklung wird als mittel eingestuft. Bei ungünstigen Marktbedingungen ist möglich, dass die Fähigkeit von Baillie Gifford Investment Management (Europe) Limited beeinträchtigt wird, Sie auszuzahlen.</t>
   </si>
   <si>
     <t>Engagements in Schwellenmärkten, wozu China gehört, sowie in ausländischen Währungen können das Risiko erhöhen. Ein Teil der Kosten wird aus dem Kapital gedeckt, wodurch der Kapitalwert sinkt.</t>
   </si>
   <si>
     <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen April 2018 und April 2023 eingetreten.</t>
   </si>
   <si>
-    <t>0.61 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+    <t>0.59 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
   </si>
   <si>
     <t>IE00BMD8PD21</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A AUD Accumulation (Hedged)</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>2025-08-07</t>
   </si>
   <si>
-    <t>https://docs.publifund.com/kideu/IE00BMD8PD21/de_AT</t>
+    <t>https://docs.publifund.com/kideu/IE00BMD8PD21/de_DE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BMD8PD21/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BMD8PD21/en_IE</t>
   </si>
   <si>
     <t>Dieser Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch die qualitative Berücksichtigung wesentlicher negativer Auswirkungen unter Verwendung eines ausschließenden Ansatzes. Der Investor sollte bereit sein, Verluste zu tragen. Der Fonds ist für den Massenmarktvertrieb geeignet. Der Fonds ist möglicherweise nicht geeignet für Investoren, die sich um kurzfristige Volatilität und Leistung sorgen, eine regelmäßige Einkommensquelle suchen und weniger als fünf Jahre investieren. Der Fonds bietet keinen Kapitalschutz.</t>
   </si>
   <si>
     <t>Der Fonds zielt darauf ab, langfristig hohe Kapitalrenditen zu erwirtschaften. Der Fonds investiert vornehmlich in Aktien einer geringen Anzahl von Unternehmen weltweit. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Diese abgesicherte Anteilsklasse strebt an, das Währungsrisiko zwischen der Währung der Anteilsklasse und dem Großteil der zugrunde liegenden Vermögenswerte des Fonds zu eliminieren. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
   </si>
   <si>
     <t>Das Risiko potenzieller Verluste aus der künftigen Wertentwicklung wird als hoch eingestuft. Bei ungünstigen Marktbedingungen ist es sehr wahrscheinlich, dass die Fähigkeit von Baillie Gifford Investment Management (Europe) Limited beeinträchtigt wird, Sie auszuzahlen.</t>
   </si>
   <si>
     <t>Risiko erhöht durch Engagement in Schwellenmärkten wie China, Fremdwährungen sowie ein konzentriertes Portfolio. Sind die Kosten höher als die Erträge, wird der Überschuss dem Kapital entnommen.</t>
   </si>
   <si>
     <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Oktober 2021 und April 2025 eingetreten.</t>
   </si>
   <si>
     <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Juni 2016 und Juni 2021 eingetreten.</t>
   </si>
   <si>
     <t>1.57 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
   </si>
   <si>
     <t>IE00BK8PGF30</t>
   </si>
   <si>
-    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Dividend Growth Fund B USD Income</t>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B USD Income</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BK8PGF30/de_AT</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BK8PGF30/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BK8PGF30/en_IE</t>
   </si>
   <si>
     <t>Dieser Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Ertrags- und Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Dieser Fonds ist für diesem Vertrieb am Massenmarkt geeignet. Dieser Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind und die für weniger als fünf Jahre anlegen. Dieser Fonds bietet keinen Kapitalschutz.</t>
   </si>
   <si>
-    <t>Der Fonds strebt ein höheres Ertragsniveau als globale Aktien an, indem er langfristig Wachstum sowohl bei den Erträgen als auch beim Kapital erzielt. Der Fonds investiert vornehmlich in Aktien von Unternehmen weltweit. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) und die Rendite werden am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+    <t>Ziel des Fonds ist es, durch Investitionen vorwiegend in globale Aktien langfristig attraktive Gesamtrenditen zu erzielen. Der Fonds investiert vornehmlich in Aktien von Unternehmen weltweit. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird anhand des MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Alle Ihnen zustehenden Einkünfte werden auf Ihr Bank- oder Bausparkassenkonto überwiesen, und zwar zu den im Prospekt angegebenen Terminen. Es werden Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Dezember 2021 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Oktober 2019 und Oktober 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Dezember 2016 und Dezember 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.65 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BK8PGD16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK8PGD16/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK8PGD16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK8PGD16/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2024 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juni 2018 und Juni 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen August 2016 und August 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BKLC2X16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLC2X16/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLC2X16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLC2X16/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt, indem er in Unternehmen investiert, die sich auf nachhaltige Wertschöpfung konzentrieren. Der Fonds integriert die Berücksichtigung von Umwelt-, Sozial-, und Unternehmensführungsaspekten in seinen Anlageprozess, indem er qualitative Analysen und quantitatives Screening anwendet. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt langfristig attraktive Renditen an, vornehmlich durch Kapitalzuwachs. Der Fonds investiert vornehmlich in Aktien von Unternehmen weltweit, die nach unserer Ansicht hervorragende Wachstumsperspektiven bieten. Der Fonds wird in Aktien von Unternehmen in jedem Land und in jedem Sektor investieren, die typischerweise zum Zeitpunkt des Erstkaufs eine Marktkapitalisierung haben, die kleiner oder gleich der Marktkapitalisierung des größten Unternehmens im MSCI All Country World Small Cap Index ist (gemessen am zweiten Geschäftstag jedes Kalendermonats). Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Messung der Wertentwicklung des Fonds (nach Abzug der Kosten) am MSCI ACWI Small Cap Index sollte ausschließlich zu Zwecken der Veranschaulichung erfolgen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Das konzentrierte Portfolio, das Engagement in kleineren, noch jungen Unternehmen und ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendunge</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2021 und Mai 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen September 2017 und September 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2016 und Januar 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.88 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BF6NPR96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF6NPR96/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF6NPR96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF6NPR96/en_IE</t>
+  </si>
+  <si>
+    <t>Ziel des Fonds ist es, durch Investitionen vorwiegend in globale Aktien langfristig attraktive Gesamtrenditen zu erzielen. Der Fonds investiert vornehmlich in Aktien von Unternehmen weltweit. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird anhand des MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>IE00BKLC2W09</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLC2W09/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLC2W09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLC2W09/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BJK3VZ31</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJK3VZ31/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJK3VZ31/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJK3VZ31/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der langfristiges Wachstum anstrebt und ein Nachhaltigkeitsziel hat, um positive Auswirkungen zu erzielen. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch nachhaltige Anlagen, darunter einen Mindestanteil an der Taxonomie ausgerichteter Anlagen und die qualitative Abwägung wesentlicher negativer Auswirkungen. Anleger sollten bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt einen langfristigen Kapitalzuwachs und einen Beitrag zu einer nachhaltigeren und inklusiveren Welt an, indem er vornehmlich in Aktien von Unternehmen investiert, deren Produkte und/oder Dienstleistungen positive soziale und/oder ökologische Auswirkungen haben. Der Fonds wird zu mindestens 90 % in Aktien von Unternehmen weltweit investieren, für welche die Erzielung positiver Auswirkungen im Zentrum der Geschäftstätigkeit steht, deren Produkte, Verhaltensweisen und/oder Dienstleistungen eine Verbesserung der vorherrschenden Praktiken darstellen und die ihr Geschäft mit Ehrlichkeit und Integrität betreiben. Dies umfasst Unternehmen, die sich mit zentralen Herausforderungen bei vier Schwerpunktthemen befassen, die jeweils kritische globale Herausforderungen darstellen: (i) soziale Inklusion und Bildung, (ii) Umweltschutz und Ressourcenbedarf, (iii) Gesundheitsversorgung und Lebensqualität und (iv) Armutsbekämpfung (Erfüllung der Bedürfnisse der ärmsten vier Milliarden Menschen der Welt). Es wird eine Auswirkungsanalyse durchgeführt, um zu beurteilen, ob ein Unternehmen einen Beitrag zu einem der sozialen Schwerpunktthemen leistet. Diese Analyse basiert auf der Beurteilung von drei Faktoren: (i) Intention, (ii) Produktauswirkungen und (iii) Geschäftspraktiken. Der Fonds wird konzentriert sein. Der Investmentmanager wird den Fonds verwalten, um die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang zu bringen, im Einklang mit den globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen („Netto-Null“). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen kontinuierlich bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null zu fördern. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds strebt an, den Index über gleitende Zeiträume von 5 Jahren deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Das konzentrierte Portfolio sowie das Engagement in Schwellenländern und ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendungen die Erträge</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen August 2021 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.08 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BZ00WJ76</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ00WJ76/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ00WJ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ00WJ76/en_IE</t>
+  </si>
+  <si>
+    <t>Dieser Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Dieser Fonds ist für diesem Vertrieb am Massenmarkt geeignet. Dieser Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Dieser Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt langfristigen Kapitalzuwachs an. Der Fonds investiert in Aktien von Unternehmen jeder Größe und Branche in Asien (außer Japan). Der Fonds wird in Unternehmen investieren, die in Asien (außer Japan) notiert sind oder dort einen wesentlichen Teil ihres Geschäfts betreiben. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI AC Asia ex Japan Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Oktober 2021 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.83 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BZ00WK81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ00WK81/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ00WK81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ00WK81/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen März 2019 und März 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BJ5JS224</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ5JS224/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ5JS224/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ5JS224/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Januar 2018 und Januar 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>1.63 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BJ7VXX24</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B USD Income</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ7VXX24/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ7VXX24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ7VXX24/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, langfristig hohe Kapitalrenditen zu erwirtschaften. Der Fonds investiert vornehmlich in Aktien einer geringen Anzahl von Unternehmen weltweit. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>0.67 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BHNBGF56</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A SGD Accumulation</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BHNBGF56/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BHNBGF56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BHNBGF56/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, langfristig hohe Kapitalrenditen zu erwirtschaften. Der Fonds investiert vornehmlich in Aktien einer geringen Anzahl von Unternehmen weltweit. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen November 2021 und August 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Februar 2017 und Februar 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>1.55 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3N92</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3N92/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3N92/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3N92/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt langfristigen Kapitalzuwachs an. Der Fonds investiert vorrangig in chinesische A-Aktien. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Messung der Wertentwicklung des Fonds (nach Abzug der Kosten) am MSCI China A Onshore Index sollte ausschließlich zu Zwecken der Veranschaulichung erfolgen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Das konzentrierte Portfolio sowie das Engagement in einem einzigen Markt, China, und ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendungen</t>
+  </si>
+  <si>
+    <t>0.30 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3Q24</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B CNH Accumulation</t>
+  </si>
+  <si>
+    <t>CNH</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3Q24/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3Q24/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3Q24/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen September 2018 und September 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BHNZM592</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BHNZM592/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BHNZM592/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BHNZM592/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der langfristigen Kapitalzuwachs anstrebt sowie einen CO2-Fußabdruck, der unter demjenigen des MSCI ACWI EU Paris Aligned Requirements Index liegt. Dieser Fonds investiert in einer Weise, die mit dem Pariser Klimaabkommen konform ist. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch eine qualitative Betrachtung wesentlicher negativer Auswirkungen mittels eines Ausschlussprinzips. Anleger sollten bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, den Wert seiner Anteile durch Kapitalzuwachs und Dividendenerträge langfristig zu steigern. Der Fonds strebt zudem einen CO2-Fußabdruck an, der unter demjenigen des MSCI ACWI EU Paris Aligned Requirements Index liegt. Der Fonds wird vorrangig in Aktien von Unternehmen weltweit investieren und dabei Umwelt-, Sozial- und/oder Governance-Faktoren berücksichtigen, die sich auf die Nachhaltigkeit des Wachstums eines Unternehmens auswirken können. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wendet auch einen zusätzlichen qualitativen Bewertungsrahmen an, um diejenigen Unternehmen zu identifizieren, die nach Meinung des Investmentmanagers nicht mit den Zielen des Pariser Klimaabkommens übereinstimmen. Der Investmentmanager wird den Fonds so verwalten, dass die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang gebracht werden, im Einklang mit den globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null kontinuierlich zu fördern. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Engagements in Schwellenländern und ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendungen die Erträge übersteigen, sinkt der Kapitalwert.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen September 2019 und September 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.66 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BG4PVW16</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG4PVW16/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG4PVW16/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG4PVW16/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Januar 2019 und Januar 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BG47J676</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C AUD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG47J676/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG47J676/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG47J676/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen März 2018 und März 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJD81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJD81/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BGGJJD81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BGGJJD81/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds eignet sich für alle Anleger, die langfristigen Kapitalzuwachs durch Investitionen in Unternehmen anstreben, die ein breites Spektrum an Nachhaltigkeitsthemen abdecken, deren Produkte oder Dienstleistungen jedoch einen gesellschaftlichen Mehrwert schaffen, indem sie bedeutende globale Herausforderungen angehen. Der Fonds verpflichtet sich zu einem Mindestanteil nachhaltiger Anlagen im Sinne der Offenlegungsverordnung (SFDR) und berücksichtigt wesentliche negative Auswirkungen qualitativ durch Ausschlüsse. Anleger sollten bereit sein, Verluste zu tragen. Der Fonds ist für den Massenvertrieb geeignet. Der Fonds ist möglicherweise nicht für Anleger geeignet, die Wert auf kurzfristige Volatilität und Performance legen, eine regelmäßige Einkommensquelle suchen und deren Anlagedauer weniger als fünf Jahre beträgt. Der Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, Renditen in Form von langfristigem Kapitalwachstum zu erzielen, indem er vorwiegend in globale Aktien investiert, die an geregelten Märkten weltweit notiert oder gehandelt werden und ein breites Spektrum an Nachhaltigkeitsthemen abdecken, deren Produkte oder Dienstleistungen jedoch einen Mehrwert für die Gesellschaft schaffen, indem sie bedeutende globale Herausforderungen angehen.Der Fonds investiert mindestens 90 % in Aktien von Unternehmen weltweit, die nach Ansicht des Anlageverwalters bedeutende globale Herausforderungen bewältigen. Die Ausrichtung des Unternehmens wird anhand von vier Bereichen bewertet: Produkte oder Dienstleistungen, Geschäftspraktiken, Ambitionen und Vertrauen.Um als Lösung einer bedeutenden globalen Herausforderung zu gelten, müssen die Produkte oder Dienstleistungen eines Unternehmens eines oder mehrere der folgenden Kernthemen adressieren: 1) Menschen (das Wohlergehen der Menschen); 2) Planet (der Zustand des Planeten); und/oder 3) Wohlstand (Ausweitung des Wohlstands in der gesamten Gesellschaft). Diese Themen und die zugehörigen Unterthemen, für die im Prospekt Beispiele aufgeführt sind, entsprechen den Zielen für nachhaltige Entwicklung der Vereinten Nationen ("UN SDGs").Um sicherzustellen, dass die Produkte oder Dienstleistungen des Unternehmens auf die jeweilige bedeutende globale Herausforderung ausgerichtet sind, bewertet der Anlageverwalter entweder die Einnahmen oder die Gewinne, die aus den Produkten oder Dienstleistungen des Unternehmens erzielt werden.Der Anlageverwalter wendet eine eigene Bewertung an, um die Wertschöpfung von Unternehmen für die Gesellschaft zu beurteilen. Der Fonds wendet ein umsatzbasiertes Filter an, das Unternehmen mit einem definierten Aktivitätsniveau in bestimmten Sektoren ausschließt. Einzelheiten hierzu sind im Prospekt aufgeführt.Der Anlageverwalter wird seine Richtlinien zur Bewertung von Verstößen gegen die Prinzipien des Global Compact der Vereinten Nationen für Unternehmen einhalten, wie in seinem Dokument Stewardship Principles and Guidelines dargelegt. Der Anlageverwalter wird den Fonds so verwalten, dass die Fondsbeteiligungen bis 2050 oder früher auf das Ziel von Netto-Null-Treibhausgasemissionen ausgerichtet sind, im Einklang mit den globalen Bemühungen, die Erwärmung auf 1,5 °C ("Netto-Null") zu begrenzen. Im Rahmen dieses Prozesses werden alle Portfoliounternehmen kontinuierlich aktiv bewertet und hinsichtlich ihrer Ausrichtung auf Netto-Null priorisiert. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Mai 2015 und Mai 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJH20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund F GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-08-11</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJH20/de_AT</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen März 2024 und März 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juli 2015 und Juli 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.50 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BFWYPN26</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Income (Hedged)</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWYPN26/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWYPN26/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWYPN26/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt eine langfristige Maximierung der Gesamtrenditen hauptsächlich durch Kapitalzuwachs an. Der Fonds kann direkt oder indirekt in beliebige Wirtschaftssektoren Japans investieren. Die Anlagen werden vornehmlich in Aktien von Unternehmen getätigt. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am TOPIX Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Diese abgesicherte Anteilsklasse strebt an, das Währungsrisiko zwischen der Währung der Anteilsklasse und dem Großteil der zugrunde liegenden Vermögenswerte des Fonds zu eliminieren. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen März 2015 und März 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen August 2015 und August 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>1.72 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BGGJJC74</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BGGJJC74/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BGGJJC74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BGGJJC74/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Juni 2021 und April 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen November 2019 und November 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BJCZ3P17</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJCZ3P17/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJCZ3P17/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJCZ3P17/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WN10</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WN10/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WN10/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WN10/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds ist für alle Anleger geeignet, die an einem Fonds interessiert sind, der Kapitalzuwachs über einen langfristigen Anlagehorizont anstrebt, indem er in Unternehmen investiert, die sich auf nachhaltige Wertschöpfung konzentrieren. Der Fonds berücksichtigt Nachhaltigkeitspräferenzen durch eine qualitative Betrachtung wesentlicher negativer Auswirkungen mittels eines Ausschlussprinzips. Der Anleger sollte bereit sein, Verluste in Kauf zu nehmen. Der Fonds ist für den Vertrieb am Massenmarkt geeignet. Der Fonds ist unter Umständen nicht für Anleger geeignet, für die kurzfristige Volatilität und Wertentwicklung ein wichtiger Aspekt sind, die an einer regelmäßigen Ertragsquelle interessiert sind und die für weniger als fünf Jahre anlegen. Der Fonds bietet keinen Kapitalschutz.</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt eine Maximierung der Gesamtrendite hauptsächlich durch Kapitalzuwachs an. Der Fonds kann direkt oder indirekt in beliebigen Wirtschaftssektoren der Vereinigten Staaten von Amerika investieren. Die Anlagen werden vornehmlich in Aktien von Unternehmen getätigt. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am S&amp;P 500 Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Das konzentrierte Portfolio sowie das Engagement in einem einzigen Markt und ausländischen Währungen können das Risiko erhöhen. Die Kosten werden aus Erträgen gedeckt; sollten die Aufwendungen die Ert</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Februar 2020 und Februar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE000TCFRGS6</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000TCFRGS6/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000TCFRGS6/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000TCFRGS6/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt Ziel, langfristig attraktive Gesamtrenditen zu erzielen, indem er vorwiegend in Aktien von Unternehmen weltweit investiert, die die entsprechenden Umwelt-, Sozial- und Governance-Kriterien erfüllen. Ausgeschlossen werden Unternehmen aus bestimmten Branchen sowie Unternehmen, die mit den Grundsätzen des United Nations Global Compact for Business unvereinbar sind. Der Fonds wird zu mindestens 90 % in Aktien von Unternehmen weltweit investieren, die verantwortungsvoll geführt werden und verantwortungsvoll agieren. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Investmentmanager wird den Fonds verwalten, um die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang zu bringen, im Einklang mit globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen kontinuierlich aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null sicherzustellen. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) werden am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Alle Ihnen zustehenden Einkünfte werden auf Ihr Bank- oder Bausparkassenkonto überwiesen, und zwar zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>IE00BD3TXF01</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B AUD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD3TXF01/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD3TXF01/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD3TXF01/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Februar 2019 und Februar 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.58 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BD1DSB51</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD1DSB51/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD1DSB51/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD1DSB51/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD5GZ312</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD5GZ312/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD5GZ312/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD5GZ312/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Oktober 2021 und August 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.06 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BG88PY66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG88PY66/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG88PY66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG88PY66/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Dezember 2018 und Dezember 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BFMNL083</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFMNL083/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFMNL083/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFMNL083/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Januar 2020 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BM98ZM50</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BM98ZM50/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BM98ZM50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BM98ZM50/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, den Wert seiner Anteile durch Kapitalzuwachs und Dividendenerträge langfristig zu steigern. Der Fonds wird vornehmlich in Aktien von Unternehmen weltweit investieren. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Mai 2016 und Mai 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.64 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BN15WJ73</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WJ73/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WJ73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WJ73/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen August 2021 und April 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juli 2017 und Juli 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BN15WK88</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WK88/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WK88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WK88/en_IE</t>
+  </si>
+  <si>
+    <t>1.60 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BMD8PC14</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A GBP Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BMD8PC14/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BMD8PC14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BMD8PC14/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Dezember 2017 und Dezember 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE000ILJY605</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000ILJY605/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000ILJY605/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000ILJY605/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juli 2019 und Juli 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BN15WS64</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WS64/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WS64/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WS64/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9M30</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9M30/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9M30/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9M30/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen September 2015 und September 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00B90ZJS81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B90ZJS81/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B90ZJS81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B90ZJS81/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, den Wert seiner Anteile durch Kapitalzuwachs und Dividendenerträge langfristig zu steigern. Der Fonds wird vornehmlich in Aktien von Unternehmen weltweit investieren. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>IE00B912KW96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B912KW96/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B912KW96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B912KW96/en_IE</t>
+  </si>
+  <si>
+    <t>IE000OXMWD49</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000OXMWD49/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000OXMWD49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000OXMWD49/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Oktober 2018 und Oktober 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE000S7Q7G63</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China A Shares Growth Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000S7Q7G63/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000S7Q7G63/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen März 2017 und März 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00B88JT962</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B88JT962/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B88JT962/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B88JT962/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B8G4HY49</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund C GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8G4HY49/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8G4HY49/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8G4HY49/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, den Wert seiner Anteile durch Kapitalzuwachs und Dividendenerträge langfristig zu steigern. Der Fonds strebt zudem einen CO2-Fußabdruck an, der unter demjenigen des MSCI ACWI EU Paris Aligned Requirements Index liegt. Der Fonds wird vorrangig in Aktien von Unternehmen weltweit investieren und dabei Umwelt-, Sozial- und/oder Governance-Faktoren berücksichtigen, die sich auf die Nachhaltigkeit des Wachstums eines Unternehmens auswirken können. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wendet auch einen zusätzlichen qualitativen Bewertungsrahmen an, um diejenigen Unternehmen zu identifizieren, die nach Meinung des Investmentmanagers nicht mit den Zielen des Pariser Klimaabkommens übereinstimmen. Der Investmentmanager wird den Fonds so verwalten, dass die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang gebracht werden, im Einklang mit den globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null kontinuierlich zu fördern. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>0.09 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00B8H9N519</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8H9N519/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8H9N519/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8H9N519/en_IE</t>
+  </si>
+  <si>
+    <t>0.15 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00B8HCHF86</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8HCHF86/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8HCHF86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8HCHF86/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B88CSH68</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B88CSH68/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B88CSH68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B88CSH68/en_IE</t>
+  </si>
+  <si>
+    <t>IE00B8HW2209</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B8HW2209/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B8HW2209/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B8HW2209/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYVXP887</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund D NOK Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYVXP887/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYVXP887/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYVXP887/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds zielt darauf ab, den Wert seiner Anteile durch Kapitalzuwachs und Dividendenerträge langfristig zu steigern. Der Fonds strebt zudem einen CO2-Fußabdruck an, der unter demjenigen des MSCI ACWI EU Paris Aligned Requirements Index liegt. Der Fonds wird vorrangig in Aktien von Unternehmen weltweit investieren und dabei Umwelt-, Sozial- und/oder Governance-Faktoren berücksichtigen, die sich auf die Nachhaltigkeit des Wachstums eines Unternehmens auswirken können. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wendet auch einen zusätzlichen qualitativen Bewertungsrahmen an, um diejenigen Unternehmen zu identifizieren, die nach Meinung des Investmentmanagers nicht mit den Zielen des Pariser Klimaabkommens übereinstimmen. Der Investmentmanager wird den Fonds so verwalten, dass die Bestände des Fonds mit dem Ziel von Netto-Null-Treibhausgasemissionen bis 2050 oder früher in Einklang gebracht werden, im Einklang mit den globalen Bemühungen, die Erwärmung auf 1,5°C zu begrenzen ("Netto-Null"). Im Rahmen dieses Prozesses werden alle Portfoliounternehmen aktiv bewertet und priorisiert, um ihr Engagement für die Ausrichtung auf Netto-Null kontinuierlich zu fördern. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI ACWI Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Diese abgesicherte Anteilsklasse strebt an, das Währungsrisiko zwischen der Währung der Anteilsklasse und dem Großteil der zugrunde liegenden Vermögenswerte des Fonds zu eliminieren. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>0.56 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00044Y5V41</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00044Y5V41/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00044Y5V41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00044Y5V41/en_IE</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen März 2020 und März 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE0003IVLHW7</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund A SGD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE0003IVLHW7/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE0003IVLHW7/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE0003IVLHW7/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Mai 2017 und Mai 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>1.68 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00B3T2JL14</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund C JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00B3T2JL14/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00B3T2JL14/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00B3T2JL14/en_IE</t>
+  </si>
+  <si>
+    <t>0.10 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE000JZWVBT4</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000JZWVBT4/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000JZWVBT4/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000JZWVBT4/en_IE</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen Oktober 2016 und Oktober 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BN15WT71</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WT71/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WT71/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WT71/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9H86</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9H86/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9H86/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9H86/en_IE</t>
+  </si>
+  <si>
+    <t>1.59 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BN15WV93</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Durable Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WV93/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WV93/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WV93/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WG43</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WG43/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WG43/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WG43/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen März 2015 und März 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BLRPML96</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BLRPML96/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BLRPML96/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BLRPML96/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BG0WJG66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BG0WJG66/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BG0WJG66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BG0WJG66/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9S91</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9S91/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9S91/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9S91/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt langfristigen Kapitalzuwachs an. Der Fonds investiert in Aktien und Hinterlegungsscheine von chinesischen Unternehmen. Depositary Receipts sind übertragbare Wertpapiere, die von einer Bank ausgegeben werden und die Aktien eines Unternehmens repräsentieren. Als chinesische Unternehmen werden Unternehmen definiert, die ihren Sitz oder einen bedeutenden Teil ihrer Geschäftstätigkeit in China haben. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am MSCI China All Shares Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2021 und August 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.87 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BK70ZP28</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70ZP28/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70ZP28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70ZP28/en_IE</t>
+  </si>
+  <si>
+    <t>1.58 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BK70X697</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A USD Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70X697/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70X697/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70X697/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt eine langfristige Maximierung der Gesamtrenditen hauptsächlich durch Kapitalzuwachs an. Der Fonds kann direkt oder indirekt in beliebige Wirtschaftssektoren Japans investieren. Die Anlagen werden vornehmlich in Aktien von Unternehmen getätigt. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am TOPIX Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. Erträge werden wieder angelegt. Es werden keine weiteren Anteile erworben, sondern die Wiederanlage schlägt sich im Preis Ihrer bestehenden thesaurierenden Anteile nieder. Diese abgesicherte Anteilsklasse strebt an, das Währungsrisiko zwischen der Währung der Anteilsklasse und dem Großteil der zugrunde liegenden Vermögenswerte des Fonds zu eliminieren. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>IE00BK70X580</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70X580/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70X580/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70X580/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen September 2014 und September 2019 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BJM0FX81</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJM0FX81/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJM0FX81/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJM0FX81/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen April 2015 und April 2020 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.07 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BJ7W3579</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ7W3579/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ7W3579/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ7W3579/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt langfristig attraktive Renditen an, vornehmlich durch Kapitalzuwachs. Der Fonds investiert vornehmlich in Aktien von Unternehmen weltweit, die nach unserer Ansicht hervorragende Wachstumsperspektiven bieten. Der Fonds wird in Aktien von Unternehmen in jedem Land und in jedem Sektor investieren, die typischerweise zum Zeitpunkt des Erstkaufs eine Marktkapitalisierung haben, die kleiner oder gleich der Marktkapitalisierung des größten Unternehmens im MSCI All Country World Small Cap Index ist (gemessen am zweiten Geschäftstag jedes Kalendermonats). Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Messung der Wertentwicklung des Fonds (nach Abzug der Kosten) am MSCI All Country Small Cap Index sollte ausschließlich zu Zwecken der Veranschaulichung erfolgen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2021 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9T09</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide China Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9T09/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9T09/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9T09/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TW727</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW727/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW727/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW727/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen November 2021 und September 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen August 2019 und August 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BK5TW834</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW834/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW834/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW834/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Juni 2021 und Januar 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>1.65 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BK5TW610</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW610/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW610/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW610/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juni 2017 und Juni 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BK5TWB66</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TWB66/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TWB66/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TWB66/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BJVHXJ20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund C GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJVHXJ20/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJVHXJ20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJVHXJ20/en_IE</t>
+  </si>
+  <si>
+    <t>0.13 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BJ9MMW50</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Sustainable Growth Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BJ9MMW50/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BJ9MMW50/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BJ9MMW50/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BKLVKQ76</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKLVKQ76/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKLVKQ76/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKLVKQ76/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Juli 2018 und Juli 2023 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BKYBTW37</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Asia ex Japan Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BKYBTW37/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BKYBTW37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BKYBTW37/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TW941</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TW941/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TW941/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TW941/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BZ0FXF52</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BZ0FXF52/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BZ0FXF52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BZ0FXF52/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BW0DJL69</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BW0DJL69/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BW0DJL69/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BW0DJL69/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Januar 2021 und November 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BY7S4358</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BY7S4358/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BY7S4358/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BY7S4358/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Februar 2021 und April 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen April 2020 und April 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>0.80 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00BVVB5F88</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B CAD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVVB5F88/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVVB5F88/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVVB5F88/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BVGBXT35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXT35/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXT35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXT35/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BVGBXR11</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXR11/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXR11/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXR11/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Oktober 2016 und Oktober 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BVGBXS28</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BVGBXS28/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BVGBXS28/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BVGBXS28/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BRS62D57</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund C CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BRS62D57/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BRS62D57/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BRS62D57/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BPYP3T56</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B JPY Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BPYP3T56/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BPYP3T56/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BPYP3T56/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BB36C725</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Global Alpha Paris-Aligned Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BB36C725/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BB36C725/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BB36C725/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK70YW20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK70YW20/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK70YW20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK70YW20/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BK5TWD80</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BK5TWD80/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BK5TWD80/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BK5TWD80/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BXDZF966</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Accumulation (Hedged)</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BXDZF966/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BXDZF966/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BXDZF966/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BW0DJK52</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Emerging Markets Leading Companies Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BW0DJK52/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BW0DJK52/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BW0DJK52/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYW73306</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYW73306/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYW73306/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYW73306/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen September 2021 und April 2025 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BN15WF36</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WF36/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WF36/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WF36/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BN15WQ41</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WQ41/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WQ41/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WQ41/en_IE</t>
+  </si>
+  <si>
+    <t>IE000ABP24M1</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Islamic Global Equities Fund B CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000ABP24M1/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000ABP24M1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000ABP24M1/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Dezember 2021 und November 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen August 2017 und August 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BN15WH59</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund A CHF Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BN15WH59/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BN15WH59/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BN15WH59/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen August 2021 und August 2024 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BNTJ9L23</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BNTJ9L23/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BNTJ9L23/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BNTJ9L23/en_IE</t>
+  </si>
+  <si>
+    <t>IE000B5ZP5Z1</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE000B5ZP5Z1/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE000B5ZP5Z1/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000B5ZP5Z1/en_IE</t>
   </si>
   <si>
     <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Dezember 2021 und August 2024 eingetreten.</t>
   </si>
   <si>
-    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Mai 2017 und Mai 2022 eingetreten.</t>
-[...23 lines deleted...]
-    <t>https://docs.publifund.com/monthlyperf/IE00BK8PGD16/en_IE</t>
+    <t>IE00BDCY2C68</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BDCY2C68/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BDCY2C68/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BDCY2C68/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPM20</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B USD Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPM20/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPM20/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPM20/en_IE</t>
+  </si>
+  <si>
+    <t>Der Fonds strebt eine langfristige Maximierung der Gesamtrenditen hauptsächlich durch Kapitalzuwachs an. Der Fonds kann direkt oder indirekt in beliebige Wirtschaftssektoren Japans investieren. Die Anlagen werden vornehmlich in Aktien von Unternehmen getätigt. Der Fonds wendet ein umsatzbasiertes Screening an, das Unternehmen mit einem festgelegten Aktivitätsniveau in bestimmten Sektoren ausschließt; Einzelheiten hierzu sind im Prospekt angegeben. Der Fonds wird sich an die Richtlinien des Anlageverwalters zur Beurteilung von Verstößen gegen die Grundsätze des United Nations Global Compact for Business halten. Der Fonds wird aktiv verwaltet, und zur Festlegung oder Beschränkung der Zusammensetzung des Fondsportfolios wird kein Index verwendet. Die Wertentwicklung des Fonds (nach Abzug der Kosten) wird am TOPIX Index gemessen. Der Fonds ist bestrebt, die Wertentwicklung des Index deutlich zu übertreffen. Die Rendite des Fonds ist von der Wertentwicklung der zugrunde liegenden Vermögenswerte abhängig. An Sie zahlbare Erträge werden auf Ihr Bank- oder Bausparkassenkonto überwiesen. Die Zahlungen erfolgen zu den im Prospekt angegebenen Terminen. Sie können einen Teil Ihrer Anteile oder alle Anteile an jedem Tag, an dem die Banken in Irland für den Geschäftsverkehr geöffnet sind, verkaufen, indem Sie sich mit der Transferstelle telefonisch oder postalisch in Verbindung setzen. Die Vermögenswerte des Fonds werden über die Verwahrstelle der Gesellschaft, Brown Brothers Harriman Trustee Services (Ireland) Limited, gehalten. Wie Sie weitere und andere praktische Informationen, darunter Preisinformationen, sowie Unterlagen anfordern können, entnehmen Sie bitte dem Abschnitt „Sonstige zweckdienliche Angaben“ dieses Dokuments. Dieses Basisinformationsblatt beschreibt nur den Fonds. Der Prospekt sowie die Jahres- und Zwischenberichte sowie -abschlüsse werden für die Gesellschaft erstellt, nicht für den Fonds. Das Vermögen des Fonds ist von anderen Fonds der Gesellschaft getrennt. Das bedeutet, dass die Vermögenswerte eines Fonds nicht zur Deckung von Verbindlichkeiten eines anderen Fonds herangezogen werden können. Sie können jederzeit alle oder einen Teil Ihrer Fondsanteile in Anteile eines beliebigen Fonds der Gesellschaft umtauschen und weitere Informationen hierzu dem Abschnitt Umtausch von Anteilen im Prospekt entnehmen.</t>
+  </si>
+  <si>
+    <t>IE00BFWVPR74</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPR74/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPR74/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPR74/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPQ67</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPQ67/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPQ67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPQ67/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWJRQ46</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWJRQ46/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWJRQ46/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWJRQ46/en_IE</t>
+  </si>
+  <si>
+    <t>Pessimistisch Diese Art von Szenario ist für eine Anlage zwischen Oktober 2017 und Oktober 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BF4LVG61</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A SEK Accumulation</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF4LVG61/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF4LVG61/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF4LVG61/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFX4DD70</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFX4DD70/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFX4DD70/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFX4DD70/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BFWVPN37</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B GBP Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWVPN37/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWVPN37/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWVPN37/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BDCY2N73</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BDCY2N73/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BDCY2N73/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BDCY2N73/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD09K309</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD09K309/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD09K309/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD09K309/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen November 2017 und November 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BF0D7Y67</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide US Equity Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BF0D7Y67/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BF0D7Y67/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BF0D7Y67/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYNZR422</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYNZR422/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYNZR422/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYNZR422/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BD09K416</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Discovery Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BD09K416/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BD09K416/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BD09K416/en_IE</t>
+  </si>
+  <si>
+    <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen Oktober 2017 und Oktober 2022 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BYX4R502</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B EUR Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYX4R502/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYX4R502/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYX4R502/en_IE</t>
+  </si>
+  <si>
+    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen November 2016 und November 2021 eingetreten.</t>
+  </si>
+  <si>
+    <t>IE00BYQG5606</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund B USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYQG5606/de_DE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYQG5606/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYQG5606/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BMXR2D84</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Global Alpha Fund B GBP Income</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BMXR2D84/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BMXR2D84/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BMXR2D84/en_IE</t>
+  </si>
+  <si>
+    <t>IE00BYQ91946</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Long Term Global Growth Fund C USD Accumulation</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BYQ91946/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BYQ91946/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BYQ91946/en_IE</t>
+  </si>
+  <si>
+    <t>0.05 % des Werts Ihrer Anlage pro Jahr. Dies ist eine Schätzung anhand der tatsächlichen Kosten im vergangenen Jahr.</t>
+  </si>
+  <si>
+    <t>IE00083WZB35</t>
+  </si>
+  <si>
+    <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Responsible Durable Growth Fund C USD Accumulation</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00083WZB35/de_AT</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00083WZB35/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00083WZB35/en_IE</t>
   </si>
   <si>
     <t>Mittel Diese Art von Szenario ist für eine Anlage zwischen November 2018 und November 2023 eingetreten.</t>
   </si>
   <si>
-    <t>Optimistisch Diese Art von Szenario ist für eine Anlage zwischen August 2016 und August 2021 eingetreten.</t>
-[...2101 lines deleted...]
-  <si>
     <t>IE000QJ8K821</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Positive Change Fund C GBP Accumulation</t>
   </si>
   <si>
-    <t>https://docs.publifund.com/kideu/IE000QJ8K821/de_DE</t>
+    <t>https://docs.publifund.com/kideu/IE000QJ8K821/de_AT</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BGGJJH20/en_IE</t>
   </si>
   <si>
+    <t>https://docs.publifund.com/monthlyperf/IE000QJ8K821/en_IE</t>
+  </si>
+  <si>
     <t>https://docs.publifund.com/monthlyperf/IE000S7Q7G63/en_IE</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://docs.publifund.com/monthlyperf/IE000QJ8K821/en_IE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2896,51 +2820,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3186,54 +3110,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:DS123"/>
+  <dimension ref="A1:DS118"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="BN4" workbookViewId="0">
-      <selection activeCell="BP142" sqref="BP142"/>
+    <sheetView tabSelected="1" topLeftCell="BN1" workbookViewId="0">
+      <selection activeCell="BP45" sqref="BP45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.453125" customWidth="1"/>
     <col min="2" max="2" width="38.81640625" customWidth="1"/>
     <col min="3" max="3" width="36.54296875" customWidth="1"/>
     <col min="4" max="5" width="45.08984375" customWidth="1"/>
     <col min="6" max="6" width="38.81640625" customWidth="1"/>
     <col min="7" max="7" width="76.54296875" customWidth="1"/>
     <col min="8" max="8" width="66.36328125" customWidth="1"/>
     <col min="9" max="10" width="62.81640625" customWidth="1"/>
     <col min="11" max="11" width="41.26953125" customWidth="1"/>
     <col min="12" max="12" width="43.81640625" customWidth="1"/>
     <col min="13" max="13" width="38.81640625" customWidth="1"/>
     <col min="14" max="14" width="41.26953125" customWidth="1"/>
     <col min="15" max="15" width="82.81640625" customWidth="1"/>
     <col min="16" max="16" width="155.36328125" customWidth="1"/>
     <col min="17" max="17" width="50.08984375" customWidth="1"/>
     <col min="18" max="18" width="42.54296875" customWidth="1"/>
     <col min="19" max="19" width="59.453125" customWidth="1"/>
     <col min="20" max="20" width="40" customWidth="1"/>
     <col min="21" max="21" width="25" customWidth="1"/>
     <col min="22" max="22" width="41.26953125" customWidth="1"/>
     <col min="23" max="23" width="31.26953125" customWidth="1"/>
@@ -3713,5114 +3637,5114 @@
       <c r="B2" t="s">
         <v>124</v>
       </c>
       <c r="C2" t="s">
         <v>125</v>
       </c>
       <c r="D2" t="s">
         <v>126</v>
       </c>
       <c r="E2" t="s">
         <v>127</v>
       </c>
       <c r="F2" t="s">
         <v>127</v>
       </c>
       <c r="G2" t="s">
         <v>128</v>
       </c>
       <c r="H2" t="s">
         <v>128</v>
       </c>
       <c r="I2" t="s">
         <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O2">
         <v>1</v>
       </c>
       <c r="P2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V2" t="s">
         <v>128</v>
       </c>
       <c r="W2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X2">
         <v>252</v>
       </c>
       <c r="Y2">
-        <v>0.20427600000000001</v>
+        <v>0.20530599999999999</v>
       </c>
       <c r="Z2" t="s">
         <v>128</v>
       </c>
       <c r="AE2" t="s">
         <v>128</v>
       </c>
       <c r="AF2">
         <v>5</v>
       </c>
       <c r="AG2" t="s">
         <v>128</v>
       </c>
       <c r="AH2">
         <v>5</v>
       </c>
       <c r="AI2">
         <v>1</v>
       </c>
       <c r="AJ2">
         <v>5</v>
       </c>
       <c r="AK2" t="s">
         <v>128</v>
       </c>
       <c r="AM2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN2">
         <v>-0.4019607</v>
       </c>
       <c r="AP2">
         <v>-8.3396700000000004E-2</v>
       </c>
       <c r="AQ2" t="s">
         <v>128</v>
       </c>
       <c r="AS2">
         <v>-3.3160799999999997E-2</v>
       </c>
       <c r="AU2">
         <v>-3.7789900000000001E-2</v>
       </c>
       <c r="AV2" t="s">
         <v>128</v>
       </c>
       <c r="AX2">
         <v>0.2416681</v>
       </c>
       <c r="AZ2">
         <v>8.0139000000000002E-2</v>
       </c>
       <c r="BA2" t="s">
         <v>128</v>
       </c>
       <c r="BC2">
         <v>-0.71977829999999998</v>
       </c>
       <c r="BE2">
         <v>-0.2188281</v>
       </c>
       <c r="BF2" t="s">
         <v>128</v>
       </c>
       <c r="BN2" t="s">
         <v>127</v>
       </c>
       <c r="BO2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BP2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BQ2">
         <v>2</v>
       </c>
       <c r="BR2">
         <v>10000</v>
       </c>
       <c r="BS2">
         <v>0.05</v>
       </c>
       <c r="BT2">
         <v>0</v>
       </c>
       <c r="BU2">
         <v>0</v>
       </c>
       <c r="BV2">
         <v>0</v>
       </c>
       <c r="BW2">
         <v>0</v>
       </c>
       <c r="BX2" t="s">
         <v>128</v>
       </c>
       <c r="BY2">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ2">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA2" t="s">
         <v>128</v>
       </c>
       <c r="CC2" t="s">
         <v>128</v>
       </c>
       <c r="CD2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI2" t="s">
         <v>128</v>
       </c>
       <c r="CO2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="CP2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="CQ2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="CR2" t="s">
         <v>127</v>
       </c>
       <c r="CS2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="CW2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="3" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>123</v>
       </c>
       <c r="B3" t="s">
         <v>124</v>
       </c>
       <c r="C3" t="s">
         <v>125</v>
       </c>
       <c r="D3" t="s">
         <v>126</v>
       </c>
       <c r="E3" t="s">
         <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>127</v>
       </c>
       <c r="G3" t="s">
         <v>128</v>
       </c>
       <c r="H3" t="s">
         <v>128</v>
       </c>
       <c r="I3" t="s">
         <v>129</v>
       </c>
       <c r="J3" t="s">
         <v>129</v>
       </c>
       <c r="K3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O3">
         <v>1</v>
       </c>
       <c r="P3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Q3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V3" t="s">
         <v>128</v>
       </c>
       <c r="W3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X3">
         <v>252</v>
       </c>
       <c r="Y3">
-        <v>0.222694</v>
+        <v>0.222721</v>
       </c>
       <c r="Z3" t="s">
         <v>128</v>
       </c>
       <c r="AE3" t="s">
         <v>128</v>
       </c>
       <c r="AF3">
         <v>5</v>
       </c>
       <c r="AG3" t="s">
         <v>128</v>
       </c>
       <c r="AH3">
         <v>5</v>
       </c>
       <c r="AI3">
         <v>1</v>
       </c>
       <c r="AJ3">
         <v>5</v>
       </c>
       <c r="AK3" t="s">
         <v>128</v>
       </c>
       <c r="AM3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN3">
         <v>-0.1530811</v>
       </c>
       <c r="AP3">
         <v>-1.51431E-2</v>
       </c>
       <c r="AQ3" t="s">
         <v>128</v>
       </c>
       <c r="AS3">
         <v>0.1543224</v>
       </c>
       <c r="AU3">
         <v>0.13386909999999999</v>
       </c>
       <c r="AV3" t="s">
         <v>128</v>
       </c>
       <c r="AX3">
         <v>0.41061340000000002</v>
       </c>
       <c r="AZ3">
         <v>0.18352560000000001</v>
       </c>
       <c r="BA3" t="s">
         <v>128</v>
       </c>
       <c r="BC3">
         <v>-0.74520889999999995</v>
       </c>
       <c r="BE3">
         <v>-0.23714170000000001</v>
       </c>
       <c r="BF3" t="s">
         <v>128</v>
       </c>
       <c r="BN3" t="s">
         <v>127</v>
       </c>
       <c r="BO3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BP3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="BQ3">
         <v>0</v>
       </c>
       <c r="BR3">
         <v>10000</v>
       </c>
       <c r="BS3">
         <v>0</v>
       </c>
       <c r="BT3">
         <v>0</v>
       </c>
       <c r="BU3">
         <v>0</v>
       </c>
       <c r="BV3">
         <v>0</v>
       </c>
       <c r="BW3">
         <v>0</v>
       </c>
       <c r="BX3" t="s">
         <v>128</v>
       </c>
       <c r="BY3">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ3">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA3" t="s">
         <v>128</v>
       </c>
       <c r="CC3" t="s">
         <v>128</v>
       </c>
       <c r="CD3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="CE3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="CF3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="CH3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI3" t="s">
         <v>128</v>
       </c>
       <c r="CO3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="CQ3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR3" t="s">
         <v>127</v>
       </c>
       <c r="CS3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CT3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="CU3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="CV3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="CW3" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="4" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>123</v>
       </c>
       <c r="B4" t="s">
         <v>124</v>
       </c>
       <c r="C4" t="s">
         <v>125</v>
       </c>
       <c r="D4" t="s">
         <v>126</v>
       </c>
       <c r="E4" t="s">
         <v>127</v>
       </c>
       <c r="F4" t="s">
         <v>127</v>
       </c>
       <c r="G4" t="s">
         <v>128</v>
       </c>
       <c r="H4" t="s">
         <v>128</v>
       </c>
       <c r="I4" t="s">
         <v>129</v>
       </c>
       <c r="J4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O4">
         <v>1</v>
       </c>
       <c r="P4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V4" t="s">
         <v>128</v>
       </c>
       <c r="W4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X4">
         <v>252</v>
       </c>
       <c r="Y4">
-        <v>0.206062</v>
+        <v>0.206679</v>
       </c>
       <c r="Z4" t="s">
         <v>128</v>
       </c>
       <c r="AE4" t="s">
         <v>128</v>
       </c>
       <c r="AF4">
         <v>5</v>
       </c>
       <c r="AG4" t="s">
         <v>128</v>
       </c>
       <c r="AH4">
         <v>5</v>
       </c>
       <c r="AI4">
         <v>1</v>
       </c>
       <c r="AJ4">
         <v>5</v>
       </c>
       <c r="AK4" t="s">
         <v>128</v>
       </c>
       <c r="AM4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN4">
         <v>-0.342721</v>
       </c>
       <c r="AP4">
         <v>-6.2266799999999997E-2</v>
       </c>
       <c r="AQ4" t="s">
         <v>128</v>
       </c>
       <c r="AS4">
         <v>6.3769800000000001E-2</v>
       </c>
       <c r="AU4">
         <v>6.9129200000000002E-2</v>
       </c>
       <c r="AV4" t="s">
         <v>128</v>
       </c>
       <c r="AX4">
         <v>0.73830600000000002</v>
       </c>
       <c r="AZ4">
         <v>0.21431140000000001</v>
       </c>
       <c r="BA4" t="s">
         <v>128</v>
       </c>
       <c r="BC4">
         <v>-0.64403580000000005</v>
       </c>
       <c r="BE4">
         <v>-0.24655360000000001</v>
       </c>
       <c r="BF4" t="s">
         <v>128</v>
       </c>
       <c r="BN4" t="s">
         <v>127</v>
       </c>
       <c r="BO4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="BP4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="BQ4">
         <v>2</v>
       </c>
       <c r="BR4">
         <v>10000</v>
       </c>
       <c r="BS4">
         <v>0</v>
       </c>
       <c r="BT4">
         <v>0</v>
       </c>
       <c r="BU4">
         <v>0</v>
       </c>
       <c r="BV4">
         <v>0</v>
       </c>
       <c r="BW4">
         <v>0</v>
       </c>
       <c r="BX4" t="s">
         <v>128</v>
       </c>
       <c r="BY4">
         <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ4">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA4" t="s">
         <v>128</v>
       </c>
       <c r="CC4" t="s">
         <v>128</v>
       </c>
       <c r="CD4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CF4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="CH4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI4" t="s">
         <v>128</v>
       </c>
       <c r="CO4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="CQ4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR4" t="s">
         <v>127</v>
       </c>
       <c r="CS4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="CW4" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="5" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>123</v>
       </c>
       <c r="B5" t="s">
         <v>124</v>
       </c>
       <c r="C5" t="s">
         <v>125</v>
       </c>
       <c r="D5" t="s">
         <v>126</v>
       </c>
       <c r="E5" t="s">
         <v>127</v>
       </c>
       <c r="F5" t="s">
         <v>127</v>
       </c>
       <c r="G5" t="s">
         <v>128</v>
       </c>
       <c r="H5" t="s">
         <v>128</v>
       </c>
       <c r="I5" t="s">
         <v>129</v>
       </c>
       <c r="J5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="O5">
         <v>1</v>
       </c>
       <c r="P5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="Q5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R5" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V5" t="s">
         <v>128</v>
       </c>
       <c r="W5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X5">
         <v>252</v>
       </c>
       <c r="Y5">
-        <v>0.13669899999999999</v>
+        <v>0.136654</v>
       </c>
       <c r="Z5" t="s">
         <v>128</v>
       </c>
       <c r="AE5" t="s">
         <v>128</v>
       </c>
       <c r="AF5">
         <v>4</v>
       </c>
       <c r="AG5" t="s">
         <v>128</v>
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
       <c r="AI5">
         <v>1</v>
       </c>
       <c r="AJ5">
         <v>5</v>
       </c>
       <c r="AK5" t="s">
         <v>128</v>
       </c>
       <c r="AM5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN5">
         <v>-6.6859500000000002E-2</v>
       </c>
       <c r="AP5">
         <v>-1.438E-3</v>
       </c>
       <c r="AQ5" t="s">
         <v>128</v>
       </c>
       <c r="AS5">
         <v>0.11177380000000001</v>
       </c>
       <c r="AU5">
         <v>0.1082979</v>
       </c>
       <c r="AV5" t="s">
         <v>128</v>
       </c>
       <c r="AX5">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ5">
         <v>0.15125710000000001</v>
       </c>
       <c r="BA5" t="s">
         <v>128</v>
       </c>
       <c r="BC5">
         <v>-0.62193580000000004</v>
       </c>
       <c r="BE5">
         <v>-0.15349599999999999</v>
       </c>
       <c r="BF5" t="s">
         <v>128</v>
       </c>
       <c r="BN5" t="s">
         <v>127</v>
       </c>
       <c r="BO5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="BP5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="BQ5">
         <v>1</v>
       </c>
       <c r="BR5">
         <v>10000</v>
       </c>
       <c r="BS5">
         <v>0</v>
       </c>
       <c r="BT5">
         <v>0</v>
       </c>
       <c r="BU5">
         <v>0</v>
       </c>
       <c r="BV5">
         <v>0</v>
       </c>
       <c r="BW5">
         <v>0</v>
       </c>
       <c r="BX5" t="s">
         <v>128</v>
       </c>
       <c r="BY5">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ5">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA5" t="s">
         <v>128</v>
       </c>
       <c r="CC5" t="s">
         <v>128</v>
       </c>
       <c r="CD5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CE5" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="CF5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI5" t="s">
         <v>128</v>
       </c>
       <c r="CO5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="CQ5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR5" t="s">
         <v>127</v>
       </c>
       <c r="CS5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="CW5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>123</v>
       </c>
       <c r="B6" t="s">
         <v>124</v>
       </c>
       <c r="C6" t="s">
         <v>125</v>
       </c>
       <c r="D6" t="s">
         <v>126</v>
       </c>
       <c r="E6" t="s">
         <v>127</v>
       </c>
       <c r="F6" t="s">
         <v>127</v>
       </c>
       <c r="G6" t="s">
         <v>128</v>
       </c>
       <c r="H6" t="s">
         <v>128</v>
       </c>
       <c r="I6" t="s">
         <v>129</v>
       </c>
       <c r="J6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="Q6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="R6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="S6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V6" t="s">
         <v>128</v>
       </c>
       <c r="W6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X6">
         <v>252</v>
       </c>
       <c r="Y6">
-        <v>0.30048799999999998</v>
+        <v>0.29989700000000002</v>
       </c>
       <c r="Z6" t="s">
         <v>128</v>
       </c>
       <c r="AE6" t="s">
         <v>128</v>
       </c>
       <c r="AF6">
         <v>6</v>
       </c>
       <c r="AG6" t="s">
         <v>128</v>
       </c>
       <c r="AH6">
         <v>6</v>
       </c>
       <c r="AI6">
         <v>1</v>
       </c>
       <c r="AJ6">
         <v>5</v>
       </c>
       <c r="AK6" t="s">
         <v>128</v>
       </c>
       <c r="AM6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN6">
         <v>-0.5777563</v>
       </c>
       <c r="AP6">
         <v>-8.0172099999999996E-2</v>
       </c>
       <c r="AQ6" t="s">
         <v>128</v>
       </c>
       <c r="AS6">
         <v>5.4214400000000003E-2</v>
       </c>
       <c r="AU6">
         <v>-2.27155E-2</v>
       </c>
       <c r="AV6" t="s">
         <v>128</v>
       </c>
       <c r="AX6">
         <v>0.3850597</v>
       </c>
       <c r="AZ6">
         <v>0.13434260000000001</v>
       </c>
       <c r="BA6" t="s">
         <v>128</v>
       </c>
       <c r="BC6">
         <v>-0.82740880000000006</v>
       </c>
       <c r="BE6">
         <v>-0.41327140000000001</v>
       </c>
       <c r="BF6" t="s">
         <v>128</v>
       </c>
       <c r="BN6" t="s">
         <v>127</v>
       </c>
       <c r="BO6" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="BP6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="BQ6">
         <v>1</v>
       </c>
       <c r="BR6">
         <v>10000</v>
       </c>
       <c r="BS6">
         <v>0.05</v>
       </c>
       <c r="BT6">
         <v>0</v>
       </c>
       <c r="BU6">
         <v>0</v>
       </c>
       <c r="BV6">
         <v>0</v>
       </c>
       <c r="BW6">
         <v>0</v>
       </c>
       <c r="BX6" t="s">
         <v>128</v>
       </c>
       <c r="BY6">
         <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ6">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="CA6" t="s">
         <v>128</v>
       </c>
       <c r="CC6" t="s">
         <v>128</v>
       </c>
       <c r="CD6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="CE6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CF6" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CG6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI6" t="s">
         <v>128</v>
       </c>
       <c r="CO6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="CP6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="CQ6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR6" t="s">
         <v>127</v>
       </c>
       <c r="CS6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="CW6" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="7" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>123</v>
       </c>
       <c r="B7" t="s">
         <v>124</v>
       </c>
       <c r="C7" t="s">
         <v>125</v>
       </c>
       <c r="D7" t="s">
         <v>126</v>
       </c>
       <c r="E7" t="s">
         <v>127</v>
       </c>
       <c r="F7" t="s">
         <v>127</v>
       </c>
       <c r="G7" t="s">
         <v>128</v>
       </c>
       <c r="H7" t="s">
         <v>128</v>
       </c>
       <c r="I7" t="s">
         <v>129</v>
       </c>
       <c r="J7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N7" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="O7">
         <v>1</v>
       </c>
       <c r="P7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="Q7" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R7" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="S7" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V7" t="s">
         <v>128</v>
       </c>
       <c r="W7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X7">
         <v>252</v>
       </c>
       <c r="Y7">
-        <v>0.15606400000000001</v>
+        <v>0.155581</v>
       </c>
       <c r="Z7" t="s">
         <v>128</v>
       </c>
       <c r="AE7" t="s">
         <v>128</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7" t="s">
         <v>128</v>
       </c>
       <c r="AH7">
         <v>4</v>
       </c>
       <c r="AI7">
         <v>1</v>
       </c>
       <c r="AJ7">
         <v>5</v>
       </c>
       <c r="AK7" t="s">
         <v>128</v>
       </c>
       <c r="AM7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN7">
-        <v>-0.12715180000000001</v>
+        <v>-0.19616459999999999</v>
       </c>
       <c r="AP7">
-        <v>-7.7359000000000004E-3</v>
+        <v>4.1523000000000003E-3</v>
       </c>
       <c r="AQ7" t="s">
         <v>128</v>
       </c>
       <c r="AS7">
-        <v>0.1027301</v>
+        <v>0.11687019999999999</v>
       </c>
       <c r="AU7">
-        <v>0.1008858</v>
+        <v>0.1013776</v>
       </c>
       <c r="AV7" t="s">
         <v>128</v>
       </c>
       <c r="AX7">
-        <v>0.38361610000000002</v>
+        <v>0.49301139999999999</v>
       </c>
       <c r="AZ7">
-        <v>0.2197209</v>
+        <v>0.15208759999999999</v>
       </c>
       <c r="BA7" t="s">
         <v>128</v>
       </c>
       <c r="BC7">
-        <v>-0.83513789999999999</v>
+        <v>-0.55604039999999999</v>
       </c>
       <c r="BE7">
-        <v>-0.27696490000000001</v>
+        <v>-0.1937208</v>
       </c>
       <c r="BF7" t="s">
         <v>128</v>
       </c>
       <c r="BN7" t="s">
         <v>127</v>
       </c>
       <c r="BO7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="BP7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="BQ7">
         <v>3</v>
       </c>
       <c r="BR7">
         <v>10000</v>
       </c>
       <c r="BS7">
         <v>0</v>
       </c>
       <c r="BT7">
         <v>0</v>
       </c>
       <c r="BU7">
         <v>0</v>
       </c>
       <c r="BV7">
         <v>0</v>
       </c>
       <c r="BW7">
         <v>0</v>
       </c>
       <c r="BX7" t="s">
         <v>128</v>
       </c>
       <c r="BY7">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ7">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA7" t="s">
         <v>128</v>
       </c>
       <c r="CC7" t="s">
         <v>128</v>
       </c>
       <c r="CD7" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CE7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CF7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG7" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI7" t="s">
         <v>128</v>
       </c>
       <c r="CO7" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="CP7" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="CQ7" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="CR7" t="s">
         <v>127</v>
       </c>
       <c r="CS7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV7" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="CW7" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>123</v>
       </c>
       <c r="B8" t="s">
         <v>124</v>
       </c>
       <c r="C8" t="s">
         <v>125</v>
       </c>
       <c r="D8" t="s">
         <v>126</v>
       </c>
       <c r="E8" t="s">
         <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>127</v>
       </c>
       <c r="G8" t="s">
         <v>128</v>
       </c>
       <c r="H8" t="s">
         <v>128</v>
       </c>
       <c r="I8" t="s">
         <v>129</v>
       </c>
       <c r="J8" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L8" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N8" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="Q8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R8" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="S8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V8" t="s">
         <v>128</v>
       </c>
       <c r="W8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X8">
         <v>252</v>
       </c>
       <c r="Y8">
-        <v>0.13584499999999999</v>
+        <v>0.13569700000000001</v>
       </c>
       <c r="Z8" t="s">
         <v>128</v>
       </c>
       <c r="AE8" t="s">
         <v>128</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8" t="s">
         <v>128</v>
       </c>
       <c r="AH8">
         <v>4</v>
       </c>
       <c r="AI8">
         <v>1</v>
       </c>
       <c r="AJ8">
         <v>5</v>
       </c>
       <c r="AK8" t="s">
         <v>128</v>
       </c>
       <c r="AM8" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN8">
-        <v>-0.1042172</v>
+        <v>-0.11451749999999999</v>
       </c>
       <c r="AP8">
-        <v>5.1583000000000002E-3</v>
+        <v>3.2220999999999999E-3</v>
       </c>
       <c r="AQ8" t="s">
         <v>128</v>
       </c>
       <c r="AS8">
-        <v>0.1059708</v>
+        <v>9.7746899999999998E-2</v>
       </c>
       <c r="AU8">
-        <v>0.1035363</v>
+        <v>0.1078712</v>
       </c>
       <c r="AV8" t="s">
         <v>128</v>
       </c>
       <c r="AX8">
-        <v>0.35318119999999997</v>
+        <v>0.39625110000000002</v>
       </c>
       <c r="AZ8">
-        <v>0.20935290000000001</v>
+        <v>0.13634650000000001</v>
       </c>
       <c r="BA8" t="s">
         <v>128</v>
       </c>
       <c r="BC8">
-        <v>-0.83438599999999996</v>
+        <v>-0.60359149999999995</v>
       </c>
       <c r="BE8">
-        <v>-0.27803240000000001</v>
+        <v>-0.1573061</v>
       </c>
       <c r="BF8" t="s">
         <v>128</v>
       </c>
       <c r="BN8" t="s">
         <v>127</v>
       </c>
       <c r="BO8" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="BP8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="BQ8">
         <v>3</v>
       </c>
       <c r="BR8">
         <v>10000</v>
       </c>
       <c r="BS8">
         <v>0</v>
       </c>
       <c r="BT8">
         <v>0</v>
       </c>
       <c r="BU8">
         <v>0</v>
       </c>
       <c r="BV8">
         <v>0</v>
       </c>
       <c r="BW8">
         <v>0</v>
       </c>
       <c r="BX8" t="s">
         <v>128</v>
       </c>
       <c r="BY8">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ8">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA8" t="s">
         <v>128</v>
       </c>
       <c r="CC8" t="s">
         <v>128</v>
       </c>
       <c r="CD8" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CE8" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="CF8" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG8" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI8" t="s">
         <v>128</v>
       </c>
       <c r="CO8" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="CP8" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="CQ8" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR8" t="s">
         <v>127</v>
       </c>
       <c r="CS8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT8" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="CW8" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>123</v>
       </c>
       <c r="B9" t="s">
         <v>124</v>
       </c>
       <c r="C9" t="s">
         <v>125</v>
       </c>
       <c r="D9" t="s">
         <v>126</v>
       </c>
       <c r="E9" t="s">
         <v>127</v>
       </c>
       <c r="F9" t="s">
         <v>127</v>
       </c>
       <c r="G9" t="s">
         <v>128</v>
       </c>
       <c r="H9" t="s">
         <v>128</v>
       </c>
       <c r="I9" t="s">
         <v>129</v>
       </c>
       <c r="J9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N9" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="O9">
         <v>1</v>
       </c>
       <c r="P9" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="Q9" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="R9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S9" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V9" t="s">
         <v>128</v>
       </c>
       <c r="W9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X9">
         <v>252</v>
       </c>
       <c r="Y9">
-        <v>0.27937800000000002</v>
+        <v>0.27792899999999998</v>
       </c>
       <c r="Z9" t="s">
         <v>128</v>
       </c>
       <c r="AE9" t="s">
         <v>128</v>
       </c>
       <c r="AF9">
         <v>5</v>
       </c>
       <c r="AG9" t="s">
         <v>128</v>
       </c>
       <c r="AH9">
         <v>5</v>
       </c>
       <c r="AI9">
         <v>1</v>
       </c>
       <c r="AJ9">
         <v>5</v>
       </c>
       <c r="AK9" t="s">
         <v>128</v>
       </c>
       <c r="AM9" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN9">
         <v>-0.51825140000000003</v>
       </c>
       <c r="AP9">
         <v>-0.14653859999999999</v>
       </c>
       <c r="AQ9" t="s">
         <v>128</v>
       </c>
       <c r="AS9">
         <v>4.7789699999999997E-2</v>
       </c>
       <c r="AU9">
         <v>-3.4090000000000001E-3</v>
       </c>
       <c r="AV9" t="s">
         <v>128</v>
       </c>
       <c r="AX9">
         <v>0.8556279</v>
       </c>
       <c r="AZ9">
         <v>0.22943330000000001</v>
       </c>
       <c r="BA9" t="s">
         <v>128</v>
       </c>
       <c r="BC9">
         <v>-0.75137759999999998</v>
       </c>
       <c r="BE9">
         <v>-0.34533380000000002</v>
       </c>
       <c r="BF9" t="s">
         <v>128</v>
       </c>
       <c r="BN9" t="s">
         <v>127</v>
       </c>
       <c r="BO9" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="BP9" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="BQ9">
         <v>3</v>
       </c>
       <c r="BR9">
         <v>10000</v>
       </c>
       <c r="BS9">
         <v>0</v>
       </c>
       <c r="BT9">
         <v>0</v>
       </c>
       <c r="BU9">
         <v>0</v>
       </c>
       <c r="BV9">
         <v>0</v>
       </c>
       <c r="BW9">
         <v>0</v>
       </c>
       <c r="BX9" t="s">
         <v>128</v>
       </c>
       <c r="BY9">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ9">
         <v>1.4E-3</v>
       </c>
       <c r="CA9" t="s">
         <v>128</v>
       </c>
       <c r="CC9" t="s">
         <v>128</v>
       </c>
       <c r="CD9" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="CE9" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="CF9" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG9" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="CH9" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI9" t="s">
         <v>128</v>
       </c>
       <c r="CO9" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="CP9" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="CQ9" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR9" t="s">
         <v>127</v>
       </c>
       <c r="CS9" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT9" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV9" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="CW9" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="10" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>123</v>
       </c>
       <c r="B10" t="s">
         <v>124</v>
       </c>
       <c r="C10" t="s">
         <v>125</v>
       </c>
       <c r="D10" t="s">
         <v>126</v>
       </c>
       <c r="E10" t="s">
         <v>127</v>
       </c>
       <c r="F10" t="s">
         <v>127</v>
       </c>
       <c r="G10" t="s">
         <v>128</v>
       </c>
       <c r="H10" t="s">
         <v>128</v>
       </c>
       <c r="I10" t="s">
         <v>129</v>
       </c>
       <c r="J10" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K10" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L10" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N10" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="O10">
         <v>1</v>
       </c>
       <c r="P10" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="Q10" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R10" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="S10" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V10" t="s">
         <v>128</v>
       </c>
       <c r="W10" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X10">
         <v>252</v>
       </c>
       <c r="Y10">
-        <v>0.15606500000000001</v>
+        <v>0.155582</v>
       </c>
       <c r="Z10" t="s">
         <v>128</v>
       </c>
       <c r="AE10" t="s">
         <v>128</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10" t="s">
         <v>128</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
       <c r="AI10">
         <v>1</v>
       </c>
       <c r="AJ10">
         <v>5</v>
       </c>
       <c r="AK10" t="s">
         <v>128</v>
       </c>
       <c r="AM10" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN10">
-        <v>-0.1271534</v>
+        <v>-0.19617270000000001</v>
       </c>
       <c r="AP10">
-        <v>-7.7378999999999998E-3</v>
+        <v>4.1505999999999999E-3</v>
       </c>
       <c r="AQ10" t="s">
         <v>128</v>
       </c>
       <c r="AS10">
-        <v>0.10272779999999999</v>
+        <v>0.1168478</v>
       </c>
       <c r="AU10">
-        <v>0.1008835</v>
+        <v>0.1013758</v>
       </c>
       <c r="AV10" t="s">
         <v>128</v>
       </c>
       <c r="AX10">
-        <v>0.38361269999999997</v>
+        <v>0.4930196</v>
       </c>
       <c r="AZ10">
-        <v>0.2197182</v>
+        <v>0.15208199999999999</v>
       </c>
       <c r="BA10" t="s">
         <v>128</v>
       </c>
       <c r="BC10">
-        <v>-0.83514140000000003</v>
+        <v>-0.58758030000000006</v>
       </c>
       <c r="BE10">
-        <v>-0.27696720000000002</v>
+        <v>-0.19508159999999999</v>
       </c>
       <c r="BF10" t="s">
         <v>128</v>
       </c>
       <c r="BN10" t="s">
         <v>127</v>
       </c>
       <c r="BO10" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="BP10" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="BQ10">
         <v>3</v>
       </c>
       <c r="BR10">
         <v>10000</v>
       </c>
       <c r="BS10">
         <v>0</v>
       </c>
       <c r="BT10">
         <v>0</v>
       </c>
       <c r="BU10">
         <v>0</v>
       </c>
       <c r="BV10">
         <v>0</v>
       </c>
       <c r="BW10">
         <v>0</v>
       </c>
       <c r="BX10" t="s">
         <v>128</v>
       </c>
       <c r="BY10">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ10">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA10" t="s">
         <v>128</v>
       </c>
       <c r="CC10" t="s">
         <v>128</v>
       </c>
       <c r="CD10" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CE10" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="CF10" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG10" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH10" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI10" t="s">
         <v>128</v>
       </c>
       <c r="CO10" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="CP10" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="CQ10" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="CR10" t="s">
         <v>127</v>
       </c>
       <c r="CS10" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT10" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU10" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV10" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="CW10" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="11" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>123</v>
       </c>
       <c r="B11" t="s">
         <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>125</v>
       </c>
       <c r="D11" t="s">
         <v>126</v>
       </c>
       <c r="E11" t="s">
         <v>127</v>
       </c>
       <c r="F11" t="s">
         <v>127</v>
       </c>
       <c r="G11" t="s">
         <v>128</v>
       </c>
       <c r="H11" t="s">
         <v>128</v>
       </c>
       <c r="I11" t="s">
         <v>129</v>
       </c>
       <c r="J11" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K11" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L11" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N11" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="O11">
         <v>1</v>
       </c>
       <c r="P11" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="Q11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R11" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="S11" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V11" t="s">
         <v>128</v>
       </c>
       <c r="W11" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X11">
         <v>252</v>
       </c>
       <c r="Y11">
-        <v>0.135847</v>
+        <v>0.13569999999999999</v>
       </c>
       <c r="Z11" t="s">
         <v>128</v>
       </c>
       <c r="AE11" t="s">
         <v>128</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
       <c r="AG11" t="s">
         <v>128</v>
       </c>
       <c r="AH11">
         <v>4</v>
       </c>
       <c r="AI11">
         <v>1</v>
       </c>
       <c r="AJ11">
         <v>5</v>
       </c>
       <c r="AK11" t="s">
         <v>128</v>
       </c>
       <c r="AM11" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN11">
-        <v>-0.10422480000000001</v>
+        <v>-0.1144752</v>
       </c>
       <c r="AP11">
-        <v>5.1517000000000004E-3</v>
+        <v>3.2217999999999999E-3</v>
       </c>
       <c r="AQ11" t="s">
         <v>128</v>
       </c>
       <c r="AS11">
-        <v>0.1059653</v>
+        <v>9.7704399999999997E-2</v>
       </c>
       <c r="AU11">
-        <v>0.1035307</v>
+        <v>0.1078654</v>
       </c>
       <c r="AV11" t="s">
         <v>128</v>
       </c>
       <c r="AX11">
-        <v>0.35317880000000001</v>
+        <v>0.39622200000000002</v>
       </c>
       <c r="AZ11">
-        <v>0.20934849999999999</v>
+        <v>0.13633990000000001</v>
       </c>
       <c r="BA11" t="s">
         <v>128</v>
       </c>
       <c r="BC11">
-        <v>-0.83438889999999999</v>
+        <v>-0.60360619999999998</v>
       </c>
       <c r="BE11">
-        <v>-0.27804099999999998</v>
+        <v>-0.15731410000000001</v>
       </c>
       <c r="BF11" t="s">
         <v>128</v>
       </c>
       <c r="BN11" t="s">
         <v>127</v>
       </c>
       <c r="BO11" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="BP11" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="BQ11">
         <v>3</v>
       </c>
       <c r="BR11">
         <v>10000</v>
       </c>
       <c r="BS11">
         <v>0</v>
       </c>
       <c r="BT11">
         <v>0</v>
       </c>
       <c r="BU11">
         <v>0</v>
       </c>
       <c r="BV11">
         <v>0</v>
       </c>
       <c r="BW11">
         <v>0</v>
       </c>
       <c r="BX11" t="s">
         <v>128</v>
       </c>
       <c r="BY11">
-        <v>6.6E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ11">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA11" t="s">
         <v>128</v>
       </c>
       <c r="CC11" t="s">
         <v>128</v>
       </c>
       <c r="CD11" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="CE11" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="CF11" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG11" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH11" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI11" t="s">
         <v>128</v>
       </c>
       <c r="CO11" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="CP11" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="CQ11" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR11" t="s">
         <v>127</v>
       </c>
       <c r="CS11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT11" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU11" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="CW11" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="12" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>123</v>
       </c>
       <c r="B12" t="s">
         <v>124</v>
       </c>
       <c r="C12" t="s">
         <v>125</v>
       </c>
       <c r="D12" t="s">
         <v>126</v>
       </c>
       <c r="E12" t="s">
         <v>127</v>
       </c>
       <c r="F12" t="s">
         <v>127</v>
       </c>
       <c r="G12" t="s">
         <v>128</v>
       </c>
       <c r="H12" t="s">
         <v>128</v>
       </c>
       <c r="I12" t="s">
         <v>129</v>
       </c>
       <c r="J12" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L12" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N12" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="O12">
         <v>1</v>
       </c>
       <c r="P12" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="Q12" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="R12" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S12" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V12" t="s">
         <v>128</v>
       </c>
       <c r="W12" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X12">
         <v>252</v>
       </c>
       <c r="Y12">
-        <v>0.24338099999999999</v>
+        <v>0.24334800000000001</v>
       </c>
       <c r="Z12" t="s">
         <v>128</v>
       </c>
       <c r="AE12" t="s">
         <v>128</v>
       </c>
       <c r="AF12">
         <v>5</v>
       </c>
       <c r="AG12" t="s">
         <v>128</v>
       </c>
       <c r="AH12">
         <v>5</v>
       </c>
       <c r="AI12">
         <v>1</v>
       </c>
       <c r="AJ12">
         <v>5</v>
       </c>
       <c r="AK12" t="s">
         <v>128</v>
       </c>
       <c r="AM12" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN12">
         <v>-0.25001200000000001</v>
       </c>
       <c r="AP12">
         <v>-5.8875000000000004E-3</v>
       </c>
       <c r="AQ12" t="s">
         <v>128</v>
       </c>
       <c r="AS12">
         <v>0.14053789999999999</v>
       </c>
       <c r="AU12">
         <v>0.21164250000000001</v>
       </c>
       <c r="AV12" t="s">
         <v>128</v>
       </c>
       <c r="AX12">
         <v>1.0638627</v>
       </c>
       <c r="AZ12">
         <v>0.31498579999999998</v>
       </c>
       <c r="BA12" t="s">
         <v>128</v>
       </c>
       <c r="BC12">
         <v>-0.73940530000000004</v>
       </c>
       <c r="BE12">
         <v>-0.3040062</v>
       </c>
       <c r="BF12" t="s">
         <v>128</v>
       </c>
       <c r="BN12" t="s">
         <v>127</v>
       </c>
       <c r="BO12" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="BP12" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="BQ12">
         <v>3</v>
       </c>
       <c r="BR12">
         <v>1000000</v>
       </c>
       <c r="BS12">
         <v>0</v>
       </c>
       <c r="BT12">
         <v>0</v>
       </c>
       <c r="BU12">
         <v>0</v>
       </c>
       <c r="BV12">
         <v>0</v>
       </c>
       <c r="BW12">
         <v>0</v>
       </c>
       <c r="BX12" t="s">
         <v>128</v>
       </c>
       <c r="BY12">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ12">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA12" t="s">
         <v>128</v>
       </c>
       <c r="CC12" t="s">
         <v>128</v>
       </c>
       <c r="CD12" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="CE12" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="CF12" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG12" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="CH12" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI12" t="s">
         <v>128</v>
       </c>
       <c r="CO12" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="CP12" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="CQ12" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR12" t="s">
         <v>127</v>
       </c>
       <c r="CS12" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT12" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU12" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV12" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="CW12" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="13" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>123</v>
       </c>
       <c r="B13" t="s">
         <v>124</v>
       </c>
       <c r="C13" t="s">
         <v>125</v>
       </c>
       <c r="D13" t="s">
         <v>126</v>
       </c>
       <c r="E13" t="s">
         <v>127</v>
       </c>
       <c r="F13" t="s">
         <v>127</v>
       </c>
       <c r="G13" t="s">
         <v>128</v>
       </c>
       <c r="H13" t="s">
         <v>128</v>
       </c>
       <c r="I13" t="s">
         <v>129</v>
       </c>
       <c r="J13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N13" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="O13">
         <v>1</v>
       </c>
       <c r="P13" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="Q13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R13" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="S13" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V13" t="s">
         <v>128</v>
       </c>
       <c r="W13" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X13">
         <v>252</v>
       </c>
       <c r="Y13">
-        <v>0.18657499999999999</v>
+        <v>0.18604999999999999</v>
       </c>
       <c r="Z13" t="s">
         <v>128</v>
       </c>
       <c r="AE13" t="s">
         <v>128</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13" t="s">
         <v>128</v>
       </c>
       <c r="AH13">
         <v>4</v>
       </c>
       <c r="AI13">
         <v>1</v>
       </c>
       <c r="AJ13">
         <v>5</v>
       </c>
       <c r="AK13" t="s">
         <v>128</v>
       </c>
       <c r="AM13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN13">
         <v>-0.1207969</v>
       </c>
       <c r="AP13">
         <v>3.3928000000000001E-3</v>
       </c>
       <c r="AQ13" t="s">
         <v>128</v>
       </c>
       <c r="AS13">
         <v>0.1168695</v>
       </c>
       <c r="AU13">
         <v>0.1166287</v>
       </c>
       <c r="AV13" t="s">
         <v>128</v>
       </c>
       <c r="AX13">
         <v>0.41752669999999997</v>
       </c>
       <c r="AZ13">
         <v>0.24242359999999999</v>
       </c>
       <c r="BA13" t="s">
         <v>128</v>
       </c>
       <c r="BC13">
         <v>-0.58771030000000002</v>
       </c>
       <c r="BE13">
         <v>-0.19873440000000001</v>
       </c>
       <c r="BF13" t="s">
         <v>128</v>
       </c>
       <c r="BN13" t="s">
         <v>127</v>
       </c>
       <c r="BO13" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="BP13" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="BQ13">
         <v>2</v>
       </c>
       <c r="BR13">
         <v>10000</v>
       </c>
       <c r="BS13">
         <v>0</v>
       </c>
       <c r="BT13">
         <v>0</v>
       </c>
       <c r="BU13">
         <v>0</v>
       </c>
       <c r="BV13">
         <v>0</v>
       </c>
       <c r="BW13">
         <v>0</v>
       </c>
       <c r="BX13" t="s">
         <v>128</v>
       </c>
       <c r="BY13">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ13">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA13" t="s">
         <v>128</v>
       </c>
       <c r="CC13" t="s">
         <v>128</v>
       </c>
       <c r="CD13" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="CE13" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="CF13" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI13" t="s">
         <v>128</v>
       </c>
       <c r="CO13" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="CP13" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="CQ13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR13" t="s">
         <v>127</v>
       </c>
       <c r="CS13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT13" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV13" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="CW13" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>123</v>
       </c>
       <c r="B14" t="s">
         <v>124</v>
       </c>
       <c r="C14" t="s">
         <v>125</v>
       </c>
       <c r="D14" t="s">
         <v>126</v>
       </c>
       <c r="E14" t="s">
         <v>127</v>
       </c>
       <c r="F14" t="s">
         <v>127</v>
       </c>
       <c r="G14" t="s">
         <v>128</v>
       </c>
       <c r="H14" t="s">
         <v>128</v>
       </c>
       <c r="I14" t="s">
         <v>129</v>
       </c>
       <c r="J14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K14" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N14" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="Q14" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R14" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S14" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
       <c r="U14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V14" t="s">
         <v>128</v>
       </c>
       <c r="W14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X14">
         <v>252</v>
       </c>
       <c r="Y14">
-        <v>0.200742</v>
+        <v>0.19957800000000001</v>
       </c>
       <c r="Z14" t="s">
         <v>128</v>
       </c>
       <c r="AE14" t="s">
         <v>128</v>
       </c>
       <c r="AF14">
         <v>5</v>
       </c>
       <c r="AG14" t="s">
         <v>128</v>
       </c>
       <c r="AH14">
         <v>5</v>
       </c>
       <c r="AI14">
         <v>1</v>
       </c>
       <c r="AJ14">
         <v>5</v>
       </c>
       <c r="AK14" t="s">
         <v>128</v>
       </c>
       <c r="AM14" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN14">
         <v>-0.1941116</v>
       </c>
       <c r="AP14">
         <v>-5.5336099999999999E-2</v>
       </c>
       <c r="AQ14" t="s">
         <v>128</v>
       </c>
       <c r="AS14">
         <v>7.5231599999999996E-2</v>
       </c>
       <c r="AU14">
         <v>7.4328199999999997E-2</v>
       </c>
       <c r="AV14" t="s">
         <v>128</v>
       </c>
       <c r="AX14">
         <v>0.4296529</v>
       </c>
       <c r="AZ14">
         <v>0.22094730000000001</v>
       </c>
       <c r="BA14" t="s">
         <v>128</v>
       </c>
       <c r="BC14">
         <v>-0.82300249999999997</v>
       </c>
       <c r="BE14">
         <v>-0.24456249999999999</v>
       </c>
       <c r="BF14" t="s">
         <v>128</v>
       </c>
       <c r="BN14" t="s">
         <v>127</v>
       </c>
       <c r="BO14" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="BP14" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="BQ14">
         <v>2</v>
       </c>
       <c r="BR14">
         <v>10000</v>
       </c>
       <c r="BS14">
         <v>0</v>
       </c>
       <c r="BT14">
         <v>0</v>
       </c>
       <c r="BU14">
         <v>0</v>
       </c>
       <c r="BV14">
         <v>0</v>
       </c>
       <c r="BW14">
         <v>0</v>
       </c>
       <c r="BX14" t="s">
         <v>128</v>
       </c>
       <c r="BY14">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ14">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA14" t="s">
         <v>128</v>
       </c>
       <c r="CC14" t="s">
         <v>128</v>
       </c>
       <c r="CD14" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="CE14" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="CF14" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG14" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI14" t="s">
         <v>128</v>
       </c>
       <c r="CO14" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP14" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="CQ14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR14" t="s">
         <v>127</v>
       </c>
       <c r="CS14" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT14" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV14" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="CW14" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>123</v>
       </c>
       <c r="B15" t="s">
         <v>124</v>
       </c>
       <c r="C15" t="s">
         <v>125</v>
       </c>
       <c r="D15" t="s">
         <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>127</v>
       </c>
       <c r="F15" t="s">
         <v>127</v>
       </c>
       <c r="G15" t="s">
         <v>128</v>
       </c>
       <c r="H15" t="s">
         <v>128</v>
       </c>
       <c r="I15" t="s">
         <v>129</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="O15">
         <v>1</v>
       </c>
       <c r="P15" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="Q15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V15" t="s">
         <v>128</v>
       </c>
       <c r="W15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X15">
         <v>252</v>
       </c>
       <c r="Y15">
-        <v>0.285107</v>
+        <v>0.284441</v>
       </c>
       <c r="Z15" t="s">
         <v>128</v>
       </c>
       <c r="AE15" t="s">
         <v>128</v>
       </c>
       <c r="AF15">
         <v>5</v>
       </c>
       <c r="AG15" t="s">
         <v>128</v>
       </c>
       <c r="AH15">
         <v>5</v>
       </c>
       <c r="AI15">
         <v>1</v>
       </c>
       <c r="AJ15">
         <v>5</v>
       </c>
       <c r="AK15" t="s">
         <v>128</v>
       </c>
       <c r="AM15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN15">
         <v>-0.50262510000000005</v>
       </c>
       <c r="AP15">
         <v>-0.16155079999999999</v>
       </c>
       <c r="AQ15" t="s">
         <v>128</v>
       </c>
       <c r="AS15">
         <v>-5.1881999999999996E-3</v>
       </c>
       <c r="AU15">
         <v>-1.9838999999999998E-3</v>
       </c>
       <c r="AV15" t="s">
         <v>128</v>
       </c>
       <c r="AX15">
         <v>0.69725440000000005</v>
       </c>
       <c r="AZ15">
         <v>0.20864969999999999</v>
       </c>
       <c r="BA15" t="s">
         <v>128</v>
       </c>
       <c r="BC15">
         <v>-0.78281319999999999</v>
       </c>
       <c r="BE15">
         <v>-0.35761340000000003</v>
       </c>
       <c r="BF15" t="s">
         <v>128</v>
       </c>
       <c r="BN15" t="s">
         <v>127</v>
       </c>
       <c r="BO15" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="BP15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="BQ15">
         <v>3</v>
       </c>
       <c r="BR15">
         <v>10000</v>
       </c>
       <c r="BS15">
         <v>0.05</v>
       </c>
       <c r="BT15">
         <v>0</v>
       </c>
       <c r="BU15">
         <v>0</v>
       </c>
       <c r="BV15">
         <v>0</v>
       </c>
       <c r="BW15">
         <v>0</v>
       </c>
       <c r="BX15" t="s">
         <v>128</v>
       </c>
       <c r="BY15">
         <v>1.6299999999999999E-2</v>
       </c>
       <c r="BZ15">
         <v>1.4E-3</v>
       </c>
       <c r="CA15" t="s">
         <v>128</v>
       </c>
       <c r="CC15" t="s">
         <v>128</v>
       </c>
       <c r="CD15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="CE15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="CF15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="CH15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI15" t="s">
         <v>128</v>
       </c>
       <c r="CO15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="CP15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="CQ15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR15" t="s">
         <v>127</v>
       </c>
       <c r="CS15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV15" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="CW15" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:123" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>123</v>
       </c>
       <c r="B16" t="s">
         <v>124</v>
       </c>
       <c r="C16" t="s">
         <v>125</v>
       </c>
       <c r="D16" t="s">
         <v>126</v>
       </c>
       <c r="E16" t="s">
         <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>127</v>
       </c>
       <c r="G16" t="s">
         <v>128</v>
       </c>
       <c r="H16" t="s">
         <v>128</v>
       </c>
       <c r="I16" t="s">
         <v>129</v>
       </c>
       <c r="J16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="O16">
         <v>1</v>
       </c>
       <c r="P16" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q16" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R16" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="S16" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V16" t="s">
         <v>128</v>
       </c>
       <c r="W16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X16">
         <v>252</v>
       </c>
       <c r="Y16">
-        <v>0.296597</v>
+        <v>0.29453099999999999</v>
       </c>
       <c r="Z16" t="s">
         <v>128</v>
       </c>
       <c r="AE16" t="s">
         <v>128</v>
       </c>
       <c r="AF16">
         <v>5</v>
       </c>
       <c r="AG16" t="s">
         <v>128</v>
       </c>
       <c r="AH16">
         <v>5</v>
       </c>
       <c r="AI16">
         <v>1</v>
       </c>
       <c r="AJ16">
         <v>5</v>
       </c>
       <c r="AK16" t="s">
         <v>128</v>
       </c>
       <c r="AM16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN16">
         <v>-0.53257880000000002</v>
       </c>
       <c r="AP16">
         <v>-4.6614799999999998E-2</v>
       </c>
       <c r="AQ16" t="s">
         <v>128</v>
       </c>
       <c r="AS16">
         <v>0.15179690000000001</v>
       </c>
       <c r="AU16">
         <v>0.1379485</v>
       </c>
       <c r="AV16" t="s">
         <v>128</v>
       </c>
       <c r="AX16">
         <v>1.0512246999999999</v>
       </c>
       <c r="AZ16">
         <v>0.28735119999999997</v>
       </c>
       <c r="BA16" t="s">
         <v>128</v>
       </c>
       <c r="BC16">
         <v>-0.817685</v>
       </c>
       <c r="BE16">
         <v>-0.40164179999999999</v>
       </c>
       <c r="BF16" t="s">
         <v>128</v>
       </c>
       <c r="BN16" t="s">
         <v>127</v>
       </c>
       <c r="BO16" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="BP16" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="BQ16">
         <v>3</v>
       </c>
       <c r="BR16">
         <v>10000</v>
       </c>
       <c r="BS16">
         <v>0</v>
       </c>
       <c r="BT16">
         <v>0</v>
       </c>
       <c r="BU16">
         <v>0</v>
       </c>
       <c r="BV16">
         <v>0</v>
       </c>
       <c r="BW16">
         <v>0</v>
       </c>
       <c r="BX16" t="s">
         <v>128</v>
       </c>
       <c r="BY16">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ16">
         <v>2.3E-3</v>
       </c>
       <c r="CA16" t="s">
         <v>128</v>
       </c>
       <c r="CC16" t="s">
         <v>128</v>
       </c>
       <c r="CD16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE16" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="CF16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG16" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH16" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI16" t="s">
         <v>128</v>
       </c>
       <c r="CO16" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="CP16" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="CQ16" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR16" t="s">
         <v>127</v>
       </c>
       <c r="CS16" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT16" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU16" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV16" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="CW16" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>123</v>
       </c>
       <c r="B17" t="s">
         <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>125</v>
       </c>
       <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>127</v>
       </c>
       <c r="F17" t="s">
         <v>127</v>
       </c>
       <c r="G17" t="s">
         <v>128</v>
       </c>
       <c r="H17" t="s">
         <v>128</v>
       </c>
       <c r="I17" t="s">
         <v>129</v>
       </c>
       <c r="J17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="Q17" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="R17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S17" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V17" t="s">
         <v>128</v>
       </c>
       <c r="W17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X17">
         <v>252</v>
       </c>
       <c r="Y17">
-        <v>0.28092099999999998</v>
+        <v>0.27919300000000002</v>
       </c>
       <c r="Z17" t="s">
         <v>128</v>
       </c>
       <c r="AE17" t="s">
         <v>128</v>
       </c>
       <c r="AF17">
         <v>5</v>
       </c>
       <c r="AG17" t="s">
         <v>128</v>
       </c>
       <c r="AH17">
         <v>5</v>
       </c>
       <c r="AI17">
         <v>1</v>
       </c>
       <c r="AJ17">
         <v>5</v>
       </c>
       <c r="AK17" t="s">
         <v>128</v>
       </c>
       <c r="AM17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN17">
         <v>-0.53781990000000002</v>
       </c>
       <c r="AP17">
         <v>-8.1850900000000004E-2</v>
       </c>
       <c r="AQ17" t="s">
         <v>128</v>
       </c>
       <c r="AS17">
         <v>3.2926200000000003E-2</v>
       </c>
       <c r="AU17">
         <v>2.8116599999999999E-2</v>
       </c>
       <c r="AV17" t="s">
         <v>128</v>
       </c>
       <c r="AX17">
         <v>0.31023840000000003</v>
       </c>
       <c r="AZ17">
         <v>0.1403008</v>
       </c>
       <c r="BA17" t="s">
         <v>128</v>
       </c>
       <c r="BC17">
         <v>-0.8145327</v>
       </c>
       <c r="BE17">
         <v>-0.39788420000000002</v>
       </c>
       <c r="BF17" t="s">
         <v>128</v>
       </c>
       <c r="BN17" t="s">
         <v>127</v>
       </c>
       <c r="BO17" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="BP17" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="BQ17">
         <v>2</v>
       </c>
       <c r="BR17">
         <v>10000</v>
       </c>
       <c r="BS17">
         <v>0.05</v>
       </c>
       <c r="BT17">
         <v>0</v>
       </c>
       <c r="BU17">
         <v>0</v>
       </c>
       <c r="BV17">
         <v>0</v>
       </c>
       <c r="BW17">
         <v>0</v>
       </c>
       <c r="BX17" t="s">
         <v>128</v>
       </c>
       <c r="BY17">
         <v>1.55E-2</v>
       </c>
       <c r="BZ17">
         <v>2.3E-3</v>
       </c>
       <c r="CA17" t="s">
         <v>128</v>
       </c>
       <c r="CC17" t="s">
         <v>128</v>
       </c>
       <c r="CD17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE17" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="CF17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG17" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI17" t="s">
         <v>128</v>
       </c>
       <c r="CO17" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="CP17" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="CQ17" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR17" t="s">
         <v>127</v>
       </c>
       <c r="CS17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV17" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="CW17" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>123</v>
       </c>
       <c r="B18" t="s">
         <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>125</v>
       </c>
       <c r="D18" t="s">
         <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>127</v>
       </c>
       <c r="F18" t="s">
         <v>127</v>
       </c>
       <c r="G18" t="s">
         <v>128</v>
       </c>
       <c r="H18" t="s">
         <v>128</v>
       </c>
       <c r="I18" t="s">
         <v>129</v>
       </c>
       <c r="J18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="O18">
         <v>1</v>
       </c>
       <c r="P18" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="Q18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R18" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S18" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>
       <c r="U18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V18" t="s">
         <v>128</v>
       </c>
       <c r="W18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X18">
         <v>252</v>
       </c>
       <c r="Y18">
-        <v>0.26412200000000002</v>
+        <v>0.26307799999999998</v>
       </c>
       <c r="Z18" t="s">
         <v>128</v>
       </c>
       <c r="AE18" t="s">
         <v>128</v>
       </c>
       <c r="AF18">
         <v>5</v>
       </c>
       <c r="AG18" t="s">
         <v>128</v>
       </c>
       <c r="AH18">
         <v>5</v>
       </c>
       <c r="AI18">
         <v>1</v>
       </c>
       <c r="AJ18">
         <v>5</v>
       </c>
       <c r="AK18" t="s">
         <v>128</v>
       </c>
       <c r="AM18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN18">
         <v>-0.4445443</v>
       </c>
       <c r="AP18">
         <v>-0.15655250000000001</v>
       </c>
       <c r="AQ18" t="s">
         <v>128</v>
       </c>
       <c r="AS18">
         <v>-1.9954199999999998E-2</v>
       </c>
       <c r="AU18">
         <v>0.10511760000000001</v>
       </c>
       <c r="AV18" t="s">
         <v>128</v>
       </c>
       <c r="AX18">
         <v>0.91506810000000005</v>
       </c>
       <c r="AZ18">
         <v>0.1918301</v>
       </c>
       <c r="BA18" t="s">
         <v>128</v>
       </c>
       <c r="BC18">
         <v>-0.76322400000000001</v>
       </c>
       <c r="BE18">
         <v>-0.3001393</v>
       </c>
       <c r="BF18" t="s">
         <v>128</v>
       </c>
       <c r="BN18" t="s">
         <v>127</v>
       </c>
       <c r="BO18" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="BP18" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="BQ18">
         <v>3</v>
       </c>
       <c r="BR18">
         <v>10000</v>
       </c>
       <c r="BS18">
         <v>0</v>
       </c>
       <c r="BT18">
         <v>0</v>
       </c>
       <c r="BU18">
         <v>0</v>
       </c>
       <c r="BV18">
         <v>0</v>
       </c>
       <c r="BW18">
         <v>0</v>
       </c>
       <c r="BX18" t="s">
         <v>128</v>
       </c>
       <c r="BY18">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ18">
         <v>1.5E-3</v>
       </c>
       <c r="CA18" t="s">
         <v>128</v>
       </c>
       <c r="CC18" t="s">
         <v>128</v>
       </c>
       <c r="CD18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE18" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="CF18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG18" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="CH18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI18" t="s">
         <v>128</v>
       </c>
       <c r="CO18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP18" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="CQ18" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR18" t="s">
         <v>127</v>
       </c>
       <c r="CS18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT18" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV18" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="CW18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>123</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>125</v>
       </c>
       <c r="D19" t="s">
         <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>127</v>
       </c>
       <c r="G19" t="s">
         <v>128</v>
       </c>
       <c r="H19" t="s">
         <v>128</v>
       </c>
       <c r="I19" t="s">
         <v>129</v>
       </c>
       <c r="J19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N19" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="O19">
         <v>1</v>
       </c>
       <c r="P19" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="Q19" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="R19" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S19" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V19" t="s">
         <v>128</v>
       </c>
       <c r="W19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X19">
         <v>252</v>
       </c>
       <c r="Y19">
-        <v>0.25183100000000003</v>
+        <v>0.250973</v>
       </c>
       <c r="Z19" t="s">
         <v>128</v>
       </c>
       <c r="AE19" t="s">
         <v>128</v>
       </c>
       <c r="AF19">
         <v>5</v>
       </c>
       <c r="AG19" t="s">
         <v>128</v>
       </c>
       <c r="AH19">
         <v>5</v>
       </c>
       <c r="AI19">
         <v>1</v>
       </c>
       <c r="AJ19">
         <v>5</v>
       </c>
       <c r="AK19" t="s">
         <v>128</v>
       </c>
       <c r="AM19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN19">
         <v>-0.40982010000000002</v>
       </c>
       <c r="AP19">
         <v>-0.15306400000000001</v>
       </c>
       <c r="AQ19" t="s">
         <v>128</v>
       </c>
       <c r="AS19">
         <v>1.573E-4</v>
       </c>
       <c r="AU19">
         <v>0.1011977</v>
       </c>
       <c r="AV19" t="s">
         <v>128</v>
       </c>
       <c r="AX19">
         <v>0.94490510000000005</v>
       </c>
       <c r="AZ19">
         <v>0.21486130000000001</v>
       </c>
       <c r="BA19" t="s">
         <v>128</v>
       </c>
       <c r="BC19">
         <v>-0.73582349999999996</v>
       </c>
       <c r="BE19">
         <v>-0.28540070000000001</v>
       </c>
       <c r="BF19" t="s">
         <v>128</v>
       </c>
       <c r="BN19" t="s">
         <v>127</v>
       </c>
       <c r="BO19" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="BP19" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="BQ19">
         <v>3</v>
       </c>
       <c r="BR19">
         <v>100000</v>
       </c>
       <c r="BS19">
         <v>0</v>
       </c>
       <c r="BT19">
         <v>0</v>
       </c>
       <c r="BU19">
         <v>0</v>
       </c>
       <c r="BV19">
         <v>0</v>
       </c>
       <c r="BW19">
         <v>0</v>
       </c>
       <c r="BX19" t="s">
         <v>128</v>
       </c>
       <c r="BY19">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ19">
         <v>1.5E-3</v>
       </c>
       <c r="CA19" t="s">
         <v>128</v>
       </c>
       <c r="CC19" t="s">
         <v>128</v>
       </c>
       <c r="CD19" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE19" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="CF19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG19" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="CH19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI19" t="s">
         <v>128</v>
       </c>
       <c r="CO19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP19" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="CQ19" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR19" t="s">
         <v>127</v>
       </c>
       <c r="CS19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT19" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV19" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="CW19" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>125</v>
       </c>
       <c r="D20" t="s">
         <v>126</v>
       </c>
       <c r="E20" t="s">
         <v>127</v>
       </c>
       <c r="F20" t="s">
         <v>127</v>
       </c>
       <c r="G20" t="s">
         <v>128</v>
       </c>
       <c r="H20" t="s">
         <v>128</v>
       </c>
       <c r="I20" t="s">
         <v>129</v>
       </c>
       <c r="J20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N20" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="O20">
         <v>1</v>
       </c>
       <c r="P20" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="Q20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S20" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V20" t="s">
         <v>128</v>
       </c>
       <c r="W20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X20">
         <v>252</v>
       </c>
       <c r="Y20">
-        <v>0.20105700000000001</v>
+        <v>0.20069200000000001</v>
       </c>
       <c r="Z20" t="s">
         <v>128</v>
       </c>
       <c r="AE20" t="s">
         <v>128</v>
       </c>
       <c r="AF20">
         <v>5</v>
       </c>
       <c r="AG20" t="s">
         <v>128</v>
       </c>
       <c r="AH20">
         <v>5</v>
       </c>
       <c r="AI20">
         <v>1</v>
       </c>
       <c r="AJ20">
         <v>5</v>
       </c>
       <c r="AK20" t="s">
         <v>128</v>
       </c>
       <c r="AM20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN20">
         <v>-0.3046584</v>
       </c>
       <c r="AP20">
         <v>-2.14623E-2</v>
       </c>
       <c r="AQ20" t="s">
         <v>128</v>
       </c>
       <c r="AS20">
         <v>0.1117288</v>
       </c>
       <c r="AU20">
         <v>9.3818600000000002E-2</v>
       </c>
       <c r="AV20" t="s">
         <v>128</v>
       </c>
       <c r="AX20">
         <v>0.59029050000000005</v>
       </c>
       <c r="AZ20">
         <v>0.17814160000000001</v>
       </c>
       <c r="BA20" t="s">
         <v>128</v>
       </c>
       <c r="BC20">
         <v>-0.69239819999999996</v>
       </c>
       <c r="BE20">
         <v>-0.25643539999999998</v>
       </c>
       <c r="BF20" t="s">
         <v>128</v>
       </c>
       <c r="BN20" t="s">
         <v>127</v>
       </c>
       <c r="BO20" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="BP20" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="BQ20">
         <v>3</v>
       </c>
       <c r="BR20">
         <v>10000</v>
       </c>
       <c r="BS20">
         <v>0</v>
       </c>
       <c r="BT20">
         <v>0</v>
       </c>
       <c r="BU20">
         <v>0</v>
       </c>
       <c r="BV20">
         <v>0</v>
       </c>
       <c r="BW20">
         <v>0</v>
       </c>
       <c r="BX20" t="s">
         <v>128</v>
       </c>
       <c r="BY20">
         <v>6.6E-3</v>
       </c>
       <c r="BZ20">
         <v>1E-3</v>
       </c>
       <c r="CA20" t="s">
         <v>128</v>
       </c>
       <c r="CC20" t="s">
         <v>128</v>
       </c>
       <c r="CD20" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="CE20" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="CF20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG20" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI20" t="s">
         <v>128</v>
       </c>
       <c r="CO20" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="CP20" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="CQ20" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR20" t="s">
         <v>127</v>
       </c>
       <c r="CS20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT20" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV20" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="CW20" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>123</v>
       </c>
       <c r="B21" t="s">
         <v>124</v>
       </c>
       <c r="C21" t="s">
         <v>125</v>
       </c>
       <c r="D21" t="s">
         <v>126</v>
       </c>
       <c r="E21" t="s">
         <v>127</v>
       </c>
       <c r="F21" t="s">
         <v>127</v>
       </c>
       <c r="G21" t="s">
         <v>128</v>
       </c>
       <c r="H21" t="s">
         <v>128</v>
       </c>
       <c r="I21" t="s">
         <v>129</v>
       </c>
       <c r="J21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N21" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="O21">
         <v>1</v>
       </c>
       <c r="P21" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="Q21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S21" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>
       <c r="U21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V21" t="s">
         <v>128</v>
       </c>
       <c r="W21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X21">
         <v>252</v>
       </c>
       <c r="Y21">
-        <v>0.27935500000000002</v>
+        <v>0.27666000000000002</v>
       </c>
       <c r="Z21" t="s">
         <v>128</v>
       </c>
       <c r="AE21" t="s">
         <v>128</v>
       </c>
       <c r="AF21">
         <v>5</v>
       </c>
       <c r="AG21" t="s">
         <v>128</v>
       </c>
       <c r="AH21">
         <v>5</v>
       </c>
       <c r="AI21">
         <v>1</v>
       </c>
       <c r="AJ21">
         <v>5</v>
       </c>
       <c r="AK21" t="s">
         <v>128</v>
       </c>
       <c r="AM21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN21">
         <v>-0.44568020000000003</v>
       </c>
       <c r="AP21">
         <v>-5.6358499999999999E-2</v>
       </c>
       <c r="AQ21" t="s">
         <v>128</v>
       </c>
       <c r="AS21">
         <v>0.13271279999999999</v>
       </c>
       <c r="AU21">
         <v>0.14063339999999999</v>
       </c>
       <c r="AV21" t="s">
         <v>128</v>
       </c>
       <c r="AX21">
         <v>0.97062280000000001</v>
       </c>
       <c r="AZ21">
         <v>0.3043689</v>
       </c>
       <c r="BA21" t="s">
         <v>128</v>
       </c>
       <c r="BC21">
         <v>-0.82916469999999998</v>
       </c>
       <c r="BE21">
         <v>-0.38501570000000002</v>
       </c>
       <c r="BF21" t="s">
         <v>128</v>
       </c>
       <c r="BN21" t="s">
         <v>127</v>
       </c>
       <c r="BO21" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="BP21" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="BQ21">
         <v>3</v>
       </c>
       <c r="BR21">
         <v>10000</v>
       </c>
       <c r="BS21">
         <v>0</v>
       </c>
       <c r="BT21">
         <v>0</v>
       </c>
       <c r="BU21">
         <v>0</v>
       </c>
       <c r="BV21">
         <v>0</v>
       </c>
       <c r="BW21">
         <v>0</v>
       </c>
       <c r="BX21" t="s">
         <v>128</v>
       </c>
       <c r="BY21">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ21">
         <v>2.3E-3</v>
       </c>
       <c r="CA21" t="s">
         <v>128</v>
       </c>
       <c r="CC21" t="s">
         <v>128</v>
       </c>
       <c r="CD21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE21" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="CF21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG21" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI21" t="s">
         <v>128</v>
       </c>
       <c r="CO21" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="CP21" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="CQ21" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR21" t="s">
         <v>127</v>
       </c>
       <c r="CS21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT21" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV21" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="CW21" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>123</v>
       </c>
       <c r="B22" t="s">
         <v>124</v>
       </c>
       <c r="C22" t="s">
         <v>125</v>
       </c>
       <c r="D22" t="s">
         <v>126</v>
       </c>
       <c r="E22" t="s">
         <v>127</v>
       </c>
       <c r="F22" t="s">
         <v>127</v>
       </c>
       <c r="G22" t="s">
         <v>128</v>
       </c>
       <c r="H22" t="s">
         <v>128</v>
       </c>
       <c r="I22" t="s">
         <v>129</v>
       </c>
       <c r="J22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N22" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="O22">
         <v>1</v>
       </c>
       <c r="P22" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="Q22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="R22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S22" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="T22">
         <v>2</v>
       </c>
       <c r="U22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V22" t="s">
         <v>128</v>
       </c>
       <c r="W22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X22">
         <v>252</v>
       </c>
       <c r="Y22">
-        <v>0.19873499999999999</v>
+        <v>0.197107</v>
       </c>
       <c r="Z22" t="s">
         <v>128</v>
       </c>
       <c r="AE22" t="s">
         <v>128</v>
       </c>
       <c r="AF22">
         <v>5</v>
       </c>
       <c r="AG22" t="s">
         <v>128</v>
       </c>
       <c r="AH22">
         <v>4</v>
       </c>
       <c r="AI22">
         <v>1</v>
       </c>
       <c r="AJ22">
         <v>5</v>
       </c>
       <c r="AK22" t="s">
         <v>128</v>
       </c>
       <c r="AM22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN22">
         <v>-0.36474610000000002</v>
       </c>
       <c r="AP22">
         <v>-3.3341900000000001E-2</v>
       </c>
       <c r="AQ22" t="s">
         <v>128</v>
       </c>
       <c r="AS22">
         <v>0.1340489</v>
       </c>
       <c r="AU22">
         <v>0.17221420000000001</v>
       </c>
       <c r="AV22" t="s">
         <v>128</v>
       </c>
       <c r="AX22">
         <v>0.73568020000000001</v>
       </c>
       <c r="AZ22">
         <v>0.30020259999999999</v>
       </c>
       <c r="BA22" t="s">
         <v>128</v>
       </c>
       <c r="BC22">
         <v>-0.60721179999999997</v>
       </c>
       <c r="BE22">
         <v>-0.24598449999999999</v>
       </c>
       <c r="BF22" t="s">
         <v>128</v>
       </c>
       <c r="BN22" t="s">
         <v>127</v>
       </c>
       <c r="BO22" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="BP22" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="BQ22">
         <v>4</v>
       </c>
       <c r="BR22">
         <v>10000</v>
       </c>
       <c r="BS22">
         <v>0</v>
       </c>
       <c r="BT22">
         <v>0</v>
       </c>
       <c r="BU22">
         <v>0</v>
       </c>
       <c r="BV22">
         <v>0</v>
       </c>
       <c r="BW22">
         <v>0</v>
       </c>
       <c r="BX22" t="s">
         <v>128</v>
       </c>
       <c r="BY22">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ22">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA22" t="s">
         <v>128</v>
       </c>
       <c r="CC22" t="s">
         <v>128</v>
       </c>
       <c r="CD22" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="CE22" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="CF22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG22" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="CH22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI22" t="s">
         <v>128</v>
       </c>
       <c r="CO22" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="CP22" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="CQ22" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR22" t="s">
         <v>127</v>
       </c>
       <c r="CS22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV22" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="CW22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>123</v>
       </c>
       <c r="B23" t="s">
         <v>124</v>
       </c>
       <c r="C23" t="s">
         <v>125</v>
       </c>
       <c r="D23" t="s">
         <v>126</v>
       </c>
       <c r="E23" t="s">
         <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>127</v>
       </c>
       <c r="G23" t="s">
         <v>128</v>
       </c>
       <c r="H23" t="s">
         <v>128</v>
       </c>
       <c r="I23" t="s">
         <v>129</v>
       </c>
       <c r="J23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N23" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="O23">
         <v>1</v>
       </c>
       <c r="P23" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="Q23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S23" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>
       <c r="U23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V23" t="s">
         <v>128</v>
       </c>
       <c r="W23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X23">
         <v>252</v>
       </c>
       <c r="Y23">
-        <v>0.21459400000000001</v>
+        <v>0.21286099999999999</v>
       </c>
       <c r="Z23" t="s">
         <v>128</v>
       </c>
       <c r="AE23" t="s">
         <v>128</v>
       </c>
       <c r="AF23">
         <v>5</v>
       </c>
       <c r="AG23" t="s">
         <v>128</v>
       </c>
       <c r="AH23">
         <v>5</v>
       </c>
       <c r="AI23">
         <v>1</v>
       </c>
       <c r="AJ23">
         <v>5</v>
       </c>
       <c r="AK23" t="s">
         <v>128</v>
       </c>
       <c r="AM23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN23">
         <v>-0.4054046</v>
       </c>
       <c r="AP23">
         <v>-6.3156599999999993E-2</v>
       </c>
       <c r="AQ23" t="s">
         <v>128</v>
       </c>
       <c r="AS23">
         <v>9.9714399999999995E-2</v>
       </c>
       <c r="AU23">
         <v>8.5505200000000003E-2</v>
       </c>
       <c r="AV23" t="s">
         <v>128</v>
       </c>
       <c r="AX23">
         <v>0.89612849999999999</v>
       </c>
       <c r="AZ23">
         <v>0.21110000000000001</v>
       </c>
       <c r="BA23" t="s">
         <v>128</v>
       </c>
       <c r="BC23">
         <v>-0.70397120000000002</v>
       </c>
       <c r="BE23">
         <v>-0.2781478</v>
       </c>
       <c r="BF23" t="s">
         <v>128</v>
       </c>
       <c r="BN23" t="s">
         <v>127</v>
       </c>
       <c r="BO23" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="BP23" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="BQ23">
         <v>4</v>
       </c>
       <c r="BR23">
         <v>10000</v>
       </c>
       <c r="BS23">
         <v>0</v>
       </c>
       <c r="BT23">
         <v>0</v>
       </c>
       <c r="BU23">
         <v>0</v>
       </c>
       <c r="BV23">
         <v>0</v>
       </c>
       <c r="BW23">
         <v>0</v>
       </c>
       <c r="BX23" t="s">
         <v>128</v>
       </c>
       <c r="BY23">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ23">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA23" t="s">
         <v>128</v>
       </c>
       <c r="CC23" t="s">
         <v>128</v>
       </c>
       <c r="CD23" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="CE23" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="CF23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG23" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI23" t="s">
         <v>128</v>
       </c>
       <c r="CO23" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="CP23" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="CQ23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR23" t="s">
         <v>127</v>
       </c>
       <c r="CS23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV23" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="CW23" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24" t="s">
         <v>126</v>
       </c>
       <c r="E24" t="s">
         <v>127</v>
       </c>
       <c r="F24" t="s">
         <v>127</v>
       </c>
       <c r="G24" t="s">
         <v>128</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
       <c r="I24" t="s">
         <v>129</v>
       </c>
       <c r="J24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L24" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N24" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="O24">
         <v>1</v>
       </c>
       <c r="P24" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="Q24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R24" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="S24" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="T24">
         <v>2</v>
       </c>
       <c r="U24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V24" t="s">
         <v>128</v>
       </c>
       <c r="W24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X24">
         <v>252</v>
       </c>
       <c r="Y24">
-        <v>0.13018299999999999</v>
+        <v>0.129769</v>
       </c>
       <c r="Z24" t="s">
         <v>128</v>
       </c>
       <c r="AE24" t="s">
         <v>128</v>
       </c>
       <c r="AF24">
         <v>4</v>
       </c>
       <c r="AG24" t="s">
         <v>128</v>
       </c>
       <c r="AH24">
         <v>4</v>
       </c>
       <c r="AI24">
         <v>1</v>
       </c>
       <c r="AJ24">
         <v>5</v>
       </c>
       <c r="AK24" t="s">
         <v>128</v>
       </c>
       <c r="AM24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN24">
         <v>-7.4182899999999996E-2</v>
       </c>
       <c r="AO24">
         <v>-3.2612000000000001E-3</v>
       </c>
       <c r="AP24">
         <v>1.9649300000000001E-2</v>
       </c>
       <c r="AQ24" t="s">
         <v>128</v>
       </c>
       <c r="AS24">
         <v>0.1029593</v>
       </c>
       <c r="AT24">
         <v>0.102602</v>
       </c>
       <c r="AU24">
         <v>0.1025305</v>
       </c>
       <c r="AV24" t="s">
         <v>128</v>
       </c>
@@ -8830,22920 +8754,21505 @@
       <c r="AY24">
         <v>0.21906020000000001</v>
       </c>
       <c r="AZ24">
         <v>0.1917682</v>
       </c>
       <c r="BA24" t="s">
         <v>128</v>
       </c>
       <c r="BC24">
         <v>-0.45081280000000001</v>
       </c>
       <c r="BD24">
         <v>-0.17783409999999999</v>
       </c>
       <c r="BE24">
         <v>-0.14407130000000001</v>
       </c>
       <c r="BF24" t="s">
         <v>128</v>
       </c>
       <c r="BN24" t="s">
         <v>127</v>
       </c>
       <c r="BP24" s="2" t="s">
-        <v>933</v>
+        <v>909</v>
       </c>
       <c r="BQ24">
         <v>0</v>
       </c>
       <c r="BR24">
         <v>10000</v>
       </c>
       <c r="BS24">
         <v>0</v>
       </c>
       <c r="BT24">
         <v>0</v>
       </c>
       <c r="BU24">
         <v>0</v>
       </c>
       <c r="BV24">
         <v>0</v>
       </c>
       <c r="BW24">
         <v>0</v>
       </c>
       <c r="BX24" t="s">
         <v>128</v>
       </c>
       <c r="BY24">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="BZ24">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA24" t="s">
         <v>128</v>
       </c>
       <c r="CC24" t="s">
         <v>128</v>
       </c>
       <c r="CD24" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="CE24" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="CF24" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG24" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI24" t="s">
         <v>128</v>
       </c>
       <c r="CO24" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="CP24" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="CQ24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR24" t="s">
         <v>127</v>
       </c>
       <c r="CS24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV24" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="CW24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>123</v>
       </c>
       <c r="B25" t="s">
         <v>124</v>
       </c>
       <c r="C25" t="s">
         <v>125</v>
       </c>
       <c r="D25" t="s">
         <v>126</v>
       </c>
       <c r="E25" t="s">
         <v>127</v>
       </c>
       <c r="F25" t="s">
         <v>127</v>
       </c>
       <c r="G25" t="s">
         <v>128</v>
       </c>
       <c r="H25" t="s">
         <v>128</v>
       </c>
       <c r="I25" t="s">
         <v>129</v>
       </c>
       <c r="J25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N25" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="O25">
         <v>1</v>
       </c>
       <c r="P25" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="Q25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R25" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="S25" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="T25">
         <v>2</v>
       </c>
       <c r="U25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V25" t="s">
         <v>128</v>
       </c>
       <c r="W25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X25">
         <v>252</v>
       </c>
       <c r="Y25">
-        <v>0.20660500000000001</v>
+        <v>0.20755100000000001</v>
       </c>
       <c r="Z25" t="s">
         <v>128</v>
       </c>
       <c r="AE25" t="s">
         <v>128</v>
       </c>
       <c r="AF25">
         <v>5</v>
       </c>
       <c r="AG25" t="s">
         <v>128</v>
       </c>
       <c r="AH25">
         <v>5</v>
       </c>
       <c r="AI25">
         <v>1</v>
       </c>
       <c r="AJ25">
         <v>5</v>
       </c>
       <c r="AK25" t="s">
         <v>128</v>
       </c>
       <c r="AM25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN25">
         <v>-0.27329170000000003</v>
       </c>
       <c r="AP25">
         <v>-2.0401099999999998E-2</v>
       </c>
       <c r="AQ25" t="s">
         <v>128</v>
       </c>
       <c r="AS25">
         <v>3.6257699999999997E-2</v>
       </c>
       <c r="AU25">
         <v>4.8211400000000001E-2</v>
       </c>
       <c r="AV25" t="s">
         <v>128</v>
       </c>
       <c r="AX25">
         <v>0.48534260000000001</v>
       </c>
       <c r="AZ25">
         <v>9.9851400000000007E-2</v>
       </c>
       <c r="BA25" t="s">
         <v>128</v>
       </c>
       <c r="BC25">
         <v>-0.70700739999999995</v>
       </c>
       <c r="BE25">
         <v>-0.22906109999999999</v>
       </c>
       <c r="BF25" t="s">
         <v>128</v>
       </c>
       <c r="BN25" t="s">
         <v>127</v>
       </c>
       <c r="BO25" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="BP25" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="BQ25">
         <v>4</v>
       </c>
       <c r="BR25">
         <v>10000</v>
       </c>
       <c r="BS25">
         <v>0.05</v>
       </c>
       <c r="BT25">
         <v>0</v>
       </c>
       <c r="BU25">
         <v>0</v>
       </c>
       <c r="BV25">
         <v>0</v>
       </c>
       <c r="BW25">
         <v>0</v>
       </c>
       <c r="BX25" t="s">
         <v>128</v>
       </c>
       <c r="BY25">
         <v>1.72E-2</v>
       </c>
       <c r="BZ25">
         <v>2E-3</v>
       </c>
       <c r="CA25" t="s">
         <v>128</v>
       </c>
       <c r="CC25" t="s">
         <v>128</v>
       </c>
       <c r="CD25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE25" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="CF25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI25" t="s">
         <v>128</v>
       </c>
       <c r="CO25" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="CP25" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="CQ25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="CR25" t="s">
         <v>127</v>
       </c>
       <c r="CS25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV25" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="CW25" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="26" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>123</v>
       </c>
       <c r="B26" t="s">
         <v>124</v>
       </c>
       <c r="C26" t="s">
         <v>125</v>
       </c>
       <c r="D26" t="s">
         <v>126</v>
       </c>
       <c r="E26" t="s">
         <v>127</v>
       </c>
       <c r="F26" t="s">
         <v>127</v>
       </c>
       <c r="G26" t="s">
         <v>128</v>
       </c>
       <c r="H26" t="s">
         <v>128</v>
       </c>
       <c r="I26" t="s">
         <v>129</v>
       </c>
       <c r="J26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L26" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N26" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="O26">
         <v>1</v>
       </c>
       <c r="P26" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="Q26" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S26" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="T26">
         <v>2</v>
       </c>
       <c r="U26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V26" t="s">
         <v>128</v>
       </c>
       <c r="W26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X26">
         <v>252</v>
       </c>
       <c r="Y26">
-        <v>0.23480599999999999</v>
+        <v>0.232436</v>
       </c>
       <c r="Z26" t="s">
         <v>128</v>
       </c>
       <c r="AE26" t="s">
         <v>128</v>
       </c>
       <c r="AF26">
         <v>5</v>
       </c>
       <c r="AG26" t="s">
         <v>128</v>
       </c>
       <c r="AH26">
         <v>5</v>
       </c>
       <c r="AI26">
         <v>1</v>
       </c>
       <c r="AJ26">
         <v>5</v>
       </c>
       <c r="AK26" t="s">
         <v>128</v>
       </c>
       <c r="AM26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN26">
         <v>-0.4926913</v>
       </c>
       <c r="AP26">
         <v>-8.0196000000000003E-2</v>
       </c>
       <c r="AQ26" t="s">
         <v>128</v>
       </c>
       <c r="AS26">
         <v>0.1091519</v>
       </c>
       <c r="AU26">
         <v>7.5602000000000003E-2</v>
       </c>
       <c r="AV26" t="s">
         <v>128</v>
       </c>
       <c r="AX26">
         <v>1.0273629</v>
       </c>
       <c r="AZ26">
         <v>0.23771139999999999</v>
       </c>
       <c r="BA26" t="s">
         <v>128</v>
       </c>
       <c r="BC26">
         <v>-0.69931960000000004</v>
       </c>
       <c r="BE26">
         <v>-0.30989709999999998</v>
       </c>
       <c r="BF26" t="s">
         <v>128</v>
       </c>
       <c r="BN26" t="s">
         <v>127</v>
       </c>
       <c r="BO26" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="BP26" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="BQ26">
         <v>4</v>
       </c>
       <c r="BR26">
         <v>10000</v>
       </c>
       <c r="BS26">
         <v>0</v>
       </c>
       <c r="BT26">
         <v>0</v>
       </c>
       <c r="BU26">
         <v>0</v>
       </c>
       <c r="BV26">
         <v>0</v>
       </c>
       <c r="BW26">
         <v>0</v>
       </c>
       <c r="BX26" t="s">
         <v>128</v>
       </c>
       <c r="BY26">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ26">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA26" t="s">
         <v>128</v>
       </c>
       <c r="CC26" t="s">
         <v>128</v>
       </c>
       <c r="CD26" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="CE26" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="CF26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG26" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI26" t="s">
         <v>128</v>
       </c>
       <c r="CO26" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="CP26" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="CQ26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR26" t="s">
         <v>127</v>
       </c>
       <c r="CS26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV26" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="CW26" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>123</v>
       </c>
       <c r="B27" t="s">
         <v>124</v>
       </c>
       <c r="C27" t="s">
         <v>125</v>
       </c>
       <c r="D27" t="s">
         <v>126</v>
       </c>
       <c r="E27" t="s">
         <v>127</v>
       </c>
       <c r="F27" t="s">
         <v>127</v>
       </c>
       <c r="G27" t="s">
         <v>128</v>
       </c>
       <c r="H27" t="s">
         <v>128</v>
       </c>
       <c r="I27" t="s">
         <v>129</v>
       </c>
       <c r="J27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N27" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="O27">
         <v>1</v>
       </c>
       <c r="P27" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="Q27" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S27" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V27" t="s">
         <v>128</v>
       </c>
       <c r="W27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X27">
         <v>252</v>
       </c>
       <c r="Y27">
-        <v>0.26966699999999999</v>
+        <v>0.26864300000000002</v>
       </c>
       <c r="Z27" t="s">
         <v>128</v>
       </c>
       <c r="AE27" t="s">
         <v>128</v>
       </c>
       <c r="AF27">
         <v>5</v>
       </c>
       <c r="AG27" t="s">
         <v>128</v>
       </c>
       <c r="AH27">
         <v>5</v>
       </c>
       <c r="AI27">
         <v>1</v>
       </c>
       <c r="AJ27">
         <v>5</v>
       </c>
       <c r="AK27" t="s">
         <v>128</v>
       </c>
       <c r="AM27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN27">
         <v>-0.44495459999999998</v>
       </c>
       <c r="AP27">
         <v>-0.16835629999999999</v>
       </c>
       <c r="AQ27" t="s">
         <v>128</v>
       </c>
       <c r="AS27">
         <v>-3.4372600000000003E-2</v>
       </c>
       <c r="AU27">
         <v>8.8188600000000006E-2</v>
       </c>
       <c r="AV27" t="s">
         <v>128</v>
       </c>
       <c r="AX27">
         <v>1.1044731000000001</v>
       </c>
       <c r="AZ27">
         <v>0.2190201</v>
       </c>
       <c r="BA27" t="s">
         <v>128</v>
       </c>
       <c r="BC27">
         <v>-0.75075130000000001</v>
       </c>
       <c r="BE27">
         <v>-0.30376809999999999</v>
       </c>
       <c r="BF27" t="s">
         <v>128</v>
       </c>
       <c r="BN27" t="s">
         <v>127</v>
       </c>
       <c r="BO27" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="BP27" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="BQ27">
         <v>3</v>
       </c>
       <c r="BR27">
         <v>10000</v>
       </c>
       <c r="BS27">
         <v>0</v>
       </c>
       <c r="BT27">
         <v>0</v>
       </c>
       <c r="BU27">
         <v>0</v>
       </c>
       <c r="BV27">
         <v>0</v>
       </c>
       <c r="BW27">
         <v>0</v>
       </c>
       <c r="BX27" t="s">
         <v>128</v>
       </c>
       <c r="BY27">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ27">
         <v>1.5E-3</v>
       </c>
       <c r="CA27" t="s">
         <v>128</v>
       </c>
       <c r="CC27" t="s">
         <v>128</v>
       </c>
       <c r="CD27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE27" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="CF27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG27" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="CH27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI27" t="s">
         <v>128</v>
       </c>
       <c r="CO27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP27" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="CQ27" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR27" t="s">
         <v>127</v>
       </c>
       <c r="CS27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV27" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="CW27" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>124</v>
       </c>
       <c r="C28" t="s">
         <v>125</v>
       </c>
       <c r="D28" t="s">
         <v>126</v>
       </c>
       <c r="E28" t="s">
         <v>127</v>
       </c>
       <c r="F28" t="s">
         <v>127</v>
       </c>
       <c r="G28" t="s">
         <v>128</v>
       </c>
       <c r="H28" t="s">
         <v>128</v>
       </c>
       <c r="I28" t="s">
         <v>129</v>
       </c>
       <c r="J28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L28" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N28" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="O28">
         <v>1</v>
       </c>
       <c r="P28" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="Q28" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R28" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="S28" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="T28">
         <v>2</v>
       </c>
       <c r="U28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V28" t="s">
         <v>128</v>
       </c>
       <c r="W28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X28">
         <v>252</v>
       </c>
       <c r="Y28">
-        <v>0.36336299999999999</v>
+        <v>0.362068</v>
       </c>
       <c r="Z28" t="s">
         <v>128</v>
       </c>
       <c r="AE28" t="s">
         <v>128</v>
       </c>
       <c r="AF28">
         <v>6</v>
       </c>
       <c r="AG28" t="s">
         <v>128</v>
       </c>
       <c r="AH28">
         <v>6</v>
       </c>
       <c r="AI28">
         <v>1</v>
       </c>
       <c r="AJ28">
         <v>5</v>
       </c>
       <c r="AK28" t="s">
         <v>128</v>
       </c>
       <c r="AM28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN28">
         <v>-0.59917100000000001</v>
       </c>
       <c r="AP28">
         <v>-9.32037E-2</v>
       </c>
       <c r="AQ28" t="s">
         <v>128</v>
       </c>
       <c r="AS28">
         <v>0.22413440000000001</v>
       </c>
       <c r="AU28">
         <v>0.1157691</v>
       </c>
       <c r="AV28" t="s">
         <v>128</v>
       </c>
       <c r="AX28">
         <v>1.2484039</v>
       </c>
       <c r="AZ28">
         <v>0.3936442</v>
       </c>
       <c r="BA28" t="s">
         <v>128</v>
       </c>
       <c r="BC28">
         <v>-0.87999870000000002</v>
       </c>
       <c r="BE28">
         <v>-0.47613909999999998</v>
       </c>
       <c r="BF28" t="s">
         <v>128</v>
       </c>
       <c r="BN28" t="s">
         <v>127</v>
       </c>
       <c r="BO28" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="BP28" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="BQ28">
         <v>2</v>
       </c>
       <c r="BR28">
         <v>10000</v>
       </c>
       <c r="BS28">
         <v>0</v>
       </c>
       <c r="BT28">
         <v>0</v>
       </c>
       <c r="BU28">
         <v>0</v>
       </c>
       <c r="BV28">
         <v>0</v>
       </c>
       <c r="BW28">
         <v>0</v>
       </c>
       <c r="BX28" t="s">
         <v>128</v>
       </c>
       <c r="BY28">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ28">
         <v>2.3E-3</v>
       </c>
       <c r="CA28" t="s">
         <v>128</v>
       </c>
       <c r="CC28" t="s">
         <v>128</v>
       </c>
       <c r="CD28" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE28" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="CF28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CG28" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="CH28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI28" t="s">
         <v>128</v>
       </c>
       <c r="CO28" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="CP28" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="CQ28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR28" t="s">
         <v>127</v>
       </c>
       <c r="CS28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV28" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="CW28" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>124</v>
       </c>
       <c r="C29" t="s">
         <v>125</v>
       </c>
       <c r="D29" t="s">
         <v>126</v>
       </c>
       <c r="E29" t="s">
         <v>127</v>
       </c>
       <c r="F29" t="s">
         <v>127</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29" t="s">
         <v>128</v>
       </c>
       <c r="I29" t="s">
         <v>129</v>
       </c>
       <c r="J29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K29" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L29" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N29" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="O29">
         <v>1</v>
       </c>
       <c r="P29" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="Q29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R29" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S29" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="T29">
         <v>2</v>
       </c>
       <c r="U29" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V29" t="s">
         <v>128</v>
       </c>
       <c r="W29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X29">
         <v>252</v>
       </c>
       <c r="Y29">
-        <v>0.13670099999999999</v>
+        <v>0.136656</v>
       </c>
       <c r="Z29" t="s">
         <v>128</v>
       </c>
       <c r="AE29" t="s">
         <v>128</v>
       </c>
       <c r="AF29">
         <v>4</v>
       </c>
       <c r="AG29" t="s">
         <v>128</v>
       </c>
       <c r="AH29">
         <v>4</v>
       </c>
       <c r="AI29">
         <v>1</v>
       </c>
       <c r="AJ29">
         <v>5</v>
       </c>
       <c r="AK29" t="s">
         <v>128</v>
       </c>
       <c r="AM29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN29">
         <v>-6.6859500000000002E-2</v>
       </c>
       <c r="AP29">
         <v>-1.4381000000000001E-3</v>
       </c>
       <c r="AQ29" t="s">
         <v>128</v>
       </c>
       <c r="AS29">
         <v>0.11177380000000001</v>
       </c>
       <c r="AU29">
         <v>0.1082723</v>
       </c>
       <c r="AV29" t="s">
         <v>128</v>
       </c>
       <c r="AX29">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ29">
         <v>0.15125710000000001</v>
       </c>
       <c r="BA29" t="s">
         <v>128</v>
       </c>
       <c r="BC29">
         <v>-0.53077700000000005</v>
       </c>
       <c r="BE29">
         <v>-0.15267919999999999</v>
       </c>
       <c r="BF29" t="s">
         <v>128</v>
       </c>
       <c r="BN29" t="s">
         <v>127</v>
       </c>
       <c r="BO29" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="BP29" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="BQ29">
         <v>1</v>
       </c>
       <c r="BR29">
         <v>10000</v>
       </c>
       <c r="BS29">
         <v>0</v>
       </c>
       <c r="BT29">
         <v>0</v>
       </c>
       <c r="BU29">
         <v>0</v>
       </c>
       <c r="BV29">
         <v>0</v>
       </c>
       <c r="BW29">
         <v>0</v>
       </c>
       <c r="BX29" t="s">
         <v>128</v>
       </c>
       <c r="BY29">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ29">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA29" t="s">
         <v>128</v>
       </c>
       <c r="CC29" t="s">
         <v>128</v>
       </c>
       <c r="CD29" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CE29" t="s">
-        <v>191</v>
+        <v>398</v>
       </c>
       <c r="CF29" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI29" t="s">
         <v>128</v>
       </c>
       <c r="CO29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP29" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="CQ29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR29" t="s">
         <v>127</v>
       </c>
       <c r="CS29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV29" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="CW29" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
       <c r="C30" t="s">
         <v>125</v>
       </c>
       <c r="D30" t="s">
         <v>126</v>
       </c>
       <c r="E30" t="s">
         <v>127</v>
       </c>
       <c r="F30" t="s">
         <v>127</v>
       </c>
       <c r="G30" t="s">
         <v>128</v>
       </c>
       <c r="H30" t="s">
         <v>128</v>
       </c>
       <c r="I30" t="s">
         <v>129</v>
       </c>
       <c r="J30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K30" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N30" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="Q30" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="R30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S30" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="T30">
         <v>2</v>
       </c>
       <c r="U30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V30" t="s">
         <v>128</v>
       </c>
       <c r="W30" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X30">
         <v>252</v>
       </c>
       <c r="Y30">
-        <v>0.19875200000000001</v>
+        <v>0.19712499999999999</v>
       </c>
       <c r="Z30" t="s">
         <v>128</v>
       </c>
       <c r="AE30" t="s">
         <v>128</v>
       </c>
       <c r="AF30">
         <v>5</v>
       </c>
       <c r="AG30" t="s">
         <v>128</v>
       </c>
       <c r="AH30">
         <v>4</v>
       </c>
       <c r="AI30">
         <v>1</v>
       </c>
       <c r="AJ30">
         <v>5</v>
       </c>
       <c r="AK30" t="s">
         <v>128</v>
       </c>
       <c r="AM30" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN30">
         <v>-0.36772450000000001</v>
       </c>
       <c r="AP30">
         <v>-3.6739099999999997E-2</v>
       </c>
       <c r="AQ30" t="s">
         <v>128</v>
       </c>
       <c r="AS30">
         <v>0.13167190000000001</v>
       </c>
       <c r="AU30">
         <v>0.16833609999999999</v>
       </c>
       <c r="AV30" t="s">
         <v>128</v>
       </c>
       <c r="AX30">
         <v>0.73160559999999997</v>
       </c>
       <c r="AZ30">
         <v>0.2979888</v>
       </c>
       <c r="BA30" t="s">
         <v>128</v>
       </c>
       <c r="BC30">
         <v>-0.6074195</v>
       </c>
       <c r="BE30">
         <v>-0.24601300000000001</v>
       </c>
       <c r="BF30" t="s">
         <v>128</v>
       </c>
       <c r="BN30" t="s">
         <v>127</v>
       </c>
       <c r="BO30" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="BP30" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="BQ30">
         <v>4</v>
       </c>
       <c r="BR30">
         <v>10000</v>
       </c>
       <c r="BS30">
         <v>0</v>
       </c>
       <c r="BT30">
         <v>0</v>
       </c>
       <c r="BU30">
         <v>0</v>
       </c>
       <c r="BV30">
         <v>0</v>
       </c>
       <c r="BW30">
         <v>0</v>
       </c>
       <c r="BX30" t="s">
         <v>128</v>
       </c>
       <c r="BY30">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ30">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA30" t="s">
         <v>128</v>
       </c>
       <c r="CC30" t="s">
         <v>128</v>
       </c>
       <c r="CD30" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="CE30" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="CF30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG30" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="CH30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI30" t="s">
         <v>128</v>
       </c>
       <c r="CO30" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="CP30" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="CQ30" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR30" t="s">
         <v>127</v>
       </c>
       <c r="CS30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU30" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV30" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="CW30" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>124</v>
       </c>
       <c r="C31" t="s">
         <v>125</v>
       </c>
       <c r="D31" t="s">
         <v>126</v>
       </c>
       <c r="E31" t="s">
         <v>127</v>
       </c>
       <c r="F31" t="s">
         <v>127</v>
       </c>
       <c r="G31" t="s">
         <v>128</v>
       </c>
       <c r="H31" t="s">
         <v>128</v>
       </c>
       <c r="I31" t="s">
         <v>129</v>
       </c>
       <c r="J31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L31" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N31" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="O31">
         <v>1</v>
       </c>
       <c r="P31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="Q31" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R31" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="S31" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="T31">
         <v>2</v>
       </c>
       <c r="U31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V31" t="s">
         <v>128</v>
       </c>
       <c r="W31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X31">
         <v>252</v>
       </c>
       <c r="Y31">
-        <v>0.29662300000000003</v>
+        <v>0.29455599999999998</v>
       </c>
       <c r="Z31" t="s">
         <v>128</v>
       </c>
       <c r="AE31" t="s">
         <v>128</v>
       </c>
       <c r="AF31">
         <v>5</v>
       </c>
       <c r="AG31" t="s">
         <v>128</v>
       </c>
       <c r="AH31">
         <v>5</v>
       </c>
       <c r="AI31">
         <v>1</v>
       </c>
       <c r="AJ31">
         <v>5</v>
       </c>
       <c r="AK31" t="s">
         <v>128</v>
       </c>
       <c r="AM31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN31">
         <v>-0.55987290000000001</v>
       </c>
       <c r="AP31">
         <v>-6.1995599999999998E-2</v>
       </c>
       <c r="AQ31" t="s">
         <v>128</v>
       </c>
       <c r="AS31">
         <v>0.1095483</v>
       </c>
       <c r="AU31">
         <v>0.12136089999999999</v>
       </c>
       <c r="AV31" t="s">
         <v>128</v>
       </c>
       <c r="AX31">
         <v>0.93159809999999998</v>
       </c>
       <c r="AZ31">
         <v>0.2807616</v>
       </c>
       <c r="BA31" t="s">
         <v>128</v>
       </c>
       <c r="BC31">
         <v>-0.82676669999999997</v>
       </c>
       <c r="BE31">
         <v>-0.40775109999999998</v>
       </c>
       <c r="BF31" t="s">
         <v>128</v>
       </c>
       <c r="BN31" t="s">
         <v>127</v>
       </c>
       <c r="BO31" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="BP31" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="BQ31">
         <v>3</v>
       </c>
       <c r="BR31">
         <v>10000</v>
       </c>
       <c r="BS31">
         <v>0.05</v>
       </c>
       <c r="BT31">
         <v>0</v>
       </c>
       <c r="BU31">
         <v>0</v>
       </c>
       <c r="BV31">
         <v>0</v>
       </c>
       <c r="BW31">
         <v>0</v>
       </c>
       <c r="BX31" t="s">
         <v>128</v>
       </c>
       <c r="BY31">
         <v>1.55E-2</v>
       </c>
       <c r="BZ31">
         <v>2.3E-3</v>
       </c>
       <c r="CA31" t="s">
         <v>128</v>
       </c>
       <c r="CC31" t="s">
         <v>128</v>
       </c>
       <c r="CD31" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE31" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="CF31" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH31" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI31" t="s">
         <v>128</v>
       </c>
       <c r="CO31" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="CP31" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="CQ31" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR31" t="s">
         <v>127</v>
       </c>
       <c r="CS31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV31" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="CW31" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>123</v>
       </c>
       <c r="B32" t="s">
         <v>124</v>
       </c>
       <c r="C32" t="s">
         <v>125</v>
       </c>
       <c r="D32" t="s">
         <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>127</v>
       </c>
       <c r="F32" t="s">
         <v>127</v>
       </c>
       <c r="G32" t="s">
         <v>128</v>
       </c>
       <c r="H32" t="s">
         <v>128</v>
       </c>
       <c r="I32" t="s">
         <v>129</v>
       </c>
       <c r="J32" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N32" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="O32">
         <v>1</v>
       </c>
       <c r="P32" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="Q32" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="R32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S32" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="T32">
         <v>2</v>
       </c>
       <c r="U32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V32" t="s">
         <v>128</v>
       </c>
       <c r="W32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X32">
         <v>252</v>
       </c>
       <c r="Y32">
-        <v>0.30168400000000001</v>
+        <v>0.30060900000000002</v>
       </c>
       <c r="Z32" t="s">
         <v>128</v>
       </c>
       <c r="AE32" t="s">
         <v>128</v>
       </c>
       <c r="AF32">
         <v>6</v>
       </c>
       <c r="AG32" t="s">
         <v>128</v>
       </c>
       <c r="AH32">
         <v>6</v>
       </c>
       <c r="AI32">
         <v>1</v>
       </c>
       <c r="AJ32">
         <v>5</v>
       </c>
       <c r="AK32" t="s">
         <v>128</v>
       </c>
       <c r="AM32" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN32">
         <v>-0.2164075</v>
       </c>
       <c r="AP32">
         <v>-1.9972500000000001E-2</v>
       </c>
       <c r="AQ32" t="s">
         <v>128</v>
       </c>
       <c r="AS32">
         <v>0.1750148</v>
       </c>
       <c r="AU32">
         <v>0.17467750000000001</v>
       </c>
       <c r="AV32" t="s">
         <v>128</v>
       </c>
       <c r="AX32">
         <v>0.75988599999999995</v>
       </c>
       <c r="AZ32">
         <v>0.40765649999999998</v>
       </c>
       <c r="BA32" t="s">
         <v>128</v>
       </c>
       <c r="BC32">
         <v>-0.88857350000000002</v>
       </c>
       <c r="BE32">
         <v>-0.4479688</v>
       </c>
       <c r="BF32" t="s">
         <v>128</v>
       </c>
       <c r="BN32" t="s">
         <v>127</v>
       </c>
       <c r="BO32" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="BP32" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="BQ32">
         <v>3</v>
       </c>
       <c r="BR32">
         <v>1000000</v>
       </c>
       <c r="BS32">
         <v>0</v>
       </c>
       <c r="BT32">
         <v>0</v>
       </c>
       <c r="BU32">
         <v>0</v>
       </c>
       <c r="BV32">
         <v>0</v>
       </c>
       <c r="BW32">
         <v>0</v>
       </c>
       <c r="BX32" t="s">
         <v>128</v>
       </c>
       <c r="BY32">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="BZ32">
         <v>2.3E-3</v>
       </c>
       <c r="CA32" t="s">
         <v>128</v>
       </c>
       <c r="CC32" t="s">
         <v>128</v>
       </c>
       <c r="CD32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE32" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="CF32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CG32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI32" t="s">
         <v>128</v>
       </c>
       <c r="CO32" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="CP32" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="CQ32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR32" t="s">
         <v>127</v>
       </c>
       <c r="CS32" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT32" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV32" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="CW32" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>123</v>
       </c>
       <c r="B33" t="s">
         <v>124</v>
       </c>
       <c r="C33" t="s">
         <v>125</v>
       </c>
       <c r="D33" t="s">
         <v>126</v>
       </c>
       <c r="E33" t="s">
         <v>127</v>
       </c>
       <c r="F33" t="s">
         <v>127</v>
       </c>
       <c r="G33" t="s">
         <v>128</v>
       </c>
       <c r="H33" t="s">
         <v>128</v>
       </c>
       <c r="I33" t="s">
         <v>129</v>
       </c>
       <c r="J33" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K33" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L33" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N33" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="O33">
         <v>1</v>
       </c>
       <c r="P33" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="Q33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R33" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S33" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V33" t="s">
         <v>128</v>
       </c>
       <c r="W33" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X33">
         <v>252</v>
       </c>
       <c r="Y33">
-        <v>0.28226699999999999</v>
+        <v>0.28036899999999998</v>
       </c>
       <c r="Z33" t="s">
         <v>128</v>
       </c>
       <c r="AE33" t="s">
         <v>128</v>
       </c>
       <c r="AF33">
         <v>5</v>
       </c>
       <c r="AG33" t="s">
         <v>128</v>
       </c>
       <c r="AH33">
         <v>5</v>
       </c>
       <c r="AI33">
         <v>1</v>
       </c>
       <c r="AJ33">
         <v>5</v>
       </c>
       <c r="AK33" t="s">
         <v>128</v>
       </c>
       <c r="AM33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN33">
         <v>-0.4720181</v>
       </c>
       <c r="AP33">
         <v>-0.15634110000000001</v>
       </c>
       <c r="AQ33" t="s">
         <v>128</v>
       </c>
       <c r="AS33">
         <v>0.1087351</v>
       </c>
       <c r="AU33">
         <v>3.2693100000000003E-2</v>
       </c>
       <c r="AV33" t="s">
         <v>128</v>
       </c>
       <c r="AX33">
         <v>0.82995940000000001</v>
       </c>
       <c r="AZ33">
         <v>0.28662680000000001</v>
       </c>
       <c r="BA33" t="s">
         <v>128</v>
       </c>
       <c r="BC33">
         <v>-0.75574719999999995</v>
       </c>
       <c r="BE33">
         <v>-0.34489140000000001</v>
       </c>
       <c r="BF33" t="s">
         <v>128</v>
       </c>
       <c r="BN33" t="s">
         <v>127</v>
       </c>
       <c r="BO33" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="BP33" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="BQ33">
         <v>4</v>
       </c>
       <c r="BR33">
         <v>10000</v>
       </c>
       <c r="BS33">
         <v>0</v>
       </c>
       <c r="BT33">
         <v>0</v>
       </c>
       <c r="BU33">
         <v>0</v>
       </c>
       <c r="BV33">
         <v>0</v>
       </c>
       <c r="BW33">
         <v>0</v>
       </c>
       <c r="BX33" t="s">
         <v>128</v>
       </c>
       <c r="BY33">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ33">
         <v>1.4E-3</v>
       </c>
       <c r="CA33" t="s">
         <v>128</v>
       </c>
       <c r="CC33" t="s">
         <v>128</v>
       </c>
       <c r="CD33" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="CE33" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="CF33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG33" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="CH33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI33" t="s">
         <v>128</v>
       </c>
       <c r="CO33" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="CP33" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="CQ33" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR33" t="s">
         <v>127</v>
       </c>
       <c r="CS33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU33" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV33" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="CW33" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>123</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
       <c r="C34" t="s">
         <v>125</v>
       </c>
       <c r="D34" t="s">
         <v>126</v>
       </c>
       <c r="E34" t="s">
         <v>127</v>
       </c>
       <c r="F34" t="s">
         <v>127</v>
       </c>
       <c r="G34" t="s">
         <v>128</v>
       </c>
       <c r="H34" t="s">
         <v>128</v>
       </c>
       <c r="I34" t="s">
         <v>129</v>
       </c>
       <c r="J34" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K34" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N34" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="Q34" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="R34" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S34" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>
       <c r="U34" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V34" t="s">
         <v>128</v>
       </c>
       <c r="W34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X34">
         <v>252</v>
       </c>
       <c r="Y34">
-        <v>0.206429</v>
+        <v>0.207376</v>
       </c>
       <c r="Z34" t="s">
         <v>128</v>
       </c>
       <c r="AE34" t="s">
         <v>128</v>
       </c>
       <c r="AF34">
         <v>5</v>
       </c>
       <c r="AG34" t="s">
         <v>128</v>
       </c>
       <c r="AH34">
         <v>5</v>
       </c>
       <c r="AI34">
         <v>1</v>
       </c>
       <c r="AJ34">
         <v>5</v>
       </c>
       <c r="AK34" t="s">
         <v>128</v>
       </c>
       <c r="AM34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN34">
         <v>-0.26292729999999997</v>
       </c>
       <c r="AP34">
         <v>-2.70193E-2</v>
       </c>
       <c r="AQ34" t="s">
         <v>128</v>
       </c>
       <c r="AS34">
         <v>2.4874799999999999E-2</v>
       </c>
       <c r="AU34">
         <v>3.4926100000000002E-2</v>
       </c>
       <c r="AV34" t="s">
         <v>128</v>
       </c>
       <c r="AX34">
         <v>0.35725950000000001</v>
       </c>
       <c r="AZ34">
         <v>0.1059899</v>
       </c>
       <c r="BA34" t="s">
         <v>128</v>
       </c>
       <c r="BC34">
         <v>-0.76351250000000004</v>
       </c>
       <c r="BE34">
         <v>-0.25946799999999998</v>
       </c>
       <c r="BF34" t="s">
         <v>128</v>
       </c>
       <c r="BN34" t="s">
         <v>127</v>
       </c>
       <c r="BO34" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="BP34" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="BQ34">
         <v>2</v>
       </c>
       <c r="BR34">
         <v>1000000</v>
       </c>
       <c r="BS34">
         <v>0.05</v>
       </c>
       <c r="BT34">
         <v>0</v>
       </c>
       <c r="BU34">
         <v>0</v>
       </c>
       <c r="BV34">
         <v>0</v>
       </c>
       <c r="BW34">
         <v>0</v>
       </c>
       <c r="BX34" t="s">
         <v>128</v>
       </c>
       <c r="BY34">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ34">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA34" t="s">
         <v>128</v>
       </c>
       <c r="CC34" t="s">
         <v>128</v>
       </c>
       <c r="CD34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI34" t="s">
         <v>128</v>
       </c>
       <c r="CO34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP34" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="CQ34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR34" t="s">
         <v>127</v>
       </c>
       <c r="CS34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="CW34" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>123</v>
       </c>
       <c r="B35" t="s">
         <v>124</v>
       </c>
       <c r="C35" t="s">
         <v>125</v>
       </c>
       <c r="D35" t="s">
         <v>126</v>
       </c>
       <c r="E35" t="s">
         <v>127</v>
       </c>
       <c r="F35" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="s">
         <v>128</v>
       </c>
       <c r="H35" t="s">
         <v>128</v>
       </c>
       <c r="I35" t="s">
         <v>129</v>
       </c>
       <c r="J35" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N35" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="O35">
         <v>1</v>
       </c>
       <c r="P35" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="Q35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R35" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S35" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="T35">
         <v>2</v>
       </c>
       <c r="U35" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V35" t="s">
         <v>128</v>
       </c>
       <c r="W35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X35">
         <v>252</v>
       </c>
       <c r="Y35">
-        <v>0.18832699999999999</v>
+        <v>0.18847900000000001</v>
       </c>
       <c r="Z35" t="s">
         <v>128</v>
       </c>
       <c r="AE35" t="s">
         <v>128</v>
       </c>
       <c r="AF35">
         <v>4</v>
       </c>
       <c r="AG35" t="s">
         <v>128</v>
       </c>
       <c r="AH35">
         <v>4</v>
       </c>
       <c r="AI35">
         <v>1</v>
       </c>
       <c r="AJ35">
         <v>5</v>
       </c>
       <c r="AK35" t="s">
         <v>128</v>
       </c>
       <c r="AM35" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN35">
         <v>-0.26790350000000002</v>
       </c>
       <c r="AP35">
         <v>-1.5718900000000001E-2</v>
       </c>
       <c r="AQ35" t="s">
         <v>128</v>
       </c>
       <c r="AS35">
         <v>9.2036499999999993E-2</v>
       </c>
       <c r="AU35">
         <v>7.3944999999999997E-2</v>
       </c>
       <c r="AV35" t="s">
         <v>128</v>
       </c>
       <c r="AX35">
         <v>0.38940799999999998</v>
       </c>
       <c r="AZ35">
         <v>0.1550137</v>
       </c>
       <c r="BA35" t="s">
         <v>128</v>
       </c>
       <c r="BC35">
         <v>-0.60314219999999996</v>
       </c>
       <c r="BE35">
         <v>-0.24107029999999999</v>
       </c>
       <c r="BF35" t="s">
         <v>128</v>
       </c>
       <c r="BN35" t="s">
         <v>127</v>
       </c>
       <c r="BO35" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="BP35" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="BQ35">
         <v>1</v>
       </c>
       <c r="BR35">
         <v>10000</v>
       </c>
       <c r="BS35">
         <v>0</v>
       </c>
       <c r="BT35">
         <v>0</v>
       </c>
       <c r="BU35">
         <v>0</v>
       </c>
       <c r="BV35">
         <v>0</v>
       </c>
       <c r="BW35">
         <v>0</v>
       </c>
       <c r="BX35" t="s">
         <v>128</v>
       </c>
       <c r="BY35">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ35">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA35" t="s">
         <v>128</v>
       </c>
       <c r="CC35" t="s">
         <v>128</v>
       </c>
       <c r="CD35" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE35" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="CF35" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG35" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI35" t="s">
         <v>128</v>
       </c>
       <c r="CO35" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="CP35" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="CQ35" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="CR35" t="s">
         <v>127</v>
       </c>
       <c r="CS35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV35" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW35" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>123</v>
       </c>
       <c r="B36" t="s">
         <v>124</v>
       </c>
       <c r="C36" t="s">
         <v>125</v>
       </c>
       <c r="D36" t="s">
         <v>126</v>
       </c>
       <c r="E36" t="s">
         <v>127</v>
       </c>
       <c r="F36" t="s">
         <v>127</v>
       </c>
       <c r="G36" t="s">
         <v>128</v>
       </c>
       <c r="H36" t="s">
         <v>128</v>
       </c>
       <c r="I36" t="s">
         <v>129</v>
       </c>
       <c r="J36" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L36" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N36" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="O36">
         <v>1</v>
       </c>
       <c r="P36" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="Q36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S36" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="T36">
         <v>2</v>
       </c>
       <c r="U36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V36" t="s">
         <v>128</v>
       </c>
       <c r="W36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X36">
         <v>252</v>
       </c>
       <c r="Y36">
-        <v>0.23106699999999999</v>
+        <v>0.231207</v>
       </c>
       <c r="Z36" t="s">
         <v>128</v>
       </c>
       <c r="AE36" t="s">
         <v>128</v>
       </c>
       <c r="AF36">
         <v>5</v>
       </c>
       <c r="AG36" t="s">
         <v>128</v>
       </c>
       <c r="AH36">
         <v>5</v>
       </c>
       <c r="AI36">
         <v>1</v>
       </c>
       <c r="AJ36">
         <v>5</v>
       </c>
       <c r="AK36" t="s">
         <v>128</v>
       </c>
       <c r="AM36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN36">
         <v>-0.39497349999999998</v>
       </c>
       <c r="AP36">
         <v>-7.3654300000000006E-2</v>
       </c>
       <c r="AQ36" t="s">
         <v>128</v>
       </c>
       <c r="AS36">
         <v>6.7333299999999999E-2</v>
       </c>
       <c r="AU36">
         <v>2.8081800000000001E-2</v>
       </c>
       <c r="AV36" t="s">
         <v>128</v>
       </c>
       <c r="AX36">
         <v>0.50214499999999995</v>
       </c>
       <c r="AZ36">
         <v>0.15658420000000001</v>
       </c>
       <c r="BA36" t="s">
         <v>128</v>
       </c>
       <c r="BC36">
         <v>-0.74403779999999997</v>
       </c>
       <c r="BE36">
         <v>-0.29272130000000002</v>
       </c>
       <c r="BF36" t="s">
         <v>128</v>
       </c>
       <c r="BN36" t="s">
         <v>127</v>
       </c>
       <c r="BO36" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="BP36" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="BQ36">
         <v>2</v>
       </c>
       <c r="BR36">
         <v>10000</v>
       </c>
       <c r="BS36">
         <v>0</v>
       </c>
       <c r="BT36">
         <v>0</v>
       </c>
       <c r="BU36">
         <v>0</v>
       </c>
       <c r="BV36">
         <v>0</v>
       </c>
       <c r="BW36">
         <v>0</v>
       </c>
       <c r="BX36" t="s">
         <v>128</v>
       </c>
       <c r="BY36">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ36">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA36" t="s">
         <v>128</v>
       </c>
       <c r="CC36" t="s">
         <v>128</v>
       </c>
       <c r="CD36" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="CE36" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="CF36" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG36" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="CH36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI36" t="s">
         <v>128</v>
       </c>
       <c r="CO36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="CP36" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="CQ36" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR36" t="s">
         <v>127</v>
       </c>
       <c r="CS36" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT36" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV36" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="CW36" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>123</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s">
         <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>127</v>
       </c>
       <c r="F37" t="s">
         <v>127</v>
       </c>
       <c r="G37" t="s">
         <v>128</v>
       </c>
       <c r="H37" t="s">
         <v>128</v>
       </c>
       <c r="I37" t="s">
         <v>129</v>
       </c>
       <c r="J37" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K37" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N37" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="Q37" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S37" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="T37">
         <v>2</v>
       </c>
       <c r="U37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V37" t="s">
         <v>128</v>
       </c>
       <c r="W37" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X37">
         <v>252</v>
       </c>
       <c r="Y37">
-        <v>0.20607300000000001</v>
+        <v>0.20669100000000001</v>
       </c>
       <c r="Z37" t="s">
         <v>128</v>
       </c>
       <c r="AE37" t="s">
         <v>128</v>
       </c>
       <c r="AF37">
         <v>5</v>
       </c>
       <c r="AG37" t="s">
         <v>128</v>
       </c>
       <c r="AH37">
         <v>5</v>
       </c>
       <c r="AI37">
         <v>1</v>
       </c>
       <c r="AJ37">
         <v>5</v>
       </c>
       <c r="AK37" t="s">
         <v>128</v>
       </c>
       <c r="AM37" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN37">
         <v>-0.38030710000000001</v>
       </c>
       <c r="AP37">
         <v>-7.6253100000000004E-2</v>
       </c>
       <c r="AQ37" t="s">
         <v>128</v>
       </c>
       <c r="AS37">
         <v>7.051E-3</v>
       </c>
       <c r="AU37">
         <v>5.6047899999999998E-2</v>
       </c>
       <c r="AV37" t="s">
         <v>128</v>
       </c>
       <c r="AX37">
         <v>0.64630399999999999</v>
       </c>
       <c r="AZ37">
         <v>0.20130149999999999</v>
       </c>
       <c r="BA37" t="s">
         <v>128</v>
       </c>
       <c r="BC37">
         <v>-0.66183760000000003</v>
       </c>
       <c r="BE37">
         <v>-0.25425740000000002</v>
       </c>
       <c r="BF37" t="s">
         <v>128</v>
       </c>
       <c r="BN37" t="s">
         <v>127</v>
       </c>
       <c r="BO37" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="BP37" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="BQ37">
         <v>2</v>
       </c>
       <c r="BR37">
         <v>10000</v>
       </c>
       <c r="BS37">
         <v>0.05</v>
       </c>
       <c r="BT37">
         <v>0</v>
       </c>
       <c r="BU37">
         <v>0</v>
       </c>
       <c r="BV37">
         <v>0</v>
       </c>
       <c r="BW37">
         <v>0</v>
       </c>
       <c r="BX37" t="s">
         <v>128</v>
       </c>
       <c r="BY37">
         <v>1.6E-2</v>
       </c>
       <c r="BZ37">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA37" t="s">
         <v>128</v>
       </c>
       <c r="CC37" t="s">
         <v>128</v>
       </c>
       <c r="CD37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="CF37" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG37" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="CH37" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI37" t="s">
         <v>128</v>
       </c>
       <c r="CO37" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP37" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="CQ37" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR37" t="s">
         <v>127</v>
       </c>
       <c r="CS37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV37" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="CW37" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>123</v>
       </c>
       <c r="B38" t="s">
         <v>124</v>
       </c>
       <c r="C38" t="s">
         <v>125</v>
       </c>
       <c r="D38" t="s">
         <v>126</v>
       </c>
       <c r="E38" t="s">
         <v>127</v>
       </c>
       <c r="F38" t="s">
         <v>127</v>
       </c>
       <c r="G38" t="s">
         <v>128</v>
       </c>
       <c r="H38" t="s">
         <v>128</v>
       </c>
       <c r="I38" t="s">
         <v>129</v>
       </c>
       <c r="J38" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K38" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L38" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N38" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="O38">
         <v>1</v>
       </c>
       <c r="P38" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="Q38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S38" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="T38">
         <v>2</v>
       </c>
       <c r="U38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V38" t="s">
         <v>128</v>
       </c>
       <c r="W38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X38">
         <v>252</v>
       </c>
       <c r="Y38">
-        <v>0.29692299999999999</v>
+        <v>0.296404</v>
       </c>
       <c r="Z38" t="s">
         <v>128</v>
       </c>
       <c r="AE38" t="s">
         <v>128</v>
       </c>
       <c r="AF38">
         <v>6</v>
       </c>
       <c r="AG38" t="s">
         <v>128</v>
       </c>
       <c r="AH38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI38">
         <v>1</v>
       </c>
       <c r="AJ38">
         <v>5</v>
       </c>
       <c r="AK38" t="s">
         <v>128</v>
       </c>
       <c r="AM38" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN38">
         <v>-0.57178859999999998</v>
       </c>
       <c r="AP38">
         <v>-7.2586300000000006E-2</v>
       </c>
       <c r="AQ38" t="s">
         <v>128</v>
       </c>
       <c r="AS38">
         <v>6.5576499999999996E-2</v>
       </c>
       <c r="AU38">
         <v>-3.3443000000000001E-3</v>
       </c>
       <c r="AV38" t="s">
         <v>128</v>
       </c>
       <c r="AX38">
         <v>0.40005030000000003</v>
       </c>
       <c r="AZ38">
         <v>0.1481017</v>
       </c>
       <c r="BA38" t="s">
         <v>128</v>
       </c>
       <c r="BC38">
         <v>-0.82976689999999997</v>
       </c>
       <c r="BE38">
         <v>-0.41431420000000002</v>
       </c>
       <c r="BF38" t="s">
         <v>128</v>
       </c>
       <c r="BN38" t="s">
         <v>127</v>
       </c>
       <c r="BO38" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="BP38" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="BQ38">
         <v>1</v>
       </c>
       <c r="BR38">
         <v>10000</v>
       </c>
       <c r="BS38">
         <v>0.05</v>
       </c>
       <c r="BT38">
         <v>0</v>
       </c>
       <c r="BU38">
         <v>0</v>
       </c>
       <c r="BV38">
         <v>0</v>
       </c>
       <c r="BW38">
         <v>0</v>
       </c>
       <c r="BX38" t="s">
         <v>128</v>
       </c>
       <c r="BY38">
         <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ38">
         <v>3.8E-3</v>
       </c>
       <c r="CA38" t="s">
         <v>128</v>
       </c>
       <c r="CC38" t="s">
         <v>128</v>
       </c>
       <c r="CD38" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="CE38" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="CF38" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CG38" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="CH38" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI38" t="s">
         <v>128</v>
       </c>
       <c r="CO38" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="CP38" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="CQ38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="CR38" t="s">
         <v>127</v>
       </c>
       <c r="CS38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CT38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="CV38" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="CW38" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
         <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>126</v>
       </c>
       <c r="E39" t="s">
         <v>127</v>
       </c>
       <c r="F39" t="s">
         <v>127</v>
       </c>
       <c r="G39" t="s">
         <v>128</v>
       </c>
       <c r="H39" t="s">
         <v>128</v>
       </c>
       <c r="I39" t="s">
         <v>129</v>
       </c>
       <c r="J39" t="s">
         <v>129</v>
       </c>
       <c r="K39" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L39" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N39" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="O39">
         <v>1</v>
       </c>
       <c r="P39" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="Q39" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R39" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S39" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="T39">
         <v>2</v>
       </c>
       <c r="U39" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V39" t="s">
         <v>128</v>
       </c>
       <c r="W39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X39">
         <v>252</v>
       </c>
       <c r="Y39">
-        <v>0.24543100000000001</v>
+        <v>0.245114</v>
       </c>
       <c r="Z39" t="s">
         <v>128</v>
       </c>
       <c r="AE39" t="s">
         <v>128</v>
       </c>
       <c r="AF39">
         <v>5</v>
       </c>
       <c r="AG39" t="s">
         <v>128</v>
       </c>
       <c r="AH39">
         <v>5</v>
       </c>
       <c r="AI39">
         <v>1</v>
       </c>
       <c r="AJ39">
         <v>5</v>
       </c>
       <c r="AK39" t="s">
         <v>128</v>
       </c>
       <c r="AM39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN39">
         <v>-0.26091720000000002</v>
       </c>
       <c r="AP39">
         <v>-9.7801999999999993E-3</v>
       </c>
       <c r="AQ39" t="s">
         <v>128</v>
       </c>
       <c r="AS39">
         <v>0.1460043</v>
       </c>
       <c r="AU39">
         <v>0.1291196</v>
       </c>
       <c r="AV39" t="s">
         <v>128</v>
       </c>
       <c r="AX39">
         <v>0.56959820000000005</v>
       </c>
       <c r="AZ39">
         <v>0.1883812</v>
       </c>
       <c r="BA39" t="s">
         <v>128</v>
       </c>
       <c r="BC39">
         <v>-0.74969620000000003</v>
       </c>
       <c r="BE39">
         <v>-0.28666330000000001</v>
       </c>
       <c r="BF39" t="s">
         <v>128</v>
       </c>
       <c r="BN39" t="s">
         <v>127</v>
       </c>
       <c r="BO39" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="BP39" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="BQ39">
         <v>0</v>
       </c>
       <c r="BR39">
         <v>10000</v>
       </c>
       <c r="BS39">
         <v>0</v>
       </c>
       <c r="BT39">
         <v>0</v>
       </c>
       <c r="BU39">
         <v>0</v>
       </c>
       <c r="BV39">
         <v>0</v>
       </c>
       <c r="BW39">
         <v>0</v>
       </c>
       <c r="BX39" t="s">
         <v>128</v>
       </c>
       <c r="BY39">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ39">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA39" t="s">
         <v>128</v>
       </c>
       <c r="CC39" t="s">
         <v>128</v>
       </c>
       <c r="CD39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="CE39" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="CF39" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="CH39" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI39" t="s">
         <v>128</v>
       </c>
       <c r="CO39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP39" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="CQ39" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="CR39" t="s">
         <v>127</v>
       </c>
       <c r="CS39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CT39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="CU39" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="CV39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="CW39" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="40" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>123</v>
       </c>
       <c r="B40" t="s">
         <v>124</v>
       </c>
       <c r="C40" t="s">
         <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>126</v>
       </c>
       <c r="E40" t="s">
         <v>127</v>
       </c>
       <c r="F40" t="s">
         <v>127</v>
       </c>
       <c r="G40" t="s">
         <v>128</v>
       </c>
       <c r="H40" t="s">
         <v>128</v>
       </c>
       <c r="I40" t="s">
         <v>129</v>
       </c>
       <c r="J40" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K40" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N40" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="O40">
         <v>1</v>
       </c>
       <c r="P40" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="Q40" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S40" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V40" t="s">
         <v>128</v>
       </c>
       <c r="W40" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X40">
         <v>252</v>
       </c>
       <c r="Y40">
-        <v>0.226074</v>
+        <v>0.22492799999999999</v>
       </c>
       <c r="Z40" t="s">
         <v>128</v>
       </c>
       <c r="AE40" t="s">
         <v>128</v>
       </c>
       <c r="AF40">
         <v>5</v>
       </c>
       <c r="AG40" t="s">
         <v>128</v>
       </c>
       <c r="AH40">
         <v>5</v>
       </c>
       <c r="AI40">
         <v>1</v>
       </c>
       <c r="AJ40">
         <v>5</v>
       </c>
       <c r="AK40" t="s">
         <v>128</v>
       </c>
       <c r="AM40" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN40">
         <v>-0.44606109999999999</v>
       </c>
       <c r="AP40">
         <v>-8.8669300000000006E-2</v>
       </c>
       <c r="AQ40" t="s">
         <v>128</v>
       </c>
       <c r="AS40">
         <v>6.7234100000000005E-2</v>
       </c>
       <c r="AU40">
         <v>-2.0490999999999999E-2</v>
       </c>
       <c r="AV40" t="s">
         <v>128</v>
       </c>
       <c r="AX40">
         <v>0.44263839999999999</v>
       </c>
       <c r="AZ40">
         <v>0.129637</v>
       </c>
       <c r="BA40" t="s">
         <v>128</v>
       </c>
       <c r="BC40">
         <v>-0.72883299999999995</v>
       </c>
       <c r="BE40">
         <v>-0.29840699999999998</v>
       </c>
       <c r="BF40" t="s">
         <v>128</v>
       </c>
       <c r="BN40" t="s">
         <v>127</v>
       </c>
       <c r="BO40" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="BP40" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="BQ40">
         <v>2</v>
       </c>
       <c r="BR40">
         <v>10000</v>
       </c>
       <c r="BS40">
         <v>0</v>
       </c>
       <c r="BT40">
         <v>0</v>
       </c>
       <c r="BU40">
         <v>0</v>
       </c>
       <c r="BV40">
         <v>0</v>
       </c>
       <c r="BW40">
         <v>0</v>
       </c>
       <c r="BX40" t="s">
         <v>128</v>
       </c>
       <c r="BY40">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ40">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA40" t="s">
         <v>128</v>
       </c>
       <c r="CC40" t="s">
         <v>128</v>
       </c>
       <c r="CD40" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="CE40" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="CF40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG40" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI40" t="s">
         <v>128</v>
       </c>
       <c r="CO40" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="CP40" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="CQ40" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR40" t="s">
         <v>127</v>
       </c>
       <c r="CS40" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT40" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV40" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="CW40" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>123</v>
       </c>
       <c r="B41" t="s">
         <v>124</v>
       </c>
       <c r="C41" t="s">
         <v>125</v>
       </c>
       <c r="D41" t="s">
         <v>126</v>
       </c>
       <c r="E41" t="s">
         <v>127</v>
       </c>
       <c r="F41" t="s">
         <v>127</v>
       </c>
       <c r="G41" t="s">
         <v>128</v>
       </c>
       <c r="H41" t="s">
         <v>128</v>
       </c>
       <c r="I41" t="s">
         <v>129</v>
       </c>
       <c r="J41" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K41" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L41" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N41" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="O41">
         <v>1</v>
       </c>
       <c r="P41" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="Q41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R41" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="T41">
         <v>2</v>
       </c>
       <c r="U41" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V41" t="s">
         <v>128</v>
       </c>
       <c r="W41" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X41">
         <v>252</v>
       </c>
       <c r="Y41">
-        <v>0.161551</v>
+        <v>0.16135099999999999</v>
       </c>
       <c r="Z41" t="s">
         <v>128</v>
       </c>
       <c r="AE41" t="s">
         <v>128</v>
       </c>
       <c r="AF41">
         <v>4</v>
       </c>
       <c r="AG41" t="s">
         <v>128</v>
       </c>
       <c r="AH41">
         <v>4</v>
       </c>
       <c r="AI41">
         <v>1</v>
       </c>
       <c r="AJ41">
         <v>5</v>
       </c>
       <c r="AK41" t="s">
         <v>128</v>
       </c>
       <c r="AM41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN41">
         <v>-0.1986</v>
       </c>
       <c r="AP41">
         <v>3.9985000000000003E-3</v>
       </c>
       <c r="AQ41" t="s">
         <v>128</v>
       </c>
       <c r="AS41">
         <v>0.11836380000000001</v>
       </c>
       <c r="AU41">
         <v>0.1022159</v>
       </c>
       <c r="AV41" t="s">
         <v>128</v>
       </c>
       <c r="AX41">
         <v>0.54600289999999996</v>
       </c>
       <c r="AZ41">
         <v>0.148225</v>
       </c>
       <c r="BA41" t="s">
         <v>128</v>
       </c>
       <c r="BC41">
         <v>-0.63388299999999997</v>
       </c>
       <c r="BE41">
         <v>-0.197739</v>
       </c>
       <c r="BF41" t="s">
         <v>128</v>
       </c>
       <c r="BN41" t="s">
         <v>127</v>
       </c>
       <c r="BO41" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="BP41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="BQ41">
         <v>1</v>
       </c>
       <c r="BR41">
         <v>10000</v>
       </c>
       <c r="BS41">
         <v>0</v>
       </c>
       <c r="BT41">
         <v>0</v>
       </c>
       <c r="BU41">
         <v>0</v>
       </c>
       <c r="BV41">
         <v>0</v>
       </c>
       <c r="BW41">
         <v>0</v>
       </c>
       <c r="BX41" t="s">
         <v>128</v>
       </c>
       <c r="BY41">
-        <v>6.1000000000000004E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ41">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA41" t="s">
         <v>128</v>
       </c>
       <c r="CC41" t="s">
         <v>128</v>
       </c>
       <c r="CD41" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="CE41" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="CF41" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG41" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH41" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI41" t="s">
         <v>128</v>
       </c>
       <c r="CO41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="CQ41" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="CR41" t="s">
         <v>127</v>
       </c>
       <c r="CS41" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT41" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU41" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV41" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="CW41" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>123</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
       <c r="C42" t="s">
         <v>125</v>
       </c>
       <c r="D42" t="s">
         <v>126</v>
       </c>
       <c r="E42" t="s">
         <v>127</v>
       </c>
       <c r="F42" t="s">
         <v>127</v>
       </c>
       <c r="G42" t="s">
         <v>128</v>
       </c>
       <c r="H42" t="s">
         <v>128</v>
       </c>
       <c r="I42" t="s">
         <v>129</v>
       </c>
       <c r="J42" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K42" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L42" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N42" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="O42">
         <v>1</v>
       </c>
       <c r="P42" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="Q42" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S42" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="T42">
         <v>2</v>
       </c>
       <c r="U42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V42" t="s">
         <v>128</v>
       </c>
       <c r="W42" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X42">
         <v>252</v>
       </c>
       <c r="Y42">
-        <v>0.20940800000000001</v>
+        <v>0.208422</v>
       </c>
       <c r="Z42" t="s">
         <v>128</v>
       </c>
       <c r="AE42" t="s">
         <v>128</v>
       </c>
       <c r="AF42">
         <v>5</v>
       </c>
       <c r="AG42" t="s">
         <v>128</v>
       </c>
       <c r="AH42">
         <v>5</v>
       </c>
       <c r="AI42">
         <v>1</v>
       </c>
       <c r="AJ42">
         <v>5</v>
       </c>
       <c r="AK42" t="s">
         <v>128</v>
       </c>
       <c r="AM42" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN42">
         <v>-0.38732349999999999</v>
       </c>
       <c r="AP42">
         <v>-2.4257399999999998E-2</v>
       </c>
       <c r="AQ42" t="s">
         <v>128</v>
       </c>
       <c r="AS42">
         <v>0.13177440000000001</v>
       </c>
       <c r="AU42">
         <v>9.1859899999999994E-2</v>
       </c>
       <c r="AV42" t="s">
         <v>128</v>
       </c>
       <c r="AX42">
         <v>0.71064459999999996</v>
       </c>
       <c r="AZ42">
         <v>0.21954799999999999</v>
       </c>
       <c r="BA42" t="s">
         <v>128</v>
       </c>
       <c r="BC42">
         <v>-0.86028369999999998</v>
       </c>
       <c r="BE42">
         <v>-0.31519989999999998</v>
       </c>
       <c r="BF42" t="s">
         <v>128</v>
       </c>
       <c r="BN42" t="s">
         <v>127</v>
       </c>
       <c r="BO42" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="BP42" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="BQ42">
         <v>9</v>
       </c>
       <c r="BR42">
         <v>10000</v>
       </c>
       <c r="BS42">
         <v>0</v>
       </c>
       <c r="BT42">
         <v>0</v>
       </c>
       <c r="BU42">
         <v>0</v>
       </c>
       <c r="BV42">
         <v>0</v>
       </c>
       <c r="BW42">
         <v>0</v>
       </c>
       <c r="BX42" t="s">
         <v>128</v>
       </c>
       <c r="BY42">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ42">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA42" t="s">
         <v>128</v>
       </c>
       <c r="CC42" t="s">
         <v>128</v>
       </c>
       <c r="CD42" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE42" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="CF42" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG42" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH42" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI42" t="s">
         <v>128</v>
       </c>
       <c r="CO42" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="CP42" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="CQ42" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR42" t="s">
         <v>128</v>
       </c>
       <c r="CS42" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT42" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV42" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>123</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" t="s">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
       <c r="E43" t="s">
         <v>127</v>
       </c>
       <c r="F43" t="s">
         <v>127</v>
       </c>
       <c r="G43" t="s">
         <v>128</v>
       </c>
       <c r="H43" t="s">
         <v>128</v>
       </c>
       <c r="I43" t="s">
         <v>129</v>
       </c>
       <c r="J43" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L43" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N43" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="O43">
         <v>1</v>
       </c>
       <c r="P43" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="Q43" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S43" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="T43">
         <v>2</v>
       </c>
       <c r="U43" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V43" t="s">
         <v>128</v>
       </c>
       <c r="W43" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X43">
         <v>252</v>
       </c>
       <c r="Y43">
-        <v>0.20940800000000001</v>
+        <v>0.208423</v>
       </c>
       <c r="Z43" t="s">
         <v>128</v>
       </c>
       <c r="AE43" t="s">
         <v>128</v>
       </c>
       <c r="AF43">
         <v>5</v>
       </c>
       <c r="AG43" t="s">
         <v>128</v>
       </c>
       <c r="AH43">
         <v>5</v>
       </c>
       <c r="AI43">
         <v>1</v>
       </c>
       <c r="AJ43">
         <v>5</v>
       </c>
       <c r="AK43" t="s">
         <v>128</v>
       </c>
       <c r="AM43" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN43">
         <v>-0.38737539999999998</v>
       </c>
       <c r="AP43">
         <v>-2.42735E-2</v>
       </c>
       <c r="AQ43" t="s">
         <v>128</v>
       </c>
       <c r="AS43">
         <v>0.1316832</v>
       </c>
       <c r="AU43">
         <v>9.1849500000000001E-2</v>
       </c>
       <c r="AV43" t="s">
         <v>128</v>
       </c>
       <c r="AX43">
         <v>0.71065109999999998</v>
       </c>
       <c r="AZ43">
         <v>0.21924360000000001</v>
       </c>
       <c r="BA43" t="s">
         <v>128</v>
       </c>
       <c r="BC43">
         <v>-0.86028459999999995</v>
       </c>
       <c r="BE43">
         <v>-0.31519160000000002</v>
       </c>
       <c r="BF43" t="s">
         <v>128</v>
       </c>
       <c r="BN43" t="s">
         <v>127</v>
       </c>
       <c r="BO43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="BP43" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="BQ43">
         <v>9</v>
       </c>
       <c r="BR43">
         <v>10000</v>
       </c>
       <c r="BS43">
         <v>0</v>
       </c>
       <c r="BT43">
         <v>0</v>
       </c>
       <c r="BU43">
         <v>0</v>
       </c>
       <c r="BV43">
         <v>0</v>
       </c>
       <c r="BW43">
         <v>0</v>
       </c>
       <c r="BX43" t="s">
         <v>128</v>
       </c>
       <c r="BY43">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ43">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA43" t="s">
         <v>128</v>
       </c>
       <c r="CC43" t="s">
         <v>128</v>
       </c>
       <c r="CD43" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE43" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="CF43" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG43" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH43" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI43" t="s">
         <v>128</v>
       </c>
       <c r="CO43" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="CP43" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="CQ43" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR43" t="s">
         <v>128</v>
       </c>
       <c r="CS43" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT43" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV43" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="CW43" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>123</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>126</v>
       </c>
       <c r="E44" t="s">
         <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>127</v>
       </c>
       <c r="G44" t="s">
         <v>128</v>
       </c>
       <c r="H44" t="s">
         <v>128</v>
       </c>
       <c r="I44" t="s">
         <v>129</v>
       </c>
       <c r="J44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K44" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N44" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="O44">
         <v>1</v>
       </c>
       <c r="P44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="Q44" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R44" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S44" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V44" t="s">
         <v>128</v>
       </c>
       <c r="W44" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X44">
         <v>252</v>
       </c>
       <c r="Y44">
-        <v>0.25196000000000002</v>
+        <v>0.24986700000000001</v>
       </c>
       <c r="Z44" t="s">
         <v>128</v>
       </c>
       <c r="AE44" t="s">
         <v>128</v>
       </c>
       <c r="AF44">
         <v>5</v>
       </c>
       <c r="AG44" t="s">
         <v>128</v>
       </c>
       <c r="AH44">
         <v>5</v>
       </c>
       <c r="AI44">
         <v>1</v>
       </c>
       <c r="AJ44">
         <v>5</v>
       </c>
       <c r="AK44" t="s">
         <v>128</v>
       </c>
       <c r="AM44" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN44">
         <v>-0.4608931</v>
       </c>
       <c r="AP44">
         <v>-0.14919859999999999</v>
       </c>
       <c r="AQ44" t="s">
         <v>128</v>
       </c>
       <c r="AS44">
         <v>2.0922199999999998E-2</v>
       </c>
       <c r="AU44">
         <v>3.1373699999999997E-2</v>
       </c>
       <c r="AV44" t="s">
         <v>128</v>
       </c>
       <c r="AX44">
         <v>0.42181469999999999</v>
       </c>
       <c r="AZ44">
         <v>0.1232486</v>
       </c>
       <c r="BA44" t="s">
         <v>128</v>
       </c>
       <c r="BC44">
         <v>-0.62029979999999996</v>
       </c>
       <c r="BE44">
         <v>-0.22801579999999999</v>
       </c>
       <c r="BF44" t="s">
         <v>128</v>
       </c>
       <c r="BN44" t="s">
         <v>127</v>
       </c>
       <c r="BO44" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="BP44" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="BQ44">
         <v>0</v>
       </c>
       <c r="BR44">
         <v>10000</v>
       </c>
       <c r="BS44">
         <v>0</v>
       </c>
       <c r="BT44">
         <v>0</v>
       </c>
       <c r="BU44">
         <v>0</v>
       </c>
       <c r="BV44">
         <v>0</v>
       </c>
       <c r="BW44">
         <v>0</v>
       </c>
       <c r="BX44" t="s">
         <v>128</v>
       </c>
       <c r="BY44">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BZ44">
         <v>1.5E-3</v>
       </c>
       <c r="CA44" t="s">
         <v>128</v>
       </c>
       <c r="CC44" t="s">
         <v>128</v>
       </c>
       <c r="CD44" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="CE44" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="CF44" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG44" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="CH44" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI44" t="s">
         <v>128</v>
       </c>
       <c r="CO44" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="CP44" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="CQ44" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR44" t="s">
         <v>127</v>
       </c>
       <c r="CS44" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="CT44" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="CU44" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="CV44" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="CW44" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>123</v>
       </c>
       <c r="B45" t="s">
         <v>124</v>
       </c>
       <c r="C45" t="s">
         <v>125</v>
       </c>
       <c r="D45" t="s">
         <v>126</v>
       </c>
       <c r="E45" t="s">
         <v>127</v>
       </c>
       <c r="F45" t="s">
         <v>127</v>
       </c>
       <c r="G45" t="s">
         <v>128</v>
       </c>
       <c r="H45" t="s">
         <v>128</v>
       </c>
       <c r="I45" t="s">
         <v>129</v>
       </c>
       <c r="J45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N45" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="O45">
         <v>1</v>
       </c>
       <c r="P45" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="Q45" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R45" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S45" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="T45">
         <v>2</v>
       </c>
       <c r="U45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V45" t="s">
         <v>128</v>
       </c>
       <c r="W45" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X45">
         <v>252</v>
       </c>
       <c r="Y45">
-        <v>0.23371400000000001</v>
+        <v>0.215978</v>
       </c>
       <c r="Z45" t="s">
         <v>128</v>
       </c>
       <c r="AE45" t="s">
         <v>128</v>
       </c>
       <c r="AF45">
         <v>5</v>
       </c>
       <c r="AG45" t="s">
         <v>128</v>
       </c>
       <c r="AH45">
         <v>5</v>
       </c>
       <c r="AI45">
         <v>1</v>
       </c>
       <c r="AJ45">
         <v>5</v>
       </c>
       <c r="AK45" t="s">
         <v>128</v>
       </c>
       <c r="AM45" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN45">
-        <v>-0.43961739999999999</v>
+        <v>-0.3763107</v>
       </c>
       <c r="AP45">
-        <v>-8.3140000000000006E-2</v>
+        <v>-9.0405700000000006E-2</v>
       </c>
       <c r="AQ45" t="s">
         <v>128</v>
       </c>
       <c r="AS45">
-        <v>5.1779199999999997E-2</v>
+        <v>2.0922199999999998E-2</v>
       </c>
       <c r="AU45">
-        <v>4.4483399999999999E-2</v>
+        <v>4.6388400000000003E-2</v>
       </c>
       <c r="AV45" t="s">
         <v>128</v>
       </c>
       <c r="AX45">
-        <v>0.6883823</v>
+        <v>0.42181469999999999</v>
       </c>
       <c r="AZ45">
-        <v>0.1590358</v>
+        <v>0.1232486</v>
       </c>
       <c r="BA45" t="s">
         <v>128</v>
       </c>
       <c r="BC45">
-        <v>-0.73316360000000003</v>
+        <v>-0.62271719999999997</v>
       </c>
       <c r="BE45">
-        <v>-0.30462240000000002</v>
+        <v>-0.222603</v>
       </c>
       <c r="BF45" t="s">
         <v>128</v>
       </c>
       <c r="BN45" t="s">
         <v>127</v>
       </c>
       <c r="BO45" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>494</v>
+      </c>
+      <c r="BP45" s="2" t="s">
+        <v>911</v>
       </c>
       <c r="BQ45">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="BR45">
         <v>10000</v>
       </c>
       <c r="BS45">
         <v>0</v>
       </c>
       <c r="BT45">
         <v>0</v>
       </c>
       <c r="BU45">
         <v>0</v>
       </c>
       <c r="BV45">
         <v>0</v>
       </c>
       <c r="BW45">
         <v>0</v>
       </c>
       <c r="BX45" t="s">
         <v>128</v>
       </c>
       <c r="BY45">
-        <v>6.4999999999999997E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="BZ45">
-        <v>1.1999999999999999E-3</v>
+        <v>1.5E-3</v>
       </c>
       <c r="CA45" t="s">
         <v>128</v>
       </c>
       <c r="CC45" t="s">
         <v>128</v>
       </c>
       <c r="CD45" t="s">
-        <v>493</v>
+        <v>178</v>
       </c>
       <c r="CE45" t="s">
-        <v>494</v>
+        <v>314</v>
       </c>
       <c r="CF45" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG45" t="s">
+        <v>315</v>
+      </c>
+      <c r="CH45" t="s">
+        <v>147</v>
+      </c>
+      <c r="CI45" t="s">
+        <v>128</v>
+      </c>
+      <c r="CO45" t="s">
+        <v>306</v>
+      </c>
+      <c r="CP45" t="s">
         <v>495</v>
       </c>
-      <c r="CH45" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="CQ45" t="s">
-        <v>496</v>
+        <v>244</v>
       </c>
       <c r="CR45" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS45" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="CT45" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="CU45" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="CV45" t="s">
-        <v>351</v>
+        <v>417</v>
       </c>
       <c r="CW45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>123</v>
       </c>
       <c r="B46" t="s">
         <v>124</v>
       </c>
       <c r="C46" t="s">
         <v>125</v>
       </c>
       <c r="D46" t="s">
         <v>126</v>
       </c>
       <c r="E46" t="s">
         <v>127</v>
       </c>
       <c r="F46" t="s">
         <v>127</v>
       </c>
       <c r="G46" t="s">
         <v>128</v>
       </c>
       <c r="H46" t="s">
         <v>128</v>
       </c>
       <c r="I46" t="s">
         <v>129</v>
       </c>
       <c r="J46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N46" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="O46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
+        <v>497</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>214</v>
+      </c>
+      <c r="R46" t="s">
+        <v>158</v>
+      </c>
+      <c r="S46" t="s">
         <v>498</v>
-      </c>
-[...7 lines deleted...]
-        <v>499</v>
       </c>
       <c r="T46">
         <v>2</v>
       </c>
       <c r="U46" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V46" t="s">
         <v>128</v>
       </c>
       <c r="W46" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X46">
         <v>252</v>
       </c>
       <c r="Y46">
-        <v>0.21612200000000001</v>
+        <v>0.215896</v>
       </c>
       <c r="Z46" t="s">
         <v>128</v>
       </c>
       <c r="AE46" t="s">
         <v>128</v>
       </c>
       <c r="AF46">
         <v>5</v>
       </c>
       <c r="AG46" t="s">
         <v>128</v>
       </c>
       <c r="AH46">
         <v>5</v>
       </c>
       <c r="AI46">
         <v>1</v>
       </c>
       <c r="AJ46">
         <v>5</v>
       </c>
       <c r="AK46" t="s">
         <v>128</v>
       </c>
       <c r="AM46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN46">
-        <v>-0.3763107</v>
+        <v>-0.40675359999999999</v>
       </c>
       <c r="AP46">
-        <v>-9.0405700000000006E-2</v>
+        <v>-3.5785900000000002E-2</v>
       </c>
       <c r="AQ46" t="s">
         <v>128</v>
       </c>
       <c r="AS46">
-        <v>2.0922199999999998E-2</v>
+        <v>0.1494249</v>
       </c>
       <c r="AU46">
-        <v>4.6388400000000003E-2</v>
+        <v>8.7715500000000002E-2</v>
       </c>
       <c r="AV46" t="s">
         <v>128</v>
       </c>
       <c r="AX46">
-        <v>0.42181469999999999</v>
+        <v>0.69934189999999996</v>
       </c>
       <c r="AZ46">
-        <v>0.1232486</v>
+        <v>0.22295760000000001</v>
       </c>
       <c r="BA46" t="s">
         <v>128</v>
       </c>
       <c r="BC46">
-        <v>-0.62271719999999997</v>
+        <v>-0.72555709999999995</v>
       </c>
       <c r="BE46">
-        <v>-0.222603</v>
+        <v>-0.2833271</v>
       </c>
       <c r="BF46" t="s">
         <v>128</v>
       </c>
       <c r="BN46" t="s">
         <v>127</v>
       </c>
       <c r="BO46" t="s">
+        <v>499</v>
+      </c>
+      <c r="BP46" t="s">
         <v>500</v>
       </c>
-      <c r="BP46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ46">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR46">
         <v>10000</v>
       </c>
       <c r="BS46">
         <v>0</v>
       </c>
       <c r="BT46">
         <v>0</v>
       </c>
       <c r="BU46">
         <v>0</v>
       </c>
       <c r="BV46">
         <v>0</v>
       </c>
       <c r="BW46">
         <v>0</v>
       </c>
       <c r="BX46" t="s">
         <v>128</v>
       </c>
       <c r="BY46">
-        <v>5.9999999999999995E-4</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ46">
-        <v>1.5E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA46" t="s">
         <v>128</v>
       </c>
       <c r="CC46" t="s">
         <v>128</v>
       </c>
       <c r="CD46" t="s">
-        <v>177</v>
+        <v>329</v>
       </c>
       <c r="CE46" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="CF46" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG46" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="CH46" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI46" t="s">
         <v>128</v>
       </c>
       <c r="CO46" t="s">
-        <v>304</v>
+        <v>209</v>
       </c>
       <c r="CP46" t="s">
-        <v>501</v>
+        <v>221</v>
       </c>
       <c r="CQ46" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS46" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="CT46" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="CU46" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="CV46" t="s">
-        <v>414</v>
+        <v>333</v>
       </c>
       <c r="CW46" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>123</v>
       </c>
       <c r="B47" t="s">
         <v>124</v>
       </c>
       <c r="C47" t="s">
         <v>125</v>
       </c>
       <c r="D47" t="s">
         <v>126</v>
       </c>
       <c r="E47" t="s">
         <v>127</v>
       </c>
       <c r="F47" t="s">
         <v>127</v>
       </c>
       <c r="G47" t="s">
         <v>128</v>
       </c>
       <c r="H47" t="s">
         <v>128</v>
       </c>
       <c r="I47" t="s">
         <v>129</v>
       </c>
       <c r="J47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N47" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="O47">
         <v>1</v>
       </c>
       <c r="P47" t="s">
+        <v>502</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>157</v>
+      </c>
+      <c r="R47" t="s">
+        <v>158</v>
+      </c>
+      <c r="S47" t="s">
         <v>503</v>
-      </c>
-[...7 lines deleted...]
-        <v>504</v>
       </c>
       <c r="T47">
         <v>2</v>
       </c>
       <c r="U47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V47" t="s">
         <v>128</v>
       </c>
       <c r="W47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X47">
         <v>252</v>
       </c>
       <c r="Y47">
-        <v>0.21696699999999999</v>
+        <v>0.203626</v>
       </c>
       <c r="Z47" t="s">
         <v>128</v>
       </c>
       <c r="AE47" t="s">
         <v>128</v>
       </c>
       <c r="AF47">
         <v>5</v>
       </c>
       <c r="AG47" t="s">
         <v>128</v>
       </c>
       <c r="AH47">
         <v>5</v>
       </c>
       <c r="AI47">
         <v>1</v>
       </c>
       <c r="AJ47">
         <v>5</v>
       </c>
       <c r="AK47" t="s">
         <v>128</v>
       </c>
       <c r="AM47" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN47">
-        <v>-0.40675359999999999</v>
+        <v>-0.16501070000000001</v>
       </c>
       <c r="AP47">
-        <v>-3.5785900000000002E-2</v>
+        <v>-1.0578E-3</v>
       </c>
       <c r="AQ47" t="s">
         <v>128</v>
       </c>
       <c r="AS47">
-        <v>0.1494249</v>
+        <v>0.11177380000000001</v>
       </c>
       <c r="AU47">
-        <v>8.7715500000000002E-2</v>
+        <v>9.0886400000000006E-2</v>
       </c>
       <c r="AV47" t="s">
         <v>128</v>
       </c>
       <c r="AX47">
-        <v>0.69934189999999996</v>
+        <v>0.38940799999999998</v>
       </c>
       <c r="AZ47">
-        <v>0.22295760000000001</v>
+        <v>0.15125710000000001</v>
       </c>
       <c r="BA47" t="s">
         <v>128</v>
       </c>
       <c r="BC47">
-        <v>-0.72555709999999995</v>
+        <v>-0.72758529999999999</v>
       </c>
       <c r="BE47">
-        <v>-0.2833271</v>
+        <v>-0.2601116</v>
       </c>
       <c r="BF47" t="s">
         <v>128</v>
       </c>
       <c r="BN47" t="s">
         <v>127</v>
       </c>
       <c r="BO47" t="s">
+        <v>504</v>
+      </c>
+      <c r="BP47" t="s">
         <v>505</v>
       </c>
-      <c r="BP47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ47">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BR47">
         <v>10000</v>
       </c>
       <c r="BS47">
         <v>0</v>
       </c>
       <c r="BT47">
         <v>0</v>
       </c>
       <c r="BU47">
         <v>0</v>
       </c>
       <c r="BV47">
         <v>0</v>
       </c>
       <c r="BW47">
         <v>0</v>
       </c>
       <c r="BX47" t="s">
         <v>128</v>
       </c>
       <c r="BY47">
-        <v>6.6E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="BZ47">
         <v>1E-3</v>
       </c>
       <c r="CA47" t="s">
         <v>128</v>
       </c>
       <c r="CC47" t="s">
         <v>128</v>
       </c>
       <c r="CD47" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="CE47" t="s">
-        <v>328</v>
+        <v>506</v>
       </c>
       <c r="CF47" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG47" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH47" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI47" t="s">
         <v>128</v>
       </c>
       <c r="CO47" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="CP47" t="s">
-        <v>274</v>
+        <v>307</v>
       </c>
       <c r="CQ47" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="CR47" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT47" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU47" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV47" t="s">
-        <v>221</v>
+        <v>507</v>
       </c>
       <c r="CW47" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>123</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
         <v>125</v>
       </c>
       <c r="D48" t="s">
         <v>126</v>
       </c>
       <c r="E48" t="s">
         <v>127</v>
       </c>
       <c r="F48" t="s">
         <v>127</v>
       </c>
       <c r="G48" t="s">
         <v>128</v>
       </c>
       <c r="H48" t="s">
         <v>128</v>
       </c>
       <c r="I48" t="s">
         <v>129</v>
       </c>
       <c r="J48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N48" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="O48">
         <v>1</v>
       </c>
       <c r="P48" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="Q48" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R48" t="s">
-        <v>157</v>
+        <v>385</v>
       </c>
       <c r="S48" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="T48">
         <v>2</v>
       </c>
       <c r="U48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V48" t="s">
         <v>128</v>
       </c>
       <c r="W48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X48">
         <v>252</v>
       </c>
       <c r="Y48">
-        <v>0.20385300000000001</v>
+        <v>0.34987099999999999</v>
       </c>
       <c r="Z48" t="s">
         <v>128</v>
       </c>
       <c r="AE48" t="s">
         <v>128</v>
       </c>
       <c r="AF48">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG48" t="s">
         <v>128</v>
       </c>
       <c r="AH48">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI48">
         <v>1</v>
       </c>
       <c r="AJ48">
         <v>5</v>
       </c>
       <c r="AK48" t="s">
         <v>128</v>
       </c>
       <c r="AM48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN48">
-        <v>-0.16501070000000001</v>
+        <v>-0.5572317</v>
       </c>
       <c r="AP48">
-        <v>-1.0578E-3</v>
+        <v>-6.9185800000000006E-2</v>
       </c>
       <c r="AQ48" t="s">
         <v>128</v>
       </c>
       <c r="AS48">
-        <v>0.11177380000000001</v>
+        <v>0.24976789999999999</v>
       </c>
       <c r="AU48">
-        <v>9.0886400000000006E-2</v>
+        <v>0.14390559999999999</v>
       </c>
       <c r="AV48" t="s">
         <v>128</v>
       </c>
       <c r="AX48">
-        <v>0.38940799999999998</v>
+        <v>1.2219469000000001</v>
       </c>
       <c r="AZ48">
-        <v>0.15125710000000001</v>
+        <v>0.43545970000000001</v>
       </c>
       <c r="BA48" t="s">
         <v>128</v>
       </c>
       <c r="BC48">
-        <v>-0.72758529999999999</v>
+        <v>-0.85521849999999999</v>
       </c>
       <c r="BE48">
-        <v>-0.2601116</v>
+        <v>-0.46972380000000002</v>
       </c>
       <c r="BF48" t="s">
         <v>128</v>
       </c>
       <c r="BN48" t="s">
         <v>127</v>
       </c>
       <c r="BO48" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="BP48" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="BQ48">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR48">
         <v>10000</v>
       </c>
       <c r="BS48">
         <v>0</v>
       </c>
       <c r="BT48">
         <v>0</v>
       </c>
       <c r="BU48">
         <v>0</v>
       </c>
       <c r="BV48">
         <v>0</v>
       </c>
       <c r="BW48">
         <v>0</v>
       </c>
       <c r="BX48" t="s">
         <v>128</v>
       </c>
       <c r="BY48">
-        <v>8.9999999999999998E-4</v>
+        <v>1.5E-3</v>
       </c>
       <c r="BZ48">
-        <v>1E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA48" t="s">
         <v>128</v>
       </c>
       <c r="CC48" t="s">
         <v>128</v>
       </c>
       <c r="CD48" t="s">
-        <v>327</v>
+        <v>389</v>
       </c>
       <c r="CE48" t="s">
-        <v>512</v>
+        <v>390</v>
       </c>
       <c r="CF48" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="CG48" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="CH48" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI48" t="s">
         <v>128</v>
       </c>
       <c r="CO48" t="s">
-        <v>164</v>
+        <v>376</v>
       </c>
       <c r="CP48" t="s">
-        <v>305</v>
+        <v>243</v>
       </c>
       <c r="CQ48" t="s">
-        <v>166</v>
+        <v>244</v>
       </c>
       <c r="CR48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS48" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT48" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV48" t="s">
         <v>513</v>
       </c>
       <c r="CW48" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>123</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="D49" t="s">
         <v>126</v>
       </c>
       <c r="E49" t="s">
         <v>127</v>
       </c>
       <c r="F49" t="s">
         <v>127</v>
       </c>
       <c r="G49" t="s">
         <v>128</v>
       </c>
       <c r="H49" t="s">
         <v>128</v>
       </c>
       <c r="I49" t="s">
         <v>129</v>
       </c>
       <c r="J49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N49" t="s">
         <v>514</v>
       </c>
       <c r="O49">
         <v>1</v>
       </c>
       <c r="P49" t="s">
         <v>515</v>
       </c>
       <c r="Q49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R49" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="S49" t="s">
         <v>516</v>
       </c>
       <c r="T49">
         <v>2</v>
       </c>
       <c r="U49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V49" t="s">
         <v>128</v>
       </c>
       <c r="W49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X49">
         <v>252</v>
       </c>
       <c r="Y49">
-        <v>0.353022</v>
+        <v>0.34988399999999997</v>
       </c>
       <c r="Z49" t="s">
         <v>128</v>
       </c>
       <c r="AE49" t="s">
         <v>128</v>
       </c>
       <c r="AF49">
         <v>6</v>
       </c>
       <c r="AG49" t="s">
         <v>128</v>
       </c>
       <c r="AH49">
         <v>6</v>
       </c>
       <c r="AI49">
         <v>1</v>
       </c>
       <c r="AJ49">
         <v>5</v>
       </c>
       <c r="AK49" t="s">
         <v>128</v>
       </c>
       <c r="AM49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN49">
-        <v>-0.5572317</v>
+        <v>-0.5590136</v>
       </c>
       <c r="AP49">
-        <v>-6.9185800000000006E-2</v>
+        <v>-7.2566199999999997E-2</v>
       </c>
       <c r="AQ49" t="s">
         <v>128</v>
       </c>
       <c r="AS49">
         <v>0.24976789999999999</v>
       </c>
       <c r="AU49">
-        <v>0.14390559999999999</v>
+        <v>0.13986480000000001</v>
       </c>
       <c r="AV49" t="s">
         <v>128</v>
       </c>
       <c r="AX49">
-        <v>1.2219469000000001</v>
+        <v>1.2143925</v>
       </c>
       <c r="AZ49">
-        <v>0.43545970000000001</v>
+        <v>0.43407489999999999</v>
       </c>
       <c r="BA49" t="s">
         <v>128</v>
       </c>
       <c r="BC49">
-        <v>-0.85521849999999999</v>
+        <v>-0.85518260000000001</v>
       </c>
       <c r="BE49">
-        <v>-0.46972380000000002</v>
+        <v>-0.46971790000000002</v>
       </c>
       <c r="BF49" t="s">
         <v>128</v>
       </c>
       <c r="BN49" t="s">
         <v>127</v>
       </c>
       <c r="BO49" t="s">
         <v>517</v>
       </c>
       <c r="BP49" t="s">
         <v>518</v>
       </c>
       <c r="BQ49">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="BR49">
         <v>10000</v>
       </c>
       <c r="BS49">
         <v>0</v>
       </c>
       <c r="BT49">
         <v>0</v>
       </c>
       <c r="BU49">
         <v>0</v>
       </c>
       <c r="BV49">
         <v>0</v>
       </c>
       <c r="BW49">
         <v>0</v>
       </c>
       <c r="BX49" t="s">
         <v>128</v>
       </c>
       <c r="BY49">
-        <v>1.5E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ49">
         <v>2.3E-3</v>
       </c>
       <c r="CA49" t="s">
         <v>128</v>
       </c>
       <c r="CC49" t="s">
         <v>128</v>
       </c>
       <c r="CD49" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE49" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="CF49" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="CG49" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="CH49" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI49" t="s">
         <v>128</v>
       </c>
       <c r="CO49" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="CP49" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="CQ49" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR49" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS49" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT49" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU49" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV49" t="s">
-        <v>519</v>
+        <v>223</v>
       </c>
       <c r="CW49" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>123</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
       <c r="E50" t="s">
         <v>127</v>
       </c>
       <c r="F50" t="s">
         <v>127</v>
       </c>
       <c r="G50" t="s">
         <v>128</v>
       </c>
       <c r="H50" t="s">
         <v>128</v>
       </c>
       <c r="I50" t="s">
         <v>129</v>
       </c>
       <c r="J50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L50" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N50" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="O50">
         <v>1</v>
       </c>
       <c r="P50" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>214</v>
+      </c>
+      <c r="R50" t="s">
+        <v>174</v>
+      </c>
+      <c r="S50" t="s">
         <v>521</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
       <c r="T50">
         <v>2</v>
       </c>
       <c r="U50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V50" t="s">
         <v>128</v>
       </c>
       <c r="W50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X50">
         <v>252</v>
       </c>
       <c r="Y50">
-        <v>0.35303600000000002</v>
+        <v>0.20843700000000001</v>
       </c>
       <c r="Z50" t="s">
         <v>128</v>
       </c>
       <c r="AE50" t="s">
         <v>128</v>
       </c>
       <c r="AF50">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG50" t="s">
         <v>128</v>
       </c>
       <c r="AH50">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI50">
         <v>1</v>
       </c>
       <c r="AJ50">
         <v>5</v>
       </c>
       <c r="AK50" t="s">
         <v>128</v>
       </c>
       <c r="AM50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN50">
-        <v>-0.5590136</v>
+        <v>-0.4234213</v>
       </c>
       <c r="AP50">
-        <v>-7.2566199999999997E-2</v>
+        <v>-3.9296200000000003E-2</v>
       </c>
       <c r="AQ50" t="s">
         <v>128</v>
       </c>
       <c r="AS50">
-        <v>0.24976789999999999</v>
+        <v>6.5197599999999994E-2</v>
       </c>
       <c r="AU50">
-        <v>0.13986480000000001</v>
+        <v>7.0733799999999999E-2</v>
       </c>
       <c r="AV50" t="s">
         <v>128</v>
       </c>
       <c r="AX50">
-        <v>1.2143925</v>
+        <v>0.61012960000000005</v>
       </c>
       <c r="AZ50">
-        <v>0.43407489999999999</v>
+        <v>0.19594520000000001</v>
       </c>
       <c r="BA50" t="s">
         <v>128</v>
       </c>
       <c r="BC50">
-        <v>-0.85518260000000001</v>
+        <v>-0.86737719999999996</v>
       </c>
       <c r="BE50">
-        <v>-0.46971790000000002</v>
+        <v>-0.32224520000000001</v>
       </c>
       <c r="BF50" t="s">
         <v>128</v>
       </c>
       <c r="BN50" t="s">
         <v>127</v>
       </c>
       <c r="BO50" t="s">
+        <v>522</v>
+      </c>
+      <c r="BP50" t="s">
         <v>523</v>
       </c>
-      <c r="BP50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ50">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="BR50">
         <v>10000</v>
       </c>
       <c r="BS50">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT50">
         <v>0</v>
       </c>
       <c r="BU50">
         <v>0</v>
       </c>
       <c r="BV50">
         <v>0</v>
       </c>
       <c r="BW50">
         <v>0</v>
       </c>
       <c r="BX50" t="s">
         <v>128</v>
       </c>
       <c r="BY50">
-        <v>6.4999999999999997E-3</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ50">
-        <v>2.3E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA50" t="s">
         <v>128</v>
       </c>
       <c r="CC50" t="s">
         <v>128</v>
       </c>
       <c r="CD50" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE50" t="s">
-        <v>388</v>
+        <v>435</v>
       </c>
       <c r="CF50" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="CG50" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="CH50" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI50" t="s">
         <v>128</v>
       </c>
       <c r="CO50" t="s">
-        <v>374</v>
+        <v>416</v>
       </c>
       <c r="CP50" t="s">
-        <v>240</v>
+        <v>283</v>
       </c>
       <c r="CQ50" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS50" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT50" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU50" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV50" t="s">
-        <v>351</v>
+        <v>211</v>
       </c>
       <c r="CW50" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>123</v>
       </c>
       <c r="B51" t="s">
         <v>124</v>
       </c>
       <c r="C51" t="s">
         <v>125</v>
       </c>
       <c r="D51" t="s">
         <v>126</v>
       </c>
       <c r="E51" t="s">
         <v>127</v>
       </c>
       <c r="F51" t="s">
         <v>127</v>
       </c>
       <c r="G51" t="s">
         <v>128</v>
       </c>
       <c r="H51" t="s">
         <v>128</v>
       </c>
       <c r="I51" t="s">
         <v>129</v>
       </c>
       <c r="J51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N51" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="O51">
         <v>1</v>
       </c>
       <c r="P51" t="s">
+        <v>525</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>214</v>
+      </c>
+      <c r="R51" t="s">
+        <v>385</v>
+      </c>
+      <c r="S51" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>527</v>
       </c>
       <c r="T51">
         <v>2</v>
       </c>
       <c r="U51" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V51" t="s">
         <v>128</v>
       </c>
       <c r="W51" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X51">
         <v>252</v>
       </c>
       <c r="Y51">
-        <v>0.209423</v>
+        <v>0.36437599999999998</v>
       </c>
       <c r="Z51" t="s">
         <v>128</v>
       </c>
       <c r="AE51" t="s">
         <v>128</v>
       </c>
       <c r="AF51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG51" t="s">
         <v>128</v>
       </c>
       <c r="AH51">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI51">
         <v>1</v>
       </c>
       <c r="AJ51">
         <v>5</v>
       </c>
       <c r="AK51" t="s">
         <v>128</v>
       </c>
       <c r="AM51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN51">
-        <v>-0.4234213</v>
+        <v>-0.61300619999999995</v>
       </c>
       <c r="AP51">
-        <v>-3.9296200000000003E-2</v>
+        <v>-8.4834800000000002E-2</v>
       </c>
       <c r="AQ51" t="s">
         <v>128</v>
       </c>
       <c r="AS51">
-        <v>6.5197599999999994E-2</v>
+        <v>0.22478960000000001</v>
       </c>
       <c r="AU51">
-        <v>7.0733799999999999E-2</v>
+        <v>0.13237019999999999</v>
       </c>
       <c r="AV51" t="s">
         <v>128</v>
       </c>
       <c r="AX51">
-        <v>0.61012960000000005</v>
+        <v>1.3858911</v>
       </c>
       <c r="AZ51">
-        <v>0.19594520000000001</v>
+        <v>0.41916399999999998</v>
       </c>
       <c r="BA51" t="s">
         <v>128</v>
       </c>
       <c r="BC51">
-        <v>-0.86737719999999996</v>
+        <v>-0.86940640000000002</v>
       </c>
       <c r="BE51">
-        <v>-0.32224520000000001</v>
+        <v>-0.48551329999999998</v>
       </c>
       <c r="BF51" t="s">
         <v>128</v>
       </c>
       <c r="BN51" t="s">
         <v>127</v>
       </c>
       <c r="BO51" t="s">
+        <v>527</v>
+      </c>
+      <c r="BP51" t="s">
         <v>528</v>
       </c>
-      <c r="BP51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BQ51">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="BR51">
         <v>10000</v>
       </c>
       <c r="BS51">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT51">
         <v>0</v>
       </c>
       <c r="BU51">
         <v>0</v>
       </c>
       <c r="BV51">
         <v>0</v>
       </c>
       <c r="BW51">
         <v>0</v>
       </c>
       <c r="BX51" t="s">
         <v>128</v>
       </c>
       <c r="BY51">
-        <v>1.5699999999999999E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ51">
-        <v>4.8000000000000001E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA51" t="s">
         <v>128</v>
       </c>
       <c r="CC51" t="s">
         <v>128</v>
       </c>
       <c r="CD51" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE51" t="s">
-        <v>432</v>
+        <v>390</v>
       </c>
       <c r="CF51" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="CG51" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="CH51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI51" t="s">
         <v>128</v>
       </c>
       <c r="CO51" t="s">
-        <v>413</v>
+        <v>376</v>
       </c>
       <c r="CP51" t="s">
-        <v>281</v>
+        <v>429</v>
       </c>
       <c r="CQ51" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR51" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT51" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV51" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="CW51" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>123</v>
       </c>
       <c r="B52" t="s">
         <v>124</v>
       </c>
       <c r="C52" t="s">
         <v>125</v>
       </c>
       <c r="D52" t="s">
         <v>126</v>
       </c>
       <c r="E52" t="s">
         <v>127</v>
       </c>
       <c r="F52" t="s">
         <v>127</v>
       </c>
       <c r="G52" t="s">
         <v>128</v>
       </c>
       <c r="H52" t="s">
         <v>128</v>
       </c>
       <c r="I52" t="s">
         <v>129</v>
       </c>
       <c r="J52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N52" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="O52">
         <v>1</v>
       </c>
       <c r="P52" t="s">
+        <v>530</v>
+      </c>
+      <c r="Q52" t="s">
         <v>531</v>
       </c>
-      <c r="Q52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R52" t="s">
-        <v>383</v>
+        <v>158</v>
       </c>
       <c r="S52" t="s">
         <v>532</v>
       </c>
       <c r="T52">
         <v>2</v>
       </c>
       <c r="U52" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V52" t="s">
         <v>128</v>
       </c>
       <c r="W52" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X52">
         <v>252</v>
       </c>
       <c r="Y52">
-        <v>0.36698599999999998</v>
+        <v>0.210312</v>
       </c>
       <c r="Z52" t="s">
         <v>128</v>
       </c>
       <c r="AE52" t="s">
         <v>128</v>
       </c>
       <c r="AF52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG52" t="s">
         <v>128</v>
       </c>
       <c r="AH52">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI52">
         <v>1</v>
       </c>
       <c r="AJ52">
         <v>5</v>
       </c>
       <c r="AK52" t="s">
         <v>128</v>
       </c>
       <c r="AM52" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN52">
-        <v>-0.61300619999999995</v>
+        <v>-0.39346769999999998</v>
       </c>
       <c r="AP52">
-        <v>-8.4834800000000002E-2</v>
+        <v>-3.9331199999999997E-2</v>
       </c>
       <c r="AQ52" t="s">
         <v>128</v>
       </c>
       <c r="AS52">
-        <v>0.22478960000000001</v>
+        <v>0.1459049</v>
       </c>
       <c r="AU52">
-        <v>0.13237019999999999</v>
+        <v>6.8193000000000004E-2</v>
       </c>
       <c r="AV52" t="s">
         <v>128</v>
       </c>
       <c r="AX52">
-        <v>1.3858911</v>
+        <v>0.63068599999999997</v>
       </c>
       <c r="AZ52">
-        <v>0.41916399999999998</v>
+        <v>0.1976079</v>
       </c>
       <c r="BA52" t="s">
         <v>128</v>
       </c>
       <c r="BC52">
-        <v>-0.86940640000000002</v>
+        <v>-0.71937439999999997</v>
       </c>
       <c r="BE52">
-        <v>-0.48551329999999998</v>
+        <v>-0.2771557</v>
       </c>
       <c r="BF52" t="s">
         <v>128</v>
       </c>
       <c r="BN52" t="s">
         <v>127</v>
       </c>
       <c r="BO52" t="s">
         <v>533</v>
       </c>
       <c r="BP52" t="s">
         <v>534</v>
       </c>
       <c r="BQ52">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BR52">
-        <v>10000</v>
+        <v>100000</v>
       </c>
       <c r="BS52">
         <v>0</v>
       </c>
       <c r="BT52">
         <v>0</v>
       </c>
       <c r="BU52">
         <v>0</v>
       </c>
       <c r="BV52">
         <v>0</v>
       </c>
       <c r="BW52">
         <v>0</v>
       </c>
       <c r="BX52" t="s">
         <v>128</v>
       </c>
       <c r="BY52">
-        <v>6.4999999999999997E-3</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="BZ52">
-        <v>2.3E-3</v>
+        <v>3.3E-3</v>
       </c>
       <c r="CA52" t="s">
         <v>128</v>
       </c>
       <c r="CC52" t="s">
         <v>128</v>
       </c>
       <c r="CD52" t="s">
-        <v>387</v>
+        <v>329</v>
       </c>
       <c r="CE52" t="s">
-        <v>388</v>
+        <v>535</v>
       </c>
       <c r="CF52" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="CG52" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="CH52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI52" t="s">
         <v>128</v>
       </c>
       <c r="CO52" t="s">
-        <v>374</v>
+        <v>209</v>
       </c>
       <c r="CP52" t="s">
-        <v>426</v>
+        <v>283</v>
       </c>
       <c r="CQ52" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR52" t="s">
         <v>127</v>
       </c>
       <c r="CS52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT52" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV52" t="s">
-        <v>351</v>
+        <v>536</v>
       </c>
       <c r="CW52" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>123</v>
       </c>
       <c r="B53" t="s">
         <v>124</v>
       </c>
       <c r="C53" t="s">
         <v>125</v>
       </c>
       <c r="D53" t="s">
         <v>126</v>
       </c>
       <c r="E53" t="s">
         <v>127</v>
       </c>
       <c r="F53" t="s">
         <v>127</v>
       </c>
       <c r="G53" t="s">
         <v>128</v>
       </c>
       <c r="H53" t="s">
         <v>128</v>
       </c>
       <c r="I53" t="s">
         <v>129</v>
       </c>
       <c r="J53" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K53" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N53" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="O53">
         <v>1</v>
       </c>
       <c r="P53" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="Q53" t="s">
-        <v>537</v>
+        <v>226</v>
       </c>
       <c r="R53" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S53" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="T53">
         <v>2</v>
       </c>
       <c r="U53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V53" t="s">
         <v>128</v>
       </c>
       <c r="W53" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X53">
         <v>252</v>
       </c>
       <c r="Y53">
-        <v>0.21113799999999999</v>
+        <v>0.14093800000000001</v>
       </c>
       <c r="Z53" t="s">
         <v>128</v>
       </c>
       <c r="AE53" t="s">
         <v>128</v>
       </c>
       <c r="AF53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG53" t="s">
         <v>128</v>
       </c>
       <c r="AH53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI53">
         <v>1</v>
       </c>
       <c r="AJ53">
         <v>5</v>
       </c>
       <c r="AK53" t="s">
         <v>128</v>
       </c>
       <c r="AM53" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN53">
-        <v>-0.39346769999999998</v>
+        <v>-0.1161618</v>
       </c>
       <c r="AP53">
-        <v>-3.9331199999999997E-2</v>
+        <v>-4.2421000000000004E-3</v>
       </c>
       <c r="AQ53" t="s">
         <v>128</v>
       </c>
       <c r="AS53">
-        <v>0.1459049</v>
+        <v>0.100678</v>
       </c>
       <c r="AU53">
-        <v>6.8193000000000004E-2</v>
+        <v>0.109129</v>
       </c>
       <c r="AV53" t="s">
         <v>128</v>
       </c>
       <c r="AX53">
-        <v>0.63068599999999997</v>
+        <v>0.44333499999999998</v>
       </c>
       <c r="AZ53">
-        <v>0.1976079</v>
+        <v>0.14161199999999999</v>
       </c>
       <c r="BA53" t="s">
         <v>128</v>
       </c>
       <c r="BC53">
-        <v>-0.71937439999999997</v>
+        <v>-0.598221</v>
       </c>
       <c r="BE53">
-        <v>-0.2771557</v>
+        <v>-0.16622200000000001</v>
       </c>
       <c r="BF53" t="s">
         <v>128</v>
       </c>
       <c r="BN53" t="s">
         <v>127</v>
       </c>
       <c r="BO53" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="BP53" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="BQ53">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="BR53">
-        <v>100000</v>
+        <v>10000</v>
       </c>
       <c r="BS53">
         <v>0</v>
       </c>
       <c r="BT53">
         <v>0</v>
       </c>
       <c r="BU53">
         <v>0</v>
       </c>
       <c r="BV53">
         <v>0</v>
       </c>
       <c r="BW53">
         <v>0</v>
       </c>
       <c r="BX53" t="s">
         <v>128</v>
       </c>
       <c r="BY53">
-        <v>5.5999999999999999E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ53">
-        <v>3.3E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA53" t="s">
         <v>128</v>
       </c>
       <c r="CC53" t="s">
         <v>128</v>
       </c>
       <c r="CD53" t="s">
-        <v>327</v>
+        <v>192</v>
       </c>
       <c r="CE53" t="s">
-        <v>541</v>
+        <v>398</v>
       </c>
       <c r="CF53" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG53" t="s">
-        <v>329</v>
+        <v>195</v>
       </c>
       <c r="CH53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI53" t="s">
         <v>128</v>
       </c>
       <c r="CO53" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="CP53" t="s">
-        <v>281</v>
+        <v>495</v>
       </c>
       <c r="CQ53" t="s">
-        <v>182</v>
+        <v>542</v>
       </c>
       <c r="CR53" t="s">
         <v>127</v>
       </c>
       <c r="CS53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT53" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV53" t="s">
-        <v>542</v>
+        <v>197</v>
       </c>
       <c r="CW53" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>123</v>
       </c>
       <c r="B54" t="s">
         <v>124</v>
       </c>
       <c r="C54" t="s">
         <v>125</v>
       </c>
       <c r="D54" t="s">
         <v>126</v>
       </c>
       <c r="E54" t="s">
         <v>127</v>
       </c>
       <c r="F54" t="s">
         <v>127</v>
       </c>
       <c r="G54" t="s">
         <v>128</v>
       </c>
       <c r="H54" t="s">
         <v>128</v>
       </c>
       <c r="I54" t="s">
         <v>129</v>
       </c>
       <c r="J54" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K54" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L54" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N54" t="s">
         <v>543</v>
       </c>
       <c r="O54">
         <v>1</v>
       </c>
       <c r="P54" t="s">
         <v>544</v>
       </c>
       <c r="Q54" t="s">
-        <v>224</v>
+        <v>301</v>
       </c>
       <c r="R54" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S54" t="s">
         <v>545</v>
       </c>
       <c r="T54">
         <v>2</v>
       </c>
       <c r="U54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V54" t="s">
         <v>128</v>
       </c>
       <c r="W54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X54">
         <v>252</v>
       </c>
       <c r="Y54">
-        <v>0.14092399999999999</v>
+        <v>0.17135300000000001</v>
       </c>
       <c r="Z54" t="s">
         <v>128</v>
       </c>
       <c r="AE54" t="s">
         <v>128</v>
       </c>
       <c r="AF54">
         <v>4</v>
       </c>
       <c r="AG54" t="s">
         <v>128</v>
       </c>
       <c r="AH54">
         <v>4</v>
       </c>
       <c r="AI54">
         <v>1</v>
       </c>
       <c r="AJ54">
         <v>5</v>
       </c>
       <c r="AK54" t="s">
         <v>128</v>
       </c>
       <c r="AM54" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN54">
-        <v>-0.1161618</v>
+        <v>-0.22620409999999999</v>
       </c>
       <c r="AP54">
-        <v>-4.2421000000000004E-3</v>
+        <v>-8.9972999999999997E-2</v>
       </c>
       <c r="AQ54" t="s">
         <v>128</v>
       </c>
       <c r="AS54">
-        <v>0.100678</v>
+        <v>-3.6313499999999999E-2</v>
       </c>
       <c r="AU54">
-        <v>0.109129</v>
+        <v>3.7877000000000002E-3</v>
       </c>
       <c r="AV54" t="s">
         <v>128</v>
       </c>
       <c r="AX54">
-        <v>0.44333499999999998</v>
+        <v>0.1988722</v>
       </c>
       <c r="AZ54">
-        <v>0.14161199999999999</v>
+        <v>0.1069678</v>
       </c>
       <c r="BA54" t="s">
         <v>128</v>
       </c>
       <c r="BC54">
-        <v>-0.598221</v>
+        <v>-0.70221299999999998</v>
       </c>
       <c r="BE54">
-        <v>-0.16622200000000001</v>
+        <v>-0.219362</v>
       </c>
       <c r="BF54" t="s">
         <v>128</v>
       </c>
       <c r="BN54" t="s">
         <v>127</v>
       </c>
       <c r="BO54" t="s">
         <v>546</v>
       </c>
       <c r="BP54" t="s">
         <v>547</v>
       </c>
       <c r="BQ54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BR54">
         <v>10000</v>
       </c>
       <c r="BS54">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT54">
         <v>0</v>
       </c>
       <c r="BU54">
         <v>0</v>
       </c>
       <c r="BV54">
         <v>0</v>
       </c>
       <c r="BW54">
         <v>0</v>
       </c>
       <c r="BX54" t="s">
         <v>128</v>
       </c>
       <c r="BY54">
-        <v>6.1000000000000004E-3</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="BZ54">
-        <v>5.9999999999999995E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA54" t="s">
         <v>128</v>
       </c>
       <c r="CC54" t="s">
         <v>128</v>
       </c>
       <c r="CD54" t="s">
-        <v>190</v>
+        <v>274</v>
       </c>
       <c r="CE54" t="s">
-        <v>191</v>
+        <v>275</v>
       </c>
       <c r="CF54" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG54" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="CH54" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI54" t="s">
         <v>128</v>
       </c>
       <c r="CO54" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="CP54" t="s">
-        <v>501</v>
+        <v>548</v>
       </c>
       <c r="CQ54" t="s">
-        <v>548</v>
+        <v>183</v>
       </c>
       <c r="CR54" t="s">
         <v>127</v>
       </c>
       <c r="CS54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT54" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV54" t="s">
-        <v>195</v>
+        <v>549</v>
       </c>
       <c r="CW54" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>123</v>
       </c>
       <c r="B55" t="s">
         <v>124</v>
       </c>
       <c r="C55" t="s">
         <v>125</v>
       </c>
       <c r="D55" t="s">
         <v>126</v>
       </c>
       <c r="E55" t="s">
         <v>127</v>
       </c>
       <c r="F55" t="s">
         <v>127</v>
       </c>
       <c r="G55" t="s">
         <v>128</v>
       </c>
       <c r="H55" t="s">
         <v>128</v>
       </c>
       <c r="I55" t="s">
         <v>129</v>
       </c>
       <c r="J55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K55" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L55" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N55" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="O55">
         <v>1</v>
       </c>
       <c r="P55" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="Q55" t="s">
-        <v>299</v>
+        <v>259</v>
       </c>
       <c r="R55" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S55" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="T55">
         <v>2</v>
       </c>
       <c r="U55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V55" t="s">
         <v>128</v>
       </c>
       <c r="W55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X55">
         <v>252</v>
       </c>
       <c r="Y55">
-        <v>0.169409</v>
+        <v>0.221585</v>
       </c>
       <c r="Z55" t="s">
         <v>128</v>
       </c>
       <c r="AE55" t="s">
         <v>128</v>
       </c>
       <c r="AF55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG55" t="s">
         <v>128</v>
       </c>
       <c r="AH55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI55">
         <v>1</v>
       </c>
       <c r="AJ55">
         <v>5</v>
       </c>
       <c r="AK55" t="s">
         <v>128</v>
       </c>
       <c r="AM55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN55">
-        <v>-0.22620409999999999</v>
+        <v>-0.1911108</v>
       </c>
       <c r="AP55">
-        <v>-8.9972999999999997E-2</v>
+        <v>-4.0256100000000003E-2</v>
       </c>
       <c r="AQ55" t="s">
         <v>128</v>
       </c>
       <c r="AS55">
-        <v>-3.6313499999999999E-2</v>
+        <v>0.103274</v>
       </c>
       <c r="AU55">
-        <v>3.7877000000000002E-3</v>
+        <v>0.10227120000000001</v>
       </c>
       <c r="AV55" t="s">
         <v>128</v>
       </c>
       <c r="AX55">
-        <v>0.1988722</v>
+        <v>0.49918970000000001</v>
       </c>
       <c r="AZ55">
-        <v>0.1069678</v>
+        <v>0.26501980000000003</v>
       </c>
       <c r="BA55" t="s">
         <v>128</v>
       </c>
       <c r="BC55">
-        <v>-0.70221299999999998</v>
+        <v>-0.85882170000000002</v>
       </c>
       <c r="BE55">
-        <v>-0.219362</v>
+        <v>-0.33864559999999999</v>
       </c>
       <c r="BF55" t="s">
         <v>128</v>
       </c>
       <c r="BN55" t="s">
         <v>127</v>
       </c>
       <c r="BO55" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="BP55" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="BQ55">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="BR55">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
       <c r="BS55">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT55">
         <v>0</v>
       </c>
       <c r="BU55">
         <v>0</v>
       </c>
       <c r="BV55">
         <v>0</v>
       </c>
       <c r="BW55">
         <v>0</v>
       </c>
       <c r="BX55" t="s">
         <v>128</v>
       </c>
       <c r="BY55">
-        <v>1.6799999999999999E-2</v>
+        <v>1E-3</v>
       </c>
       <c r="BZ55">
-        <v>2.2000000000000001E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA55" t="s">
         <v>128</v>
       </c>
       <c r="CC55" t="s">
         <v>128</v>
       </c>
       <c r="CD55" t="s">
-        <v>271</v>
+        <v>178</v>
       </c>
       <c r="CE55" t="s">
-        <v>272</v>
+        <v>179</v>
       </c>
       <c r="CF55" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG55" t="s">
-        <v>206</v>
+        <v>180</v>
       </c>
       <c r="CH55" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI55" t="s">
         <v>128</v>
       </c>
       <c r="CO55" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="CP55" t="s">
-        <v>219</v>
+        <v>404</v>
       </c>
       <c r="CQ55" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT55" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV55" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="CW55" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="56" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>123</v>
       </c>
       <c r="B56" t="s">
         <v>124</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56" t="s">
         <v>126</v>
       </c>
       <c r="E56" t="s">
         <v>127</v>
       </c>
       <c r="F56" t="s">
         <v>127</v>
       </c>
       <c r="G56" t="s">
         <v>128</v>
       </c>
       <c r="H56" t="s">
         <v>128</v>
       </c>
       <c r="I56" t="s">
         <v>129</v>
       </c>
       <c r="J56" t="s">
         <v>129</v>
       </c>
       <c r="K56" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N56" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="Q56" t="s">
-        <v>256</v>
+        <v>226</v>
       </c>
       <c r="R56" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S56" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="T56">
         <v>2</v>
       </c>
       <c r="U56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V56" t="s">
         <v>128</v>
       </c>
       <c r="W56" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X56">
         <v>252</v>
       </c>
       <c r="Y56">
-        <v>0.221023</v>
+        <v>0.22930600000000001</v>
       </c>
       <c r="Z56" t="s">
         <v>128</v>
       </c>
       <c r="AE56" t="s">
         <v>128</v>
       </c>
       <c r="AF56">
         <v>5</v>
       </c>
       <c r="AG56" t="s">
         <v>128</v>
       </c>
       <c r="AH56">
         <v>5</v>
       </c>
       <c r="AI56">
         <v>1</v>
       </c>
       <c r="AJ56">
         <v>5</v>
       </c>
       <c r="AK56" t="s">
         <v>128</v>
       </c>
       <c r="AM56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN56">
-        <v>-0.1911108</v>
+        <v>-0.19763729999999999</v>
       </c>
       <c r="AP56">
-        <v>-4.0256100000000003E-2</v>
+        <v>-1.0699200000000001E-2</v>
       </c>
       <c r="AQ56" t="s">
         <v>128</v>
       </c>
       <c r="AS56">
-        <v>0.103274</v>
+        <v>0.13273860000000001</v>
       </c>
       <c r="AU56">
-        <v>0.10227120000000001</v>
+        <v>0.13524639999999999</v>
       </c>
       <c r="AV56" t="s">
         <v>128</v>
       </c>
       <c r="AX56">
-        <v>0.49918970000000001</v>
+        <v>0.46536339999999998</v>
       </c>
       <c r="AZ56">
-        <v>0.26501980000000003</v>
+        <v>0.17234749999999999</v>
       </c>
       <c r="BA56" t="s">
         <v>128</v>
       </c>
       <c r="BC56">
-        <v>-0.85882170000000002</v>
+        <v>-0.77982119999999999</v>
       </c>
       <c r="BE56">
-        <v>-0.33864559999999999</v>
+        <v>-0.24673529999999999</v>
       </c>
       <c r="BF56" t="s">
         <v>128</v>
       </c>
       <c r="BN56" t="s">
         <v>127</v>
       </c>
       <c r="BO56" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="BP56" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="BQ56">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="BR56">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
       <c r="BS56">
         <v>0</v>
       </c>
       <c r="BT56">
         <v>0</v>
       </c>
       <c r="BU56">
         <v>0</v>
       </c>
       <c r="BV56">
         <v>0</v>
       </c>
       <c r="BW56">
         <v>0</v>
       </c>
       <c r="BX56" t="s">
         <v>128</v>
       </c>
       <c r="BY56">
-        <v>1E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ56">
-        <v>8.9999999999999998E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA56" t="s">
         <v>128</v>
       </c>
       <c r="CC56" t="s">
         <v>128</v>
       </c>
       <c r="CD56" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="CE56" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="CF56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG56" t="s">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="CH56" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI56" t="s">
         <v>128</v>
       </c>
       <c r="CO56" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="CP56" t="s">
-        <v>401</v>
+        <v>166</v>
       </c>
       <c r="CQ56" t="s">
-        <v>208</v>
+        <v>561</v>
       </c>
       <c r="CR56" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS56" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="CT56" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="CU56" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="CV56" t="s">
-        <v>560</v>
+        <v>171</v>
       </c>
       <c r="CW56" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>123</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>
       <c r="C57" t="s">
         <v>125</v>
       </c>
       <c r="D57" t="s">
         <v>126</v>
       </c>
       <c r="E57" t="s">
         <v>127</v>
       </c>
       <c r="F57" t="s">
         <v>127</v>
       </c>
       <c r="G57" t="s">
         <v>128</v>
       </c>
       <c r="H57" t="s">
         <v>128</v>
       </c>
       <c r="I57" t="s">
         <v>129</v>
       </c>
       <c r="J57" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K57" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N57" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="O57">
         <v>1</v>
       </c>
       <c r="P57" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="Q57" t="s">
-        <v>224</v>
+        <v>135</v>
       </c>
       <c r="R57" t="s">
-        <v>157</v>
+        <v>293</v>
       </c>
       <c r="S57" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="T57">
         <v>2</v>
       </c>
       <c r="U57" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V57" t="s">
         <v>128</v>
       </c>
       <c r="W57" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X57">
         <v>252</v>
       </c>
       <c r="Y57">
-        <v>0.22923199999999999</v>
+        <v>0.19774600000000001</v>
       </c>
       <c r="Z57" t="s">
         <v>128</v>
       </c>
       <c r="AE57" t="s">
         <v>128</v>
       </c>
       <c r="AF57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG57" t="s">
         <v>128</v>
       </c>
       <c r="AH57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI57">
         <v>1</v>
       </c>
       <c r="AJ57">
         <v>5</v>
       </c>
       <c r="AK57" t="s">
         <v>128</v>
       </c>
       <c r="AM57" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN57">
-        <v>-0.19763729999999999</v>
+        <v>-0.35992990000000002</v>
       </c>
       <c r="AP57">
-        <v>-1.0699200000000001E-2</v>
+        <v>-5.4837700000000003E-2</v>
       </c>
       <c r="AQ57" t="s">
         <v>128</v>
       </c>
       <c r="AS57">
-        <v>0.13273860000000001</v>
+        <v>7.0581900000000003E-2</v>
       </c>
       <c r="AU57">
-        <v>0.13524639999999999</v>
+        <v>2.9130400000000001E-2</v>
       </c>
       <c r="AV57" t="s">
         <v>128</v>
       </c>
       <c r="AX57">
-        <v>0.46536339999999998</v>
+        <v>0.60301470000000001</v>
       </c>
       <c r="AZ57">
-        <v>0.17234749999999999</v>
+        <v>0.16572110000000001</v>
       </c>
       <c r="BA57" t="s">
         <v>128</v>
       </c>
       <c r="BC57">
-        <v>-0.77982119999999999</v>
+        <v>-0.6972796</v>
       </c>
       <c r="BE57">
-        <v>-0.24673529999999999</v>
+        <v>-0.2151931</v>
       </c>
       <c r="BF57" t="s">
         <v>128</v>
       </c>
       <c r="BN57" t="s">
         <v>127</v>
       </c>
       <c r="BO57" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="BP57" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="BQ57">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BR57">
         <v>10000</v>
       </c>
       <c r="BS57">
         <v>0</v>
       </c>
       <c r="BT57">
         <v>0</v>
       </c>
       <c r="BU57">
         <v>0</v>
       </c>
       <c r="BV57">
         <v>0</v>
       </c>
       <c r="BW57">
         <v>0</v>
       </c>
       <c r="BX57" t="s">
         <v>128</v>
       </c>
       <c r="BY57">
-        <v>7.7000000000000002E-3</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="BZ57">
-        <v>5.9999999999999995E-4</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA57" t="s">
         <v>128</v>
       </c>
       <c r="CC57" t="s">
         <v>128</v>
       </c>
       <c r="CD57" t="s">
-        <v>161</v>
+        <v>274</v>
       </c>
       <c r="CE57" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="CF57" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG57" t="s">
-        <v>163</v>
+        <v>208</v>
       </c>
       <c r="CH57" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI57" t="s">
         <v>128</v>
       </c>
       <c r="CO57" t="s">
-        <v>164</v>
+        <v>376</v>
       </c>
       <c r="CP57" t="s">
-        <v>165</v>
+        <v>392</v>
       </c>
       <c r="CQ57" t="s">
-        <v>496</v>
+        <v>183</v>
       </c>
       <c r="CR57" t="s">
         <v>127</v>
       </c>
       <c r="CS57" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="CT57" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="CU57" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="CV57" t="s">
-        <v>170</v>
+        <v>277</v>
       </c>
       <c r="CW57" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>123</v>
       </c>
       <c r="B58" t="s">
         <v>124</v>
       </c>
       <c r="C58" t="s">
         <v>125</v>
       </c>
       <c r="D58" t="s">
         <v>126</v>
       </c>
       <c r="E58" t="s">
         <v>127</v>
       </c>
       <c r="F58" t="s">
         <v>127</v>
       </c>
       <c r="G58" t="s">
         <v>128</v>
       </c>
       <c r="H58" t="s">
         <v>128</v>
       </c>
       <c r="I58" t="s">
         <v>129</v>
       </c>
       <c r="J58" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K58" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L58" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N58" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="O58">
         <v>1</v>
       </c>
       <c r="P58" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="Q58" t="s">
-        <v>134</v>
+        <v>226</v>
       </c>
       <c r="R58" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="S58" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="T58">
         <v>2</v>
       </c>
       <c r="U58" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V58" t="s">
         <v>128</v>
       </c>
       <c r="W58" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X58">
         <v>252</v>
       </c>
       <c r="Y58">
-        <v>0.19776199999999999</v>
+        <v>0.132747</v>
       </c>
       <c r="Z58" t="s">
         <v>128</v>
       </c>
       <c r="AE58" t="s">
         <v>128</v>
       </c>
       <c r="AF58">
         <v>4</v>
       </c>
       <c r="AG58" t="s">
         <v>128</v>
       </c>
       <c r="AH58">
         <v>4</v>
       </c>
       <c r="AI58">
         <v>1</v>
       </c>
       <c r="AJ58">
         <v>5</v>
       </c>
       <c r="AK58" t="s">
         <v>128</v>
       </c>
       <c r="AM58" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN58">
-        <v>-0.35992990000000002</v>
+        <v>-0.16707369999999999</v>
       </c>
       <c r="AP58">
-        <v>-5.4837700000000003E-2</v>
+        <v>-1.6903100000000001E-2</v>
       </c>
       <c r="AQ58" t="s">
         <v>128</v>
       </c>
       <c r="AS58">
-        <v>7.0581900000000003E-2</v>
+        <v>3.47342E-2</v>
       </c>
       <c r="AU58">
-        <v>2.9130400000000001E-2</v>
+        <v>8.71397E-2</v>
       </c>
       <c r="AV58" t="s">
         <v>128</v>
       </c>
       <c r="AX58">
-        <v>0.60301470000000001</v>
+        <v>0.37116830000000001</v>
       </c>
       <c r="AZ58">
-        <v>0.16572110000000001</v>
+        <v>0.1233288</v>
       </c>
       <c r="BA58" t="s">
         <v>128</v>
       </c>
       <c r="BC58">
-        <v>-0.6972796</v>
+        <v>-0.70244410000000002</v>
       </c>
       <c r="BE58">
-        <v>-0.2151931</v>
+        <v>-0.2155898</v>
       </c>
       <c r="BF58" t="s">
         <v>128</v>
       </c>
       <c r="BN58" t="s">
         <v>127</v>
       </c>
       <c r="BO58" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="BP58" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="BQ58">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BR58">
         <v>10000</v>
       </c>
       <c r="BS58">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT58">
         <v>0</v>
       </c>
       <c r="BU58">
         <v>0</v>
       </c>
       <c r="BV58">
         <v>0</v>
       </c>
       <c r="BW58">
         <v>0</v>
       </c>
       <c r="BX58" t="s">
         <v>128</v>
       </c>
       <c r="BY58">
-        <v>8.3000000000000001E-3</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="BZ58">
-        <v>2.2000000000000001E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA58" t="s">
         <v>128</v>
       </c>
       <c r="CC58" t="s">
         <v>128</v>
       </c>
       <c r="CD58" t="s">
-        <v>271</v>
+        <v>192</v>
       </c>
       <c r="CE58" t="s">
-        <v>272</v>
+        <v>193</v>
       </c>
       <c r="CF58" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG58" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="CH58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI58" t="s">
         <v>128</v>
       </c>
       <c r="CO58" t="s">
-        <v>374</v>
+        <v>165</v>
       </c>
       <c r="CP58" t="s">
-        <v>390</v>
+        <v>462</v>
       </c>
       <c r="CQ58" t="s">
-        <v>182</v>
+        <v>561</v>
       </c>
       <c r="CR58" t="s">
         <v>127</v>
       </c>
       <c r="CS58" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT58" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU58" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="CV58" t="s">
-        <v>275</v>
+        <v>572</v>
       </c>
       <c r="CW58" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="59" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59" t="s">
         <v>126</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>127</v>
       </c>
       <c r="G59" t="s">
         <v>128</v>
       </c>
       <c r="H59" t="s">
         <v>128</v>
       </c>
       <c r="I59" t="s">
         <v>129</v>
       </c>
       <c r="J59" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K59" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L59" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N59" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="O59">
         <v>1</v>
       </c>
       <c r="P59" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="Q59" t="s">
-        <v>224</v>
+        <v>135</v>
       </c>
       <c r="R59" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S59" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="T59">
         <v>2</v>
       </c>
       <c r="U59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V59" t="s">
         <v>128</v>
       </c>
       <c r="W59" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X59">
         <v>252</v>
       </c>
       <c r="Y59">
-        <v>0.132495</v>
+        <v>0.149538</v>
       </c>
       <c r="Z59" t="s">
         <v>128</v>
       </c>
       <c r="AE59" t="s">
         <v>128</v>
       </c>
       <c r="AF59">
         <v>4</v>
       </c>
       <c r="AG59" t="s">
         <v>128</v>
       </c>
       <c r="AH59">
         <v>4</v>
       </c>
       <c r="AI59">
         <v>1</v>
       </c>
       <c r="AJ59">
         <v>5</v>
       </c>
       <c r="AK59" t="s">
         <v>128</v>
       </c>
       <c r="AM59" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN59">
-        <v>-0.16707369999999999</v>
+        <v>-0.15737110000000001</v>
       </c>
       <c r="AP59">
-        <v>-1.6903100000000001E-2</v>
+        <v>-1.09833E-2</v>
       </c>
       <c r="AQ59" t="s">
         <v>128</v>
       </c>
       <c r="AS59">
-        <v>3.47342E-2</v>
+        <v>8.9375200000000002E-2</v>
       </c>
       <c r="AU59">
-        <v>8.71397E-2</v>
+        <v>7.6391799999999996E-2</v>
       </c>
       <c r="AV59" t="s">
         <v>128</v>
       </c>
       <c r="AX59">
-        <v>0.37116830000000001</v>
+        <v>0.46820149999999999</v>
       </c>
       <c r="AZ59">
-        <v>0.1233288</v>
+        <v>0.13294610000000001</v>
       </c>
       <c r="BA59" t="s">
         <v>128</v>
       </c>
       <c r="BC59">
-        <v>-0.70244410000000002</v>
+        <v>-0.70838880000000004</v>
       </c>
       <c r="BE59">
-        <v>-0.2155898</v>
+        <v>-0.19402610000000001</v>
       </c>
       <c r="BF59" t="s">
         <v>128</v>
       </c>
       <c r="BN59" t="s">
         <v>127</v>
       </c>
       <c r="BO59" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="BP59" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="BQ59">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BR59">
         <v>10000</v>
       </c>
       <c r="BS59">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT59">
         <v>0</v>
       </c>
       <c r="BU59">
         <v>0</v>
       </c>
       <c r="BV59">
         <v>0</v>
       </c>
       <c r="BW59">
         <v>0</v>
       </c>
       <c r="BX59" t="s">
         <v>128</v>
       </c>
       <c r="BY59">
-        <v>1.61E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ59">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA59" t="s">
         <v>128</v>
       </c>
       <c r="CC59" t="s">
         <v>128</v>
       </c>
       <c r="CD59" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="CE59" t="s">
-        <v>191</v>
+        <v>251</v>
       </c>
       <c r="CF59" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG59" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="CH59" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI59" t="s">
         <v>128</v>
       </c>
       <c r="CO59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP59" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="CQ59" t="s">
-        <v>496</v>
+        <v>210</v>
       </c>
       <c r="CR59" t="s">
         <v>127</v>
       </c>
       <c r="CS59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT59" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU59" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="CV59" t="s">
-        <v>576</v>
+        <v>223</v>
       </c>
       <c r="CW59" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="60" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60" t="s">
         <v>125</v>
       </c>
       <c r="D60" t="s">
         <v>126</v>
       </c>
       <c r="E60" t="s">
         <v>127</v>
       </c>
       <c r="F60" t="s">
         <v>127</v>
       </c>
       <c r="G60" t="s">
         <v>128</v>
       </c>
       <c r="H60" t="s">
         <v>128</v>
       </c>
       <c r="I60" t="s">
         <v>129</v>
       </c>
       <c r="J60" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K60" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L60" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N60" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="O60">
         <v>1</v>
       </c>
       <c r="P60" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="Q60" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R60" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S60" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="T60">
         <v>2</v>
       </c>
       <c r="U60" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V60" t="s">
         <v>128</v>
       </c>
       <c r="W60" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X60">
         <v>252</v>
       </c>
       <c r="Y60">
-        <v>0.14980099999999999</v>
+        <v>0.29016399999999998</v>
       </c>
       <c r="Z60" t="s">
         <v>128</v>
       </c>
       <c r="AE60" t="s">
         <v>128</v>
       </c>
       <c r="AF60">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG60" t="s">
         <v>128</v>
       </c>
       <c r="AH60">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI60">
         <v>1</v>
       </c>
       <c r="AJ60">
         <v>5</v>
       </c>
       <c r="AK60" t="s">
         <v>128</v>
       </c>
       <c r="AM60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN60">
-        <v>-9.9283399999999994E-2</v>
+        <v>-0.48972169999999998</v>
       </c>
       <c r="AP60">
-        <v>-4.6810999999999997E-3</v>
+        <v>-7.3596599999999998E-2</v>
       </c>
       <c r="AQ60" t="s">
         <v>128</v>
       </c>
       <c r="AS60">
-        <v>8.0102599999999996E-2</v>
+        <v>6.7234100000000005E-2</v>
       </c>
       <c r="AU60">
-        <v>7.9110600000000003E-2</v>
+        <v>2.76665E-2</v>
       </c>
       <c r="AV60" t="s">
         <v>128</v>
       </c>
       <c r="AX60">
-        <v>0.29033870000000001</v>
+        <v>0.3547111</v>
       </c>
       <c r="AZ60">
-        <v>0.1690741</v>
+        <v>0.12974260000000001</v>
       </c>
       <c r="BA60" t="s">
         <v>128</v>
       </c>
       <c r="BC60">
-        <v>-0.54548960000000002</v>
+        <v>-0.80119479999999998</v>
       </c>
       <c r="BE60">
-        <v>-0.18762960000000001</v>
+        <v>-0.39293729999999999</v>
       </c>
       <c r="BF60" t="s">
         <v>128</v>
       </c>
       <c r="BN60" t="s">
         <v>127</v>
       </c>
       <c r="BO60" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="BP60" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="BQ60">
         <v>2</v>
       </c>
       <c r="BR60">
         <v>10000</v>
       </c>
       <c r="BS60">
         <v>0</v>
       </c>
       <c r="BT60">
         <v>0</v>
       </c>
       <c r="BU60">
         <v>0</v>
       </c>
       <c r="BV60">
         <v>0</v>
       </c>
       <c r="BW60">
         <v>0</v>
       </c>
       <c r="BX60" t="s">
         <v>128</v>
       </c>
       <c r="BY60">
-        <v>6.6E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ60">
-        <v>5.9999999999999995E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA60" t="s">
         <v>128</v>
       </c>
       <c r="CC60" t="s">
         <v>128</v>
       </c>
       <c r="CD60" t="s">
-        <v>216</v>
+        <v>143</v>
       </c>
       <c r="CE60" t="s">
-        <v>248</v>
+        <v>305</v>
       </c>
       <c r="CF60" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG60" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="CH60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI60" t="s">
         <v>128</v>
       </c>
       <c r="CO60" t="s">
-        <v>218</v>
+        <v>306</v>
       </c>
       <c r="CP60" t="s">
-        <v>441</v>
+        <v>583</v>
       </c>
       <c r="CQ60" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="CR60" t="s">
         <v>127</v>
       </c>
       <c r="CS60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT60" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV60" t="s">
-        <v>221</v>
+        <v>298</v>
       </c>
       <c r="CW60" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>123</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61" t="s">
         <v>125</v>
       </c>
       <c r="D61" t="s">
         <v>126</v>
       </c>
       <c r="E61" t="s">
         <v>127</v>
       </c>
       <c r="F61" t="s">
         <v>127</v>
       </c>
       <c r="G61" t="s">
         <v>128</v>
       </c>
       <c r="H61" t="s">
         <v>128</v>
       </c>
       <c r="I61" t="s">
         <v>129</v>
       </c>
       <c r="J61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L61" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N61" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="O61">
         <v>1</v>
       </c>
       <c r="P61" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="Q61" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="R61" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S61" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="T61">
         <v>2</v>
       </c>
       <c r="U61" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V61" t="s">
         <v>128</v>
       </c>
       <c r="W61" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X61">
         <v>252</v>
       </c>
       <c r="Y61">
-        <v>0.291016</v>
+        <v>0.217552</v>
       </c>
       <c r="Z61" t="s">
         <v>128</v>
       </c>
       <c r="AE61" t="s">
         <v>128</v>
       </c>
       <c r="AF61">
         <v>5</v>
       </c>
       <c r="AG61" t="s">
         <v>128</v>
       </c>
       <c r="AH61">
         <v>5</v>
       </c>
       <c r="AI61">
         <v>1</v>
       </c>
       <c r="AJ61">
         <v>5</v>
       </c>
       <c r="AK61" t="s">
         <v>128</v>
       </c>
       <c r="AM61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN61">
-        <v>-0.48972169999999998</v>
+        <v>-0.30610480000000001</v>
       </c>
       <c r="AP61">
-        <v>-7.3596599999999998E-2</v>
+        <v>-5.3997900000000001E-2</v>
       </c>
       <c r="AQ61" t="s">
         <v>128</v>
       </c>
       <c r="AS61">
-        <v>6.7234100000000005E-2</v>
+        <v>9.7212699999999999E-2</v>
       </c>
       <c r="AU61">
-        <v>2.76665E-2</v>
+        <v>8.8365200000000005E-2</v>
       </c>
       <c r="AV61" t="s">
         <v>128</v>
       </c>
       <c r="AX61">
-        <v>0.3547111</v>
+        <v>0.6385073</v>
       </c>
       <c r="AZ61">
-        <v>0.12974260000000001</v>
+        <v>0.21414349999999999</v>
       </c>
       <c r="BA61" t="s">
         <v>128</v>
       </c>
       <c r="BC61">
-        <v>-0.80119479999999998</v>
+        <v>-0.69305059999999996</v>
       </c>
       <c r="BE61">
-        <v>-0.39293729999999999</v>
+        <v>-0.26866060000000003</v>
       </c>
       <c r="BF61" t="s">
         <v>128</v>
       </c>
       <c r="BN61" t="s">
         <v>127</v>
       </c>
       <c r="BO61" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="BP61" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="BQ61">
         <v>2</v>
       </c>
       <c r="BR61">
         <v>10000</v>
       </c>
       <c r="BS61">
         <v>0</v>
       </c>
       <c r="BT61">
         <v>0</v>
       </c>
       <c r="BU61">
         <v>0</v>
       </c>
       <c r="BV61">
         <v>0</v>
       </c>
       <c r="BW61">
         <v>0</v>
       </c>
       <c r="BX61" t="s">
         <v>128</v>
       </c>
       <c r="BY61">
-        <v>6.7000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ61">
-        <v>2.3E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA61" t="s">
         <v>128</v>
       </c>
       <c r="CC61" t="s">
         <v>128</v>
       </c>
       <c r="CD61" t="s">
-        <v>142</v>
+        <v>263</v>
       </c>
       <c r="CE61" t="s">
-        <v>303</v>
+        <v>264</v>
       </c>
       <c r="CF61" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG61" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="CH61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI61" t="s">
         <v>128</v>
       </c>
       <c r="CO61" t="s">
-        <v>304</v>
+        <v>443</v>
       </c>
       <c r="CP61" t="s">
-        <v>587</v>
+        <v>404</v>
       </c>
       <c r="CQ61" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
       <c r="CR61" t="s">
         <v>127</v>
       </c>
       <c r="CS61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT61" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV61" t="s">
-        <v>296</v>
+        <v>405</v>
       </c>
       <c r="CW61" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="s">
         <v>125</v>
       </c>
       <c r="D62" t="s">
         <v>126</v>
       </c>
       <c r="E62" t="s">
         <v>127</v>
       </c>
       <c r="F62" t="s">
         <v>127</v>
       </c>
       <c r="G62" t="s">
         <v>128</v>
       </c>
       <c r="H62" t="s">
         <v>128</v>
       </c>
       <c r="I62" t="s">
         <v>129</v>
       </c>
       <c r="J62" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K62" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N62" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="O62">
         <v>1</v>
       </c>
       <c r="P62" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="Q62" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="R62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S62" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="T62">
         <v>2</v>
       </c>
       <c r="U62" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V62" t="s">
         <v>128</v>
       </c>
       <c r="W62" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X62">
         <v>252</v>
       </c>
       <c r="Y62">
-        <v>0.21915999999999999</v>
+        <v>0.215896</v>
       </c>
       <c r="Z62" t="s">
         <v>128</v>
       </c>
       <c r="AE62" t="s">
         <v>128</v>
       </c>
       <c r="AF62">
         <v>5</v>
       </c>
       <c r="AG62" t="s">
         <v>128</v>
       </c>
       <c r="AH62">
         <v>5</v>
       </c>
       <c r="AI62">
         <v>1</v>
       </c>
       <c r="AJ62">
         <v>5</v>
       </c>
       <c r="AK62" t="s">
         <v>128</v>
       </c>
       <c r="AM62" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN62">
-        <v>-0.30610480000000001</v>
+        <v>-0.40675689999999998</v>
       </c>
       <c r="AP62">
-        <v>-5.3997900000000001E-2</v>
+        <v>-3.5785900000000002E-2</v>
       </c>
       <c r="AQ62" t="s">
         <v>128</v>
       </c>
       <c r="AS62">
-        <v>9.7212699999999999E-2</v>
+        <v>0.1141041</v>
       </c>
       <c r="AU62">
-        <v>8.8365200000000005E-2</v>
+        <v>6.24445E-2</v>
       </c>
       <c r="AV62" t="s">
         <v>128</v>
       </c>
       <c r="AX62">
-        <v>0.6385073</v>
+        <v>0.65326459999999997</v>
       </c>
       <c r="AZ62">
-        <v>0.21414349999999999</v>
+        <v>0.1708761</v>
       </c>
       <c r="BA62" t="s">
         <v>128</v>
       </c>
       <c r="BC62">
-        <v>-0.69305059999999996</v>
+        <v>-0.72553230000000002</v>
       </c>
       <c r="BE62">
-        <v>-0.26866060000000003</v>
+        <v>-0.28339110000000001</v>
       </c>
       <c r="BF62" t="s">
         <v>128</v>
       </c>
       <c r="BN62" t="s">
         <v>127</v>
       </c>
       <c r="BO62" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="BP62" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="BQ62">
         <v>2</v>
       </c>
       <c r="BR62">
         <v>10000</v>
       </c>
       <c r="BS62">
         <v>0</v>
       </c>
       <c r="BT62">
         <v>0</v>
       </c>
       <c r="BU62">
         <v>0</v>
       </c>
       <c r="BV62">
         <v>0</v>
       </c>
       <c r="BW62">
         <v>0</v>
       </c>
       <c r="BX62" t="s">
         <v>128</v>
       </c>
       <c r="BY62">
-        <v>5.7999999999999996E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ62">
-        <v>1.1000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA62" t="s">
         <v>128</v>
       </c>
       <c r="CC62" t="s">
         <v>128</v>
       </c>
       <c r="CD62" t="s">
-        <v>260</v>
+        <v>329</v>
       </c>
       <c r="CE62" t="s">
-        <v>261</v>
+        <v>506</v>
       </c>
       <c r="CF62" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG62" t="s">
-        <v>262</v>
+        <v>331</v>
       </c>
       <c r="CH62" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI62" t="s">
         <v>128</v>
       </c>
       <c r="CO62" t="s">
-        <v>440</v>
+        <v>276</v>
       </c>
       <c r="CP62" t="s">
-        <v>401</v>
+        <v>429</v>
       </c>
       <c r="CQ62" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR62" t="s">
         <v>127</v>
       </c>
       <c r="CS62" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT62" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV62" t="s">
-        <v>402</v>
+        <v>333</v>
       </c>
       <c r="CW62" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>123</v>
       </c>
       <c r="B63" t="s">
         <v>124</v>
       </c>
       <c r="C63" t="s">
         <v>125</v>
       </c>
       <c r="D63" t="s">
         <v>126</v>
       </c>
       <c r="E63" t="s">
         <v>127</v>
       </c>
       <c r="F63" t="s">
         <v>127</v>
       </c>
       <c r="G63" t="s">
         <v>128</v>
       </c>
       <c r="H63" t="s">
         <v>128</v>
       </c>
       <c r="I63" t="s">
         <v>129</v>
       </c>
       <c r="J63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N63" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="O63">
         <v>1</v>
       </c>
       <c r="P63" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="Q63" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R63" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S63" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="T63">
         <v>2</v>
       </c>
       <c r="U63" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V63" t="s">
         <v>128</v>
       </c>
       <c r="W63" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X63">
         <v>252</v>
       </c>
       <c r="Y63">
-        <v>0.21696599999999999</v>
+        <v>0.28919800000000001</v>
       </c>
       <c r="Z63" t="s">
         <v>128</v>
       </c>
       <c r="AE63" t="s">
         <v>128</v>
       </c>
       <c r="AF63">
         <v>5</v>
       </c>
       <c r="AG63" t="s">
         <v>128</v>
       </c>
       <c r="AH63">
         <v>5</v>
       </c>
       <c r="AI63">
         <v>1</v>
       </c>
       <c r="AJ63">
         <v>5</v>
       </c>
       <c r="AK63" t="s">
         <v>128</v>
       </c>
       <c r="AM63" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN63">
-        <v>-0.40675689999999998</v>
+        <v>-0.39726420000000001</v>
       </c>
       <c r="AP63">
-        <v>-3.5785900000000002E-2</v>
+        <v>-0.14094090000000001</v>
       </c>
       <c r="AQ63" t="s">
         <v>128</v>
       </c>
       <c r="AS63">
-        <v>0.1141041</v>
+        <v>2.8723499999999999E-2</v>
       </c>
       <c r="AU63">
-        <v>6.24445E-2</v>
+        <v>8.6652900000000005E-2</v>
       </c>
       <c r="AV63" t="s">
         <v>128</v>
       </c>
       <c r="AX63">
-        <v>0.65326459999999997</v>
+        <v>0.6877413</v>
       </c>
       <c r="AZ63">
-        <v>0.1708761</v>
+        <v>0.26425169999999998</v>
       </c>
       <c r="BA63" t="s">
         <v>128</v>
       </c>
       <c r="BC63">
-        <v>-0.72553230000000002</v>
+        <v>-0.8222602</v>
       </c>
       <c r="BE63">
-        <v>-0.28339110000000001</v>
+        <v>-0.34768890000000002</v>
       </c>
       <c r="BF63" t="s">
         <v>128</v>
       </c>
       <c r="BN63" t="s">
         <v>127</v>
       </c>
       <c r="BO63" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="BP63" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="BQ63">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR63">
         <v>10000</v>
       </c>
       <c r="BS63">
         <v>0</v>
       </c>
       <c r="BT63">
         <v>0</v>
       </c>
       <c r="BU63">
         <v>0</v>
       </c>
       <c r="BV63">
         <v>0</v>
       </c>
       <c r="BW63">
         <v>0</v>
       </c>
       <c r="BX63" t="s">
         <v>128</v>
       </c>
       <c r="BY63">
-        <v>6.6E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="BZ63">
-        <v>1E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA63" t="s">
         <v>128</v>
       </c>
       <c r="CC63" t="s">
         <v>128</v>
       </c>
       <c r="CD63" t="s">
-        <v>327</v>
+        <v>178</v>
       </c>
       <c r="CE63" t="s">
-        <v>512</v>
+        <v>599</v>
       </c>
       <c r="CF63" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG63" t="s">
-        <v>329</v>
+        <v>315</v>
       </c>
       <c r="CH63" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI63" t="s">
         <v>128</v>
       </c>
       <c r="CO63" t="s">
-        <v>273</v>
+        <v>600</v>
       </c>
       <c r="CP63" t="s">
-        <v>426</v>
+        <v>495</v>
       </c>
       <c r="CQ63" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR63" t="s">
         <v>127</v>
       </c>
       <c r="CS63" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU63" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV63" t="s">
-        <v>221</v>
+        <v>601</v>
       </c>
       <c r="CW63" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="64" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>123</v>
       </c>
       <c r="B64" t="s">
         <v>124</v>
       </c>
       <c r="C64" t="s">
         <v>125</v>
       </c>
       <c r="D64" t="s">
         <v>126</v>
       </c>
       <c r="E64" t="s">
         <v>127</v>
       </c>
       <c r="F64" t="s">
         <v>127</v>
       </c>
       <c r="G64" t="s">
         <v>128</v>
       </c>
       <c r="H64" t="s">
         <v>128</v>
       </c>
       <c r="I64" t="s">
         <v>129</v>
       </c>
       <c r="J64" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N64" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="Q64" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R64" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S64" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="T64">
         <v>2</v>
       </c>
       <c r="U64" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V64" t="s">
         <v>128</v>
       </c>
       <c r="W64" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X64">
         <v>252</v>
       </c>
       <c r="Y64">
-        <v>0.29075600000000001</v>
+        <v>0.23708000000000001</v>
       </c>
       <c r="Z64" t="s">
         <v>128</v>
       </c>
       <c r="AE64" t="s">
         <v>128</v>
       </c>
       <c r="AF64">
         <v>5</v>
       </c>
       <c r="AG64" t="s">
         <v>128</v>
       </c>
       <c r="AH64">
         <v>5</v>
       </c>
       <c r="AI64">
         <v>1</v>
       </c>
       <c r="AJ64">
         <v>5</v>
       </c>
       <c r="AK64" t="s">
         <v>128</v>
       </c>
       <c r="AM64" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN64">
-        <v>-0.39726420000000001</v>
+        <v>-0.45539269999999998</v>
       </c>
       <c r="AP64">
-        <v>-0.14094090000000001</v>
+        <v>-8.2932000000000006E-2</v>
       </c>
       <c r="AQ64" t="s">
         <v>128</v>
       </c>
       <c r="AS64">
-        <v>2.8723499999999999E-2</v>
+        <v>5.4176000000000002E-2</v>
       </c>
       <c r="AU64">
-        <v>8.6652900000000005E-2</v>
+        <v>0.11676930000000001</v>
       </c>
       <c r="AV64" t="s">
         <v>128</v>
       </c>
       <c r="AX64">
-        <v>0.6877413</v>
+        <v>0.89619020000000005</v>
       </c>
       <c r="AZ64">
-        <v>0.26425169999999998</v>
+        <v>0.26393640000000002</v>
       </c>
       <c r="BA64" t="s">
         <v>128</v>
       </c>
       <c r="BC64">
-        <v>-0.8222602</v>
+        <v>-0.71778799999999998</v>
       </c>
       <c r="BE64">
-        <v>-0.34768890000000002</v>
+        <v>-0.3073572</v>
       </c>
       <c r="BF64" t="s">
         <v>128</v>
       </c>
       <c r="BN64" t="s">
         <v>127</v>
       </c>
       <c r="BO64" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="BP64" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="BQ64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BR64">
         <v>10000</v>
       </c>
       <c r="BS64">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT64">
         <v>0</v>
       </c>
       <c r="BU64">
         <v>0</v>
       </c>
       <c r="BV64">
         <v>0</v>
       </c>
       <c r="BW64">
         <v>0</v>
       </c>
       <c r="BX64" t="s">
         <v>128</v>
       </c>
       <c r="BY64">
-        <v>8.6999999999999994E-3</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ64">
-        <v>1.8E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA64" t="s">
         <v>128</v>
       </c>
       <c r="CC64" t="s">
         <v>128</v>
       </c>
       <c r="CD64" t="s">
-        <v>177</v>
+        <v>263</v>
       </c>
       <c r="CE64" t="s">
-        <v>603</v>
+        <v>264</v>
       </c>
       <c r="CF64" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG64" t="s">
-        <v>313</v>
+        <v>265</v>
       </c>
       <c r="CH64" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI64" t="s">
         <v>128</v>
       </c>
       <c r="CO64" t="s">
-        <v>604</v>
+        <v>266</v>
       </c>
       <c r="CP64" t="s">
-        <v>501</v>
+        <v>231</v>
       </c>
       <c r="CQ64" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="CR64" t="s">
         <v>127</v>
       </c>
       <c r="CS64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT64" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU64" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV64" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="CW64" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>123</v>
       </c>
       <c r="B65" t="s">
         <v>124</v>
       </c>
       <c r="C65" t="s">
         <v>125</v>
       </c>
       <c r="D65" t="s">
         <v>126</v>
       </c>
       <c r="E65" t="s">
         <v>127</v>
       </c>
       <c r="F65" t="s">
         <v>127</v>
       </c>
       <c r="G65" t="s">
         <v>128</v>
       </c>
       <c r="H65" t="s">
         <v>128</v>
       </c>
       <c r="I65" t="s">
         <v>129</v>
       </c>
       <c r="J65" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K65" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L65" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N65" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="Q65" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R65" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S65" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="T65">
         <v>2</v>
       </c>
       <c r="U65" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V65" t="s">
         <v>128</v>
       </c>
       <c r="W65" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X65">
         <v>252</v>
       </c>
       <c r="Y65">
-        <v>0.23808199999999999</v>
+        <v>0.207728</v>
       </c>
       <c r="Z65" t="s">
         <v>128</v>
       </c>
       <c r="AE65" t="s">
         <v>128</v>
       </c>
       <c r="AF65">
         <v>5</v>
       </c>
       <c r="AG65" t="s">
         <v>128</v>
       </c>
       <c r="AH65">
         <v>5</v>
       </c>
       <c r="AI65">
         <v>1</v>
       </c>
       <c r="AJ65">
         <v>5</v>
       </c>
       <c r="AK65" t="s">
         <v>128</v>
       </c>
       <c r="AM65" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN65">
-        <v>-0.45539269999999998</v>
+        <v>-0.25666509999999998</v>
       </c>
       <c r="AP65">
-        <v>-8.2932000000000006E-2</v>
+        <v>-1.72439E-2</v>
       </c>
       <c r="AQ65" t="s">
         <v>128</v>
       </c>
       <c r="AS65">
-        <v>5.4176000000000002E-2</v>
+        <v>4.6909699999999999E-2</v>
       </c>
       <c r="AU65">
-        <v>0.11676930000000001</v>
+        <v>5.5001800000000003E-2</v>
       </c>
       <c r="AV65" t="s">
         <v>128</v>
       </c>
       <c r="AX65">
-        <v>0.89619020000000005</v>
+        <v>0.38288359999999999</v>
       </c>
       <c r="AZ65">
-        <v>0.26393640000000002</v>
+        <v>0.10965610000000001</v>
       </c>
       <c r="BA65" t="s">
         <v>128</v>
       </c>
       <c r="BC65">
-        <v>-0.71778799999999998</v>
+        <v>-0.71284130000000001</v>
       </c>
       <c r="BE65">
-        <v>-0.3073572</v>
+        <v>-0.2354378</v>
       </c>
       <c r="BF65" t="s">
         <v>128</v>
       </c>
       <c r="BN65" t="s">
         <v>127</v>
       </c>
       <c r="BO65" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="BP65" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="BQ65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR65">
         <v>10000</v>
       </c>
       <c r="BS65">
         <v>0.05</v>
       </c>
       <c r="BT65">
         <v>0</v>
       </c>
       <c r="BU65">
         <v>0</v>
       </c>
       <c r="BV65">
         <v>0</v>
       </c>
       <c r="BW65">
         <v>0</v>
       </c>
       <c r="BX65" t="s">
         <v>128</v>
       </c>
       <c r="BY65">
-        <v>1.5800000000000002E-2</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BZ65">
-        <v>1.1000000000000001E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA65" t="s">
         <v>128</v>
       </c>
       <c r="CC65" t="s">
         <v>128</v>
       </c>
       <c r="CD65" t="s">
-        <v>260</v>
+        <v>143</v>
       </c>
       <c r="CE65" t="s">
-        <v>261</v>
+        <v>613</v>
       </c>
       <c r="CF65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG65" t="s">
-        <v>262</v>
+        <v>146</v>
       </c>
       <c r="CH65" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI65" t="s">
         <v>128</v>
       </c>
       <c r="CO65" t="s">
-        <v>263</v>
+        <v>456</v>
       </c>
       <c r="CP65" t="s">
-        <v>611</v>
+        <v>369</v>
       </c>
       <c r="CQ65" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="CR65" t="s">
         <v>127</v>
       </c>
       <c r="CS65" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT65" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU65" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV65" t="s">
-        <v>612</v>
+        <v>370</v>
       </c>
       <c r="CW65" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="66" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>123</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" t="s">
         <v>125</v>
       </c>
       <c r="D66" t="s">
         <v>126</v>
       </c>
       <c r="E66" t="s">
         <v>127</v>
       </c>
       <c r="F66" t="s">
         <v>127</v>
       </c>
       <c r="G66" t="s">
         <v>128</v>
       </c>
       <c r="H66" t="s">
         <v>128</v>
       </c>
       <c r="I66" t="s">
         <v>129</v>
       </c>
       <c r="J66" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K66" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L66" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="Q66" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R66" t="s">
-        <v>135</v>
+        <v>174</v>
       </c>
       <c r="S66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="T66">
         <v>2</v>
       </c>
       <c r="U66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V66" t="s">
         <v>128</v>
       </c>
       <c r="W66" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X66">
         <v>252</v>
       </c>
       <c r="Y66">
-        <v>0.20676</v>
+        <v>0.20954100000000001</v>
       </c>
       <c r="Z66" t="s">
         <v>128</v>
       </c>
       <c r="AE66" t="s">
         <v>128</v>
       </c>
       <c r="AF66">
         <v>5</v>
       </c>
       <c r="AG66" t="s">
         <v>128</v>
       </c>
       <c r="AH66">
         <v>5</v>
       </c>
       <c r="AI66">
         <v>1</v>
       </c>
       <c r="AJ66">
         <v>5</v>
       </c>
       <c r="AK66" t="s">
         <v>128</v>
       </c>
       <c r="AM66" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN66">
-        <v>-0.25666509999999998</v>
+        <v>-0.43249339999999997</v>
       </c>
       <c r="AP66">
-        <v>-1.72439E-2</v>
+        <v>-6.1809799999999998E-2</v>
       </c>
       <c r="AQ66" t="s">
         <v>128</v>
       </c>
       <c r="AS66">
-        <v>4.6909699999999999E-2</v>
+        <v>1.4315400000000001E-2</v>
       </c>
       <c r="AU66">
-        <v>5.5001800000000003E-2</v>
+        <v>5.47529E-2</v>
       </c>
       <c r="AV66" t="s">
         <v>128</v>
       </c>
       <c r="AX66">
-        <v>0.38288359999999999</v>
+        <v>0.68454649999999995</v>
       </c>
       <c r="AZ66">
-        <v>0.10965610000000001</v>
+        <v>0.2226061</v>
       </c>
       <c r="BA66" t="s">
         <v>128</v>
       </c>
       <c r="BC66">
-        <v>-0.71284130000000001</v>
+        <v>-0.84879360000000004</v>
       </c>
       <c r="BE66">
-        <v>-0.2354378</v>
+        <v>-0.34253889999999998</v>
       </c>
       <c r="BF66" t="s">
         <v>128</v>
       </c>
       <c r="BN66" t="s">
         <v>127</v>
       </c>
       <c r="BO66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="BP66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="BQ66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR66">
         <v>10000</v>
       </c>
       <c r="BS66">
         <v>0.05</v>
       </c>
       <c r="BT66">
         <v>0</v>
       </c>
       <c r="BU66">
         <v>0</v>
       </c>
       <c r="BV66">
         <v>0</v>
       </c>
       <c r="BW66">
         <v>0</v>
       </c>
       <c r="BX66" t="s">
         <v>128</v>
       </c>
       <c r="BY66">
-        <v>1.72E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="BZ66">
-        <v>1.8E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA66" t="s">
         <v>128</v>
       </c>
       <c r="CC66" t="s">
         <v>128</v>
       </c>
       <c r="CD66" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="CE66" t="s">
-        <v>618</v>
+        <v>179</v>
       </c>
       <c r="CF66" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG66" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="CH66" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI66" t="s">
         <v>128</v>
       </c>
       <c r="CO66" t="s">
-        <v>453</v>
+        <v>600</v>
       </c>
       <c r="CP66" t="s">
-        <v>367</v>
+        <v>619</v>
       </c>
       <c r="CQ66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR66" t="s">
         <v>127</v>
       </c>
       <c r="CS66" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT66" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU66" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV66" t="s">
-        <v>368</v>
+        <v>450</v>
       </c>
       <c r="CW66" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>123</v>
       </c>
       <c r="B67" t="s">
         <v>124</v>
       </c>
       <c r="C67" t="s">
         <v>125</v>
       </c>
       <c r="D67" t="s">
         <v>126</v>
       </c>
       <c r="E67" t="s">
         <v>127</v>
       </c>
       <c r="F67" t="s">
         <v>127</v>
       </c>
       <c r="G67" t="s">
         <v>128</v>
       </c>
       <c r="H67" t="s">
         <v>128</v>
       </c>
       <c r="I67" t="s">
         <v>129</v>
       </c>
       <c r="J67" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K67" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L67" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="O67">
         <v>1</v>
       </c>
       <c r="P67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="Q67" t="s">
-        <v>212</v>
+        <v>157</v>
       </c>
       <c r="R67" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="S67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="T67">
         <v>2</v>
       </c>
       <c r="U67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V67" t="s">
         <v>128</v>
       </c>
       <c r="W67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X67">
         <v>252</v>
       </c>
       <c r="Y67">
-        <v>0.209707</v>
+        <v>0.187389</v>
       </c>
       <c r="Z67" t="s">
         <v>128</v>
       </c>
       <c r="AE67" t="s">
         <v>128</v>
       </c>
       <c r="AF67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG67" t="s">
         <v>128</v>
       </c>
       <c r="AH67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI67">
         <v>1</v>
       </c>
       <c r="AJ67">
         <v>5</v>
       </c>
       <c r="AK67" t="s">
         <v>128</v>
       </c>
       <c r="AM67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN67">
-        <v>-0.43249339999999997</v>
+        <v>-0.1564729</v>
       </c>
       <c r="AP67">
-        <v>-6.1809799999999998E-2</v>
+        <v>-3.9643900000000003E-2</v>
       </c>
       <c r="AQ67" t="s">
         <v>128</v>
       </c>
       <c r="AS67">
-        <v>1.4315400000000001E-2</v>
+        <v>6.6620799999999994E-2</v>
       </c>
       <c r="AU67">
-        <v>5.47529E-2</v>
+        <v>6.6695500000000005E-2</v>
       </c>
       <c r="AV67" t="s">
         <v>128</v>
       </c>
       <c r="AX67">
-        <v>0.68454649999999995</v>
+        <v>0.34910540000000001</v>
       </c>
       <c r="AZ67">
-        <v>0.2226061</v>
+        <v>0.18487790000000001</v>
       </c>
       <c r="BA67" t="s">
         <v>128</v>
       </c>
       <c r="BC67">
-        <v>-0.84879360000000004</v>
+        <v>-0.60253179999999995</v>
       </c>
       <c r="BE67">
-        <v>-0.34253889999999998</v>
+        <v>-0.2376993</v>
       </c>
       <c r="BF67" t="s">
         <v>128</v>
       </c>
       <c r="BN67" t="s">
         <v>127</v>
       </c>
       <c r="BO67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="BP67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="BQ67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR67">
         <v>10000</v>
       </c>
       <c r="BS67">
         <v>0.05</v>
       </c>
       <c r="BT67">
         <v>0</v>
       </c>
       <c r="BU67">
         <v>0</v>
       </c>
       <c r="BV67">
         <v>0</v>
       </c>
       <c r="BW67">
         <v>0</v>
       </c>
       <c r="BX67" t="s">
         <v>128</v>
       </c>
       <c r="BY67">
-        <v>1.6E-2</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ67">
-        <v>8.9999999999999998E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA67" t="s">
         <v>128</v>
       </c>
       <c r="CC67" t="s">
         <v>128</v>
       </c>
       <c r="CD67" t="s">
-        <v>177</v>
+        <v>389</v>
       </c>
       <c r="CE67" t="s">
-        <v>178</v>
+        <v>435</v>
       </c>
       <c r="CF67" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG67" t="s">
-        <v>179</v>
+        <v>331</v>
       </c>
       <c r="CH67" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI67" t="s">
         <v>128</v>
       </c>
       <c r="CO67" t="s">
-        <v>604</v>
+        <v>416</v>
       </c>
       <c r="CP67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="CQ67" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR67" t="s">
         <v>127</v>
       </c>
       <c r="CS67" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT67" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU67" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV67" t="s">
-        <v>447</v>
+        <v>626</v>
       </c>
       <c r="CW67" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="68" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>123</v>
       </c>
       <c r="B68" t="s">
         <v>124</v>
       </c>
       <c r="C68" t="s">
         <v>125</v>
       </c>
       <c r="D68" t="s">
         <v>126</v>
       </c>
       <c r="E68" t="s">
         <v>127</v>
       </c>
       <c r="F68" t="s">
         <v>127</v>
       </c>
       <c r="G68" t="s">
         <v>128</v>
       </c>
       <c r="H68" t="s">
         <v>128</v>
       </c>
       <c r="I68" t="s">
         <v>129</v>
       </c>
       <c r="J68" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K68" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L68" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N68" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="O68">
         <v>1</v>
       </c>
       <c r="P68" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="Q68" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R68" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S68" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="T68">
         <v>2</v>
       </c>
       <c r="U68" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V68" t="s">
         <v>128</v>
       </c>
       <c r="W68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X68">
         <v>252</v>
       </c>
       <c r="Y68">
-        <v>0.18875</v>
+        <v>0.28037099999999998</v>
       </c>
       <c r="Z68" t="s">
         <v>128</v>
       </c>
       <c r="AE68" t="s">
         <v>128</v>
       </c>
       <c r="AF68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG68" t="s">
         <v>128</v>
       </c>
       <c r="AH68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI68">
         <v>1</v>
       </c>
       <c r="AJ68">
         <v>5</v>
       </c>
       <c r="AK68" t="s">
         <v>128</v>
       </c>
       <c r="AM68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN68">
-        <v>-0.1564729</v>
+        <v>-0.47201470000000001</v>
       </c>
       <c r="AP68">
-        <v>-3.9643900000000003E-2</v>
+        <v>-0.16667409999999999</v>
       </c>
       <c r="AQ68" t="s">
         <v>128</v>
       </c>
       <c r="AS68">
-        <v>6.6620799999999994E-2</v>
+        <v>4.7438300000000003E-2</v>
       </c>
       <c r="AU68">
-        <v>6.6695500000000005E-2</v>
+        <v>2.0501399999999999E-2</v>
       </c>
       <c r="AV68" t="s">
         <v>128</v>
       </c>
       <c r="AX68">
-        <v>0.34910540000000001</v>
+        <v>0.82997469999999995</v>
       </c>
       <c r="AZ68">
-        <v>0.18487790000000001</v>
+        <v>0.26898250000000001</v>
       </c>
       <c r="BA68" t="s">
         <v>128</v>
       </c>
       <c r="BC68">
-        <v>-0.60253179999999995</v>
+        <v>-0.75563639999999999</v>
       </c>
       <c r="BE68">
-        <v>-0.2376993</v>
+        <v>-0.34487370000000001</v>
       </c>
       <c r="BF68" t="s">
         <v>128</v>
       </c>
       <c r="BN68" t="s">
         <v>127</v>
       </c>
       <c r="BO68" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="BP68" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="BQ68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR68">
         <v>10000</v>
       </c>
       <c r="BS68">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT68">
         <v>0</v>
       </c>
       <c r="BU68">
         <v>0</v>
       </c>
       <c r="BV68">
         <v>0</v>
       </c>
       <c r="BW68">
         <v>0</v>
       </c>
       <c r="BX68" t="s">
         <v>128</v>
       </c>
       <c r="BY68">
-        <v>6.9999999999999999E-4</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ68">
-        <v>4.8000000000000001E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA68" t="s">
         <v>128</v>
       </c>
       <c r="CC68" t="s">
         <v>128</v>
       </c>
       <c r="CD68" t="s">
-        <v>387</v>
+        <v>239</v>
       </c>
       <c r="CE68" t="s">
-        <v>432</v>
+        <v>632</v>
       </c>
       <c r="CF68" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG68" t="s">
-        <v>329</v>
+        <v>241</v>
       </c>
       <c r="CH68" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI68" t="s">
         <v>128</v>
       </c>
       <c r="CO68" t="s">
-        <v>413</v>
+        <v>633</v>
       </c>
       <c r="CP68" t="s">
-        <v>630</v>
+        <v>444</v>
       </c>
       <c r="CQ68" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR68" t="s">
         <v>127</v>
       </c>
       <c r="CS68" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT68" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU68" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV68" t="s">
-        <v>631</v>
+        <v>245</v>
       </c>
       <c r="CW68" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="69" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>123</v>
       </c>
       <c r="B69" t="s">
         <v>124</v>
       </c>
       <c r="C69" t="s">
         <v>125</v>
       </c>
       <c r="D69" t="s">
         <v>126</v>
       </c>
       <c r="E69" t="s">
         <v>127</v>
       </c>
       <c r="F69" t="s">
         <v>127</v>
       </c>
       <c r="G69" t="s">
         <v>128</v>
       </c>
       <c r="H69" t="s">
         <v>128</v>
       </c>
       <c r="I69" t="s">
         <v>129</v>
       </c>
       <c r="J69" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K69" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L69" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N69" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="O69">
         <v>1</v>
       </c>
       <c r="P69" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="Q69" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="R69" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S69" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="T69">
         <v>2</v>
       </c>
       <c r="U69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V69" t="s">
         <v>128</v>
       </c>
       <c r="W69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X69">
         <v>252</v>
       </c>
       <c r="Y69">
-        <v>0.28227000000000002</v>
+        <v>0.29834699999999997</v>
       </c>
       <c r="Z69" t="s">
         <v>128</v>
       </c>
       <c r="AE69" t="s">
         <v>128</v>
       </c>
       <c r="AF69">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG69" t="s">
         <v>128</v>
       </c>
       <c r="AH69">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI69">
         <v>1</v>
       </c>
       <c r="AJ69">
         <v>5</v>
       </c>
       <c r="AK69" t="s">
         <v>128</v>
       </c>
       <c r="AM69" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN69">
-        <v>-0.47201470000000001</v>
+        <v>-0.48576530000000001</v>
       </c>
       <c r="AP69">
-        <v>-0.16667409999999999</v>
+        <v>-0.1084114</v>
       </c>
       <c r="AQ69" t="s">
         <v>128</v>
       </c>
       <c r="AS69">
-        <v>4.7438300000000003E-2</v>
+        <v>3.6798900000000002E-2</v>
       </c>
       <c r="AU69">
-        <v>2.0501399999999999E-2</v>
+        <v>2.19063E-2</v>
       </c>
       <c r="AV69" t="s">
         <v>128</v>
       </c>
       <c r="AX69">
-        <v>0.82997469999999995</v>
+        <v>0.85071169999999996</v>
       </c>
       <c r="AZ69">
-        <v>0.26898250000000001</v>
+        <v>0.29384389999999999</v>
       </c>
       <c r="BA69" t="s">
         <v>128</v>
       </c>
       <c r="BC69">
-        <v>-0.75563639999999999</v>
+        <v>-0.83190569999999997</v>
       </c>
       <c r="BE69">
-        <v>-0.34487370000000001</v>
+        <v>-0.35077960000000002</v>
       </c>
       <c r="BF69" t="s">
         <v>128</v>
       </c>
       <c r="BN69" t="s">
         <v>127</v>
       </c>
       <c r="BO69" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="BP69" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="BQ69">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BR69">
         <v>10000</v>
       </c>
       <c r="BS69">
         <v>0</v>
       </c>
       <c r="BT69">
         <v>0</v>
       </c>
       <c r="BU69">
         <v>0</v>
       </c>
       <c r="BV69">
         <v>0</v>
       </c>
       <c r="BW69">
         <v>0</v>
       </c>
       <c r="BX69" t="s">
         <v>128</v>
       </c>
       <c r="BY69">
-        <v>8.8000000000000005E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="BZ69">
-        <v>1.4E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CA69" t="s">
         <v>128</v>
       </c>
       <c r="CC69" t="s">
         <v>128</v>
       </c>
       <c r="CD69" t="s">
-        <v>236</v>
+        <v>178</v>
       </c>
       <c r="CE69" t="s">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="CF69" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="CG69" t="s">
-        <v>238</v>
+        <v>315</v>
       </c>
       <c r="CH69" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI69" t="s">
         <v>128</v>
       </c>
       <c r="CO69" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="CP69" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="CQ69" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR69" t="s">
         <v>127</v>
       </c>
       <c r="CS69" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT69" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU69" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV69" t="s">
-        <v>242</v>
+        <v>601</v>
       </c>
       <c r="CW69" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="70" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>123</v>
       </c>
       <c r="B70" t="s">
         <v>124</v>
       </c>
       <c r="C70" t="s">
         <v>125</v>
       </c>
       <c r="D70" t="s">
         <v>126</v>
       </c>
       <c r="E70" t="s">
         <v>127</v>
       </c>
       <c r="F70" t="s">
         <v>127</v>
       </c>
       <c r="G70" t="s">
         <v>128</v>
       </c>
       <c r="H70" t="s">
         <v>128</v>
       </c>
       <c r="I70" t="s">
         <v>129</v>
       </c>
       <c r="J70" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L70" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N70" t="s">
         <v>639</v>
       </c>
       <c r="O70">
         <v>1</v>
       </c>
       <c r="P70" t="s">
         <v>640</v>
       </c>
       <c r="Q70" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R70" t="s">
-        <v>135</v>
+        <v>174</v>
       </c>
       <c r="S70" t="s">
         <v>641</v>
       </c>
       <c r="T70">
         <v>2</v>
       </c>
       <c r="U70" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V70" t="s">
         <v>128</v>
       </c>
       <c r="W70" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X70">
         <v>252</v>
       </c>
       <c r="Y70">
-        <v>0.29985699999999998</v>
+        <v>0.27944600000000003</v>
       </c>
       <c r="Z70" t="s">
         <v>128</v>
       </c>
       <c r="AE70" t="s">
         <v>128</v>
       </c>
       <c r="AF70">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG70" t="s">
         <v>128</v>
       </c>
       <c r="AH70">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI70">
         <v>1</v>
       </c>
       <c r="AJ70">
         <v>5</v>
       </c>
       <c r="AK70" t="s">
         <v>128</v>
       </c>
       <c r="AM70" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN70">
-        <v>-0.48576530000000001</v>
+        <v>-0.485153</v>
       </c>
       <c r="AP70">
-        <v>-0.1084114</v>
+        <v>-5.7290399999999998E-2</v>
       </c>
       <c r="AQ70" t="s">
         <v>128</v>
       </c>
       <c r="AS70">
-        <v>3.6798900000000002E-2</v>
+        <v>5.5362599999999998E-2</v>
       </c>
       <c r="AU70">
-        <v>2.19063E-2</v>
+        <v>0.1326851</v>
       </c>
       <c r="AV70" t="s">
         <v>128</v>
       </c>
       <c r="AX70">
-        <v>0.85071169999999996</v>
+        <v>0.85479179999999999</v>
       </c>
       <c r="AZ70">
-        <v>0.29384389999999999</v>
+        <v>0.26869460000000001</v>
       </c>
       <c r="BA70" t="s">
         <v>128</v>
       </c>
       <c r="BC70">
-        <v>-0.83190569999999997</v>
+        <v>-0.86821139999999997</v>
       </c>
       <c r="BE70">
-        <v>-0.35077960000000002</v>
+        <v>-0.41828939999999998</v>
       </c>
       <c r="BF70" t="s">
         <v>128</v>
       </c>
       <c r="BN70" t="s">
         <v>127</v>
       </c>
       <c r="BO70" t="s">
         <v>642</v>
       </c>
       <c r="BP70" t="s">
         <v>643</v>
       </c>
       <c r="BQ70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BR70">
         <v>10000</v>
       </c>
       <c r="BS70">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT70">
         <v>0</v>
       </c>
       <c r="BU70">
         <v>0</v>
       </c>
       <c r="BV70">
         <v>0</v>
       </c>
       <c r="BW70">
         <v>0</v>
       </c>
       <c r="BX70" t="s">
         <v>128</v>
       </c>
       <c r="BY70">
-        <v>8.6999999999999994E-3</v>
+        <v>1.55E-2</v>
       </c>
       <c r="BZ70">
-        <v>1.8E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA70" t="s">
         <v>128</v>
       </c>
       <c r="CC70" t="s">
         <v>128</v>
       </c>
       <c r="CD70" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="CE70" t="s">
-        <v>603</v>
+        <v>305</v>
       </c>
       <c r="CF70" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="CG70" t="s">
-        <v>313</v>
+        <v>208</v>
       </c>
       <c r="CH70" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI70" t="s">
         <v>128</v>
       </c>
       <c r="CO70" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="CP70" t="s">
-        <v>441</v>
+        <v>645</v>
       </c>
       <c r="CQ70" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="CR70" t="s">
         <v>127</v>
       </c>
       <c r="CS70" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT70" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU70" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV70" t="s">
-        <v>605</v>
+        <v>308</v>
       </c>
       <c r="CW70" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="71" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>123</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>126</v>
       </c>
       <c r="E71" t="s">
         <v>127</v>
       </c>
       <c r="F71" t="s">
         <v>127</v>
       </c>
       <c r="G71" t="s">
         <v>128</v>
       </c>
       <c r="H71" t="s">
         <v>128</v>
       </c>
       <c r="I71" t="s">
         <v>129</v>
       </c>
       <c r="J71" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K71" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L71" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N71" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="O71">
         <v>1</v>
       </c>
       <c r="P71" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="Q71" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R71" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S71" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="T71">
         <v>2</v>
       </c>
       <c r="U71" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V71" t="s">
         <v>128</v>
       </c>
       <c r="W71" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X71">
         <v>252</v>
       </c>
       <c r="Y71">
-        <v>0.28079300000000001</v>
+        <v>0.21288799999999999</v>
       </c>
       <c r="Z71" t="s">
         <v>128</v>
       </c>
       <c r="AE71" t="s">
         <v>128</v>
       </c>
       <c r="AF71">
         <v>5</v>
       </c>
       <c r="AG71" t="s">
         <v>128</v>
       </c>
       <c r="AH71">
         <v>5</v>
       </c>
       <c r="AI71">
         <v>1</v>
       </c>
       <c r="AJ71">
         <v>5</v>
       </c>
       <c r="AK71" t="s">
         <v>128</v>
       </c>
       <c r="AM71" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN71">
-        <v>-0.485153</v>
+        <v>-0.44140790000000002</v>
       </c>
       <c r="AP71">
-        <v>-5.7290399999999998E-2</v>
+        <v>-7.9717099999999999E-2</v>
       </c>
       <c r="AQ71" t="s">
         <v>128</v>
       </c>
       <c r="AS71">
-        <v>5.5362599999999998E-2</v>
+        <v>5.0607800000000001E-2</v>
       </c>
       <c r="AU71">
-        <v>0.1326851</v>
+        <v>7.4417800000000006E-2</v>
       </c>
       <c r="AV71" t="s">
         <v>128</v>
       </c>
       <c r="AX71">
-        <v>0.85479179999999999</v>
+        <v>0.78021649999999998</v>
       </c>
       <c r="AZ71">
-        <v>0.26869460000000001</v>
+        <v>0.21786810000000001</v>
       </c>
       <c r="BA71" t="s">
         <v>128</v>
       </c>
       <c r="BC71">
-        <v>-0.86821139999999997</v>
+        <v>-0.7188677</v>
       </c>
       <c r="BE71">
-        <v>-0.41828939999999998</v>
+        <v>-0.2854757</v>
       </c>
       <c r="BF71" t="s">
         <v>128</v>
       </c>
       <c r="BN71" t="s">
         <v>127</v>
       </c>
       <c r="BO71" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="BP71" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="BQ71">
         <v>3</v>
       </c>
       <c r="BR71">
         <v>10000</v>
       </c>
       <c r="BS71">
         <v>0.05</v>
       </c>
       <c r="BT71">
         <v>0</v>
       </c>
       <c r="BU71">
         <v>0</v>
       </c>
       <c r="BV71">
         <v>0</v>
       </c>
       <c r="BW71">
         <v>0</v>
       </c>
       <c r="BX71" t="s">
         <v>128</v>
       </c>
       <c r="BY71">
-        <v>1.55E-2</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ71">
-        <v>2.3E-3</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA71" t="s">
         <v>128</v>
       </c>
       <c r="CC71" t="s">
         <v>128</v>
       </c>
       <c r="CD71" t="s">
-        <v>142</v>
+        <v>351</v>
       </c>
       <c r="CE71" t="s">
-        <v>303</v>
+        <v>352</v>
       </c>
       <c r="CF71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG71" t="s">
-        <v>206</v>
+        <v>331</v>
       </c>
       <c r="CH71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI71" t="s">
         <v>128</v>
       </c>
       <c r="CO71" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="CP71" t="s">
-        <v>650</v>
+        <v>149</v>
       </c>
       <c r="CQ71" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="CR71" t="s">
         <v>127</v>
       </c>
       <c r="CS71" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT71" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU71" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV71" t="s">
-        <v>306</v>
+        <v>652</v>
       </c>
       <c r="CW71" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="72" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>123</v>
       </c>
       <c r="B72" t="s">
         <v>124</v>
       </c>
       <c r="C72" t="s">
         <v>125</v>
       </c>
       <c r="D72" t="s">
         <v>126</v>
       </c>
       <c r="E72" t="s">
         <v>127</v>
       </c>
       <c r="F72" t="s">
         <v>127</v>
       </c>
       <c r="G72" t="s">
         <v>128</v>
       </c>
       <c r="H72" t="s">
         <v>128</v>
       </c>
       <c r="I72" t="s">
         <v>129</v>
       </c>
       <c r="J72" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K72" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L72" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N72" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="O72">
         <v>1</v>
       </c>
       <c r="P72" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="Q72" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R72" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="S72" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="T72">
         <v>2</v>
       </c>
       <c r="U72" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V72" t="s">
         <v>128</v>
       </c>
       <c r="W72" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X72">
         <v>252</v>
       </c>
       <c r="Y72">
-        <v>0.21462100000000001</v>
+        <v>0.19380900000000001</v>
       </c>
       <c r="Z72" t="s">
         <v>128</v>
       </c>
       <c r="AE72" t="s">
         <v>128</v>
       </c>
       <c r="AF72">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG72" t="s">
         <v>128</v>
       </c>
       <c r="AH72">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI72">
         <v>1</v>
       </c>
       <c r="AJ72">
         <v>5</v>
       </c>
       <c r="AK72" t="s">
         <v>128</v>
       </c>
       <c r="AM72" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN72">
-        <v>-0.44140790000000002</v>
+        <v>-0.33479510000000001</v>
       </c>
       <c r="AP72">
-        <v>-7.9717099999999999E-2</v>
+        <v>-4.5297799999999999E-2</v>
       </c>
       <c r="AQ72" t="s">
         <v>128</v>
       </c>
       <c r="AS72">
-        <v>5.0607800000000001E-2</v>
+        <v>3.8362399999999998E-2</v>
       </c>
       <c r="AU72">
-        <v>7.4417800000000006E-2</v>
+        <v>4.7629299999999999E-2</v>
       </c>
       <c r="AV72" t="s">
         <v>128</v>
       </c>
       <c r="AX72">
-        <v>0.78021649999999998</v>
+        <v>0.57507160000000002</v>
       </c>
       <c r="AZ72">
-        <v>0.21786810000000001</v>
+        <v>0.1948155</v>
       </c>
       <c r="BA72" t="s">
         <v>128</v>
       </c>
       <c r="BC72">
-        <v>-0.7188677</v>
+        <v>-0.69593689999999997</v>
       </c>
       <c r="BE72">
-        <v>-0.2854757</v>
+        <v>-0.23887739999999999</v>
       </c>
       <c r="BF72" t="s">
         <v>128</v>
       </c>
       <c r="BN72" t="s">
         <v>127</v>
       </c>
       <c r="BO72" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="BP72" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="BQ72">
         <v>3</v>
       </c>
       <c r="BR72">
         <v>10000</v>
       </c>
       <c r="BS72">
         <v>0.05</v>
       </c>
       <c r="BT72">
         <v>0</v>
       </c>
       <c r="BU72">
         <v>0</v>
       </c>
       <c r="BV72">
         <v>0</v>
       </c>
       <c r="BW72">
         <v>0</v>
       </c>
       <c r="BX72" t="s">
         <v>128</v>
       </c>
       <c r="BY72">
-        <v>1.6500000000000001E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="BZ72">
-        <v>2.0999999999999999E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA72" t="s">
         <v>128</v>
       </c>
       <c r="CC72" t="s">
         <v>128</v>
       </c>
       <c r="CD72" t="s">
-        <v>348</v>
+        <v>178</v>
       </c>
       <c r="CE72" t="s">
-        <v>349</v>
+        <v>179</v>
       </c>
       <c r="CF72" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG72" t="s">
-        <v>329</v>
+        <v>180</v>
       </c>
       <c r="CH72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI72" t="s">
         <v>128</v>
       </c>
       <c r="CO72" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="CP72" t="s">
-        <v>148</v>
+        <v>658</v>
       </c>
       <c r="CQ72" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR72" t="s">
         <v>127</v>
       </c>
       <c r="CS72" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT72" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU72" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV72" t="s">
-        <v>657</v>
+        <v>450</v>
       </c>
       <c r="CW72" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>123</v>
       </c>
       <c r="B73" t="s">
         <v>124</v>
       </c>
       <c r="C73" t="s">
         <v>125</v>
       </c>
       <c r="D73" t="s">
         <v>126</v>
       </c>
       <c r="E73" t="s">
         <v>127</v>
       </c>
       <c r="F73" t="s">
         <v>127</v>
       </c>
       <c r="G73" t="s">
         <v>128</v>
       </c>
       <c r="H73" t="s">
         <v>128</v>
       </c>
       <c r="I73" t="s">
         <v>129</v>
       </c>
       <c r="J73" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K73" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L73" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N73" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="O73">
         <v>1</v>
       </c>
       <c r="P73" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="Q73" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R73" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="S73" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="T73">
         <v>2</v>
       </c>
       <c r="U73" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V73" t="s">
         <v>128</v>
       </c>
       <c r="W73" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X73">
         <v>252</v>
       </c>
       <c r="Y73">
-        <v>0.19327</v>
+        <v>0.192496</v>
       </c>
       <c r="Z73" t="s">
         <v>128</v>
       </c>
       <c r="AE73" t="s">
         <v>128</v>
       </c>
       <c r="AF73">
         <v>4</v>
       </c>
       <c r="AG73" t="s">
         <v>128</v>
       </c>
       <c r="AH73">
         <v>4</v>
       </c>
       <c r="AI73">
         <v>1</v>
       </c>
       <c r="AJ73">
         <v>5</v>
       </c>
       <c r="AK73" t="s">
         <v>128</v>
       </c>
       <c r="AM73" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN73">
-        <v>-0.33479510000000001</v>
+        <v>-0.3241849</v>
       </c>
       <c r="AP73">
-        <v>-4.5297799999999999E-2</v>
+        <v>-3.31382E-2</v>
       </c>
       <c r="AQ73" t="s">
         <v>128</v>
       </c>
       <c r="AS73">
-        <v>3.8362399999999998E-2</v>
+        <v>5.4147800000000003E-2</v>
       </c>
       <c r="AU73">
-        <v>4.7629299999999999E-2</v>
+        <v>8.2146300000000005E-2</v>
       </c>
       <c r="AV73" t="s">
         <v>128</v>
       </c>
       <c r="AX73">
-        <v>0.57507160000000002</v>
+        <v>0.50639109999999998</v>
       </c>
       <c r="AZ73">
-        <v>0.1948155</v>
+        <v>0.15937180000000001</v>
       </c>
       <c r="BA73" t="s">
         <v>128</v>
       </c>
       <c r="BC73">
-        <v>-0.69593689999999997</v>
+        <v>-0.70109860000000002</v>
       </c>
       <c r="BE73">
-        <v>-0.23887739999999999</v>
+        <v>-0.24486859999999999</v>
       </c>
       <c r="BF73" t="s">
         <v>128</v>
       </c>
       <c r="BN73" t="s">
         <v>127</v>
       </c>
       <c r="BO73" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="BP73" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="BQ73">
         <v>3</v>
       </c>
       <c r="BR73">
         <v>10000</v>
       </c>
       <c r="BS73">
         <v>0.05</v>
       </c>
       <c r="BT73">
         <v>0</v>
       </c>
       <c r="BU73">
         <v>0</v>
       </c>
       <c r="BV73">
         <v>0</v>
       </c>
       <c r="BW73">
         <v>0</v>
       </c>
       <c r="BX73" t="s">
         <v>128</v>
       </c>
       <c r="BY73">
-        <v>1.6E-2</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="BZ73">
-        <v>8.9999999999999998E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA73" t="s">
         <v>128</v>
       </c>
       <c r="CC73" t="s">
         <v>128</v>
       </c>
       <c r="CD73" t="s">
-        <v>177</v>
+        <v>389</v>
       </c>
       <c r="CE73" t="s">
-        <v>178</v>
+        <v>435</v>
       </c>
       <c r="CF73" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG73" t="s">
-        <v>179</v>
+        <v>331</v>
       </c>
       <c r="CH73" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI73" t="s">
         <v>128</v>
       </c>
       <c r="CO73" t="s">
-        <v>656</v>
+        <v>276</v>
       </c>
       <c r="CP73" t="s">
-        <v>663</v>
+        <v>339</v>
       </c>
       <c r="CQ73" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR73" t="s">
         <v>127</v>
       </c>
       <c r="CS73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU73" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV73" t="s">
-        <v>447</v>
+        <v>211</v>
       </c>
       <c r="CW73" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>123</v>
       </c>
       <c r="B74" t="s">
         <v>124</v>
       </c>
       <c r="C74" t="s">
         <v>125</v>
       </c>
       <c r="D74" t="s">
         <v>126</v>
       </c>
       <c r="E74" t="s">
         <v>127</v>
       </c>
       <c r="F74" t="s">
         <v>127</v>
       </c>
       <c r="G74" t="s">
         <v>128</v>
       </c>
       <c r="H74" t="s">
         <v>128</v>
       </c>
       <c r="I74" t="s">
         <v>129</v>
       </c>
       <c r="J74" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L74" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N74" t="s">
         <v>664</v>
       </c>
       <c r="O74">
         <v>1</v>
       </c>
       <c r="P74" t="s">
         <v>665</v>
       </c>
       <c r="Q74" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R74" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S74" t="s">
         <v>666</v>
       </c>
       <c r="T74">
         <v>2</v>
       </c>
       <c r="U74" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V74" t="s">
         <v>128</v>
       </c>
       <c r="W74" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X74">
         <v>252</v>
       </c>
       <c r="Y74">
-        <v>0.233738</v>
+        <v>0.28036100000000003</v>
       </c>
       <c r="Z74" t="s">
         <v>128</v>
       </c>
       <c r="AE74" t="s">
         <v>128</v>
       </c>
       <c r="AF74">
         <v>5</v>
       </c>
       <c r="AG74" t="s">
         <v>128</v>
       </c>
       <c r="AH74">
         <v>5</v>
       </c>
       <c r="AI74">
         <v>1</v>
       </c>
       <c r="AJ74">
         <v>5</v>
       </c>
       <c r="AK74" t="s">
         <v>128</v>
       </c>
       <c r="AM74" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN74">
-        <v>-0.47271279999999999</v>
+        <v>-0.46802899999999997</v>
       </c>
       <c r="AP74">
-        <v>-0.1012479</v>
+        <v>-0.15083450000000001</v>
       </c>
       <c r="AQ74" t="s">
         <v>128</v>
       </c>
       <c r="AS74">
-        <v>-2.3180000000000002E-3</v>
+        <v>4.7438300000000003E-2</v>
       </c>
       <c r="AU74">
-        <v>3.0575499999999999E-2</v>
+        <v>-2.4963200000000001E-2</v>
       </c>
       <c r="AV74" t="s">
         <v>128</v>
       </c>
       <c r="AX74">
-        <v>0.58885069999999995</v>
+        <v>0.7146053</v>
       </c>
       <c r="AZ74">
-        <v>0.157884</v>
+        <v>0.21087020000000001</v>
       </c>
       <c r="BA74" t="s">
         <v>128</v>
       </c>
       <c r="BC74">
-        <v>-0.74009020000000003</v>
+        <v>-0.75578630000000002</v>
       </c>
       <c r="BE74">
-        <v>-0.31177749999999999</v>
+        <v>-0.34489239999999999</v>
       </c>
       <c r="BF74" t="s">
         <v>128</v>
       </c>
       <c r="BN74" t="s">
         <v>127</v>
       </c>
       <c r="BO74" t="s">
         <v>667</v>
       </c>
       <c r="BP74" t="s">
         <v>668</v>
       </c>
       <c r="BQ74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR74">
         <v>10000</v>
       </c>
       <c r="BS74">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT74">
         <v>0</v>
       </c>
       <c r="BU74">
         <v>0</v>
       </c>
       <c r="BV74">
         <v>0</v>
       </c>
       <c r="BW74">
         <v>0</v>
       </c>
       <c r="BX74" t="s">
         <v>128</v>
       </c>
       <c r="BY74">
-        <v>1.6E-2</v>
+        <v>1.2999999999999999E-3</v>
       </c>
       <c r="BZ74">
-        <v>1.1999999999999999E-3</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA74" t="s">
         <v>128</v>
       </c>
       <c r="CC74" t="s">
         <v>128</v>
       </c>
       <c r="CD74" t="s">
-        <v>493</v>
+        <v>239</v>
       </c>
       <c r="CE74" t="s">
-        <v>494</v>
+        <v>240</v>
       </c>
       <c r="CF74" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG74" t="s">
-        <v>495</v>
+        <v>241</v>
       </c>
       <c r="CH74" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI74" t="s">
         <v>128</v>
       </c>
       <c r="CO74" t="s">
-        <v>263</v>
+        <v>242</v>
       </c>
       <c r="CP74" t="s">
-        <v>401</v>
+        <v>658</v>
       </c>
       <c r="CQ74" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="CR74" t="s">
         <v>127</v>
       </c>
       <c r="CS74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT74" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV74" t="s">
-        <v>447</v>
+        <v>669</v>
       </c>
       <c r="CW74" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="75" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>124</v>
       </c>
       <c r="C75" t="s">
         <v>125</v>
       </c>
       <c r="D75" t="s">
         <v>126</v>
       </c>
       <c r="E75" t="s">
         <v>127</v>
       </c>
       <c r="F75" t="s">
         <v>127</v>
       </c>
       <c r="G75" t="s">
         <v>128</v>
       </c>
       <c r="H75" t="s">
         <v>128</v>
       </c>
       <c r="I75" t="s">
         <v>129</v>
       </c>
       <c r="J75" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K75" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L75" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N75" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="O75">
         <v>1</v>
       </c>
       <c r="P75" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="Q75" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R75" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="S75" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T75">
         <v>2</v>
       </c>
       <c r="U75" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V75" t="s">
         <v>128</v>
       </c>
       <c r="W75" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X75">
         <v>252</v>
       </c>
       <c r="Y75">
-        <v>0.19279399999999999</v>
+        <v>0.20918700000000001</v>
       </c>
       <c r="Z75" t="s">
         <v>128</v>
       </c>
       <c r="AE75" t="s">
         <v>128</v>
       </c>
       <c r="AF75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG75" t="s">
         <v>128</v>
       </c>
       <c r="AH75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI75">
         <v>1</v>
       </c>
       <c r="AJ75">
         <v>5</v>
       </c>
       <c r="AK75" t="s">
         <v>128</v>
       </c>
       <c r="AM75" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN75">
-        <v>-0.3241849</v>
+        <v>-0.3936151</v>
       </c>
       <c r="AP75">
-        <v>-3.31382E-2</v>
+        <v>-6.7979899999999996E-2</v>
       </c>
       <c r="AQ75" t="s">
         <v>128</v>
       </c>
       <c r="AS75">
-        <v>5.4147800000000003E-2</v>
+        <v>0.10485170000000001</v>
       </c>
       <c r="AU75">
-        <v>8.2146300000000005E-2</v>
+        <v>8.0405299999999999E-2</v>
       </c>
       <c r="AV75" t="s">
         <v>128</v>
       </c>
       <c r="AX75">
-        <v>0.50639109999999998</v>
+        <v>0.81190819999999997</v>
       </c>
       <c r="AZ75">
-        <v>0.15937180000000001</v>
+        <v>0.2485861</v>
       </c>
       <c r="BA75" t="s">
         <v>128</v>
       </c>
       <c r="BC75">
-        <v>-0.70109860000000002</v>
+        <v>-0.68045089999999997</v>
       </c>
       <c r="BE75">
-        <v>-0.24486859999999999</v>
+        <v>-0.27626119999999998</v>
       </c>
       <c r="BF75" t="s">
         <v>128</v>
       </c>
       <c r="BN75" t="s">
         <v>127</v>
       </c>
       <c r="BO75" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="BP75" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="BQ75">
         <v>3</v>
       </c>
       <c r="BR75">
         <v>10000</v>
       </c>
       <c r="BS75">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT75">
         <v>0</v>
       </c>
       <c r="BU75">
         <v>0</v>
       </c>
       <c r="BV75">
         <v>0</v>
       </c>
       <c r="BW75">
         <v>0</v>
       </c>
       <c r="BX75" t="s">
         <v>128</v>
       </c>
       <c r="BY75">
-        <v>1.5699999999999999E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ75">
-        <v>4.8000000000000001E-4</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="CA75" t="s">
         <v>128</v>
       </c>
       <c r="CC75" t="s">
         <v>128</v>
       </c>
       <c r="CD75" t="s">
-        <v>387</v>
+        <v>351</v>
       </c>
       <c r="CE75" t="s">
-        <v>432</v>
+        <v>352</v>
       </c>
       <c r="CF75" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG75" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH75" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI75" t="s">
         <v>128</v>
       </c>
       <c r="CO75" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="CP75" t="s">
-        <v>336</v>
+        <v>444</v>
       </c>
       <c r="CQ75" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
       <c r="CR75" t="s">
         <v>127</v>
       </c>
       <c r="CS75" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT75" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV75" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="CW75" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="76" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>123</v>
       </c>
       <c r="B76" t="s">
         <v>124</v>
       </c>
       <c r="C76" t="s">
         <v>125</v>
       </c>
       <c r="D76" t="s">
         <v>126</v>
       </c>
       <c r="E76" t="s">
         <v>127</v>
       </c>
       <c r="F76" t="s">
         <v>127</v>
       </c>
       <c r="G76" t="s">
         <v>128</v>
       </c>
       <c r="H76" t="s">
         <v>128</v>
       </c>
       <c r="I76" t="s">
         <v>129</v>
       </c>
       <c r="J76" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K76" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L76" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N76" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="O76">
         <v>1</v>
       </c>
       <c r="P76" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="Q76" t="s">
-        <v>156</v>
+        <v>235</v>
       </c>
       <c r="R76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S76" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="T76">
         <v>2</v>
       </c>
       <c r="U76" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V76" t="s">
         <v>128</v>
       </c>
       <c r="W76" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X76">
         <v>252</v>
       </c>
       <c r="Y76">
-        <v>0.28225899999999998</v>
+        <v>0.21351200000000001</v>
       </c>
       <c r="Z76" t="s">
         <v>128</v>
       </c>
       <c r="AE76" t="s">
         <v>128</v>
       </c>
       <c r="AF76">
         <v>5</v>
       </c>
       <c r="AG76" t="s">
         <v>128</v>
       </c>
       <c r="AH76">
         <v>5</v>
       </c>
       <c r="AI76">
         <v>1</v>
       </c>
       <c r="AJ76">
         <v>5</v>
       </c>
       <c r="AK76" t="s">
         <v>128</v>
       </c>
       <c r="AM76" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN76">
-        <v>-0.46802899999999997</v>
+        <v>-0.38311309999999998</v>
       </c>
       <c r="AP76">
-        <v>-0.15083450000000001</v>
+        <v>-4.20028E-2</v>
       </c>
       <c r="AQ76" t="s">
         <v>128</v>
       </c>
       <c r="AS76">
-        <v>4.7438300000000003E-2</v>
+        <v>0.1212609</v>
       </c>
       <c r="AU76">
-        <v>-2.4963200000000001E-2</v>
+        <v>0.15468370000000001</v>
       </c>
       <c r="AV76" t="s">
         <v>128</v>
       </c>
       <c r="AX76">
-        <v>0.7146053</v>
+        <v>0.89765119999999998</v>
       </c>
       <c r="AZ76">
-        <v>0.21087020000000001</v>
+        <v>0.28544449999999999</v>
       </c>
       <c r="BA76" t="s">
         <v>128</v>
       </c>
       <c r="BC76">
-        <v>-0.75578630000000002</v>
+        <v>-0.66355649999999999</v>
       </c>
       <c r="BE76">
-        <v>-0.34489239999999999</v>
+        <v>-0.26409100000000002</v>
       </c>
       <c r="BF76" t="s">
         <v>128</v>
       </c>
       <c r="BN76" t="s">
         <v>127</v>
       </c>
       <c r="BO76" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="BP76" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="BQ76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BR76">
         <v>10000</v>
       </c>
       <c r="BS76">
         <v>0</v>
       </c>
       <c r="BT76">
         <v>0</v>
       </c>
       <c r="BU76">
         <v>0</v>
       </c>
       <c r="BV76">
         <v>0</v>
       </c>
       <c r="BW76">
         <v>0</v>
       </c>
       <c r="BX76" t="s">
         <v>128</v>
       </c>
       <c r="BY76">
-        <v>1.2999999999999999E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ76">
-        <v>1.4E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA76" t="s">
         <v>128</v>
       </c>
       <c r="CC76" t="s">
         <v>128</v>
       </c>
       <c r="CD76" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="CE76" t="s">
-        <v>237</v>
+        <v>264</v>
       </c>
       <c r="CF76" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG76" t="s">
-        <v>238</v>
+        <v>265</v>
       </c>
       <c r="CH76" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI76" t="s">
         <v>128</v>
       </c>
       <c r="CO76" t="s">
-        <v>239</v>
+        <v>266</v>
       </c>
       <c r="CP76" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="CQ76" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="CR76" t="s">
         <v>127</v>
       </c>
       <c r="CS76" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT76" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU76" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV76" t="s">
-        <v>679</v>
+        <v>405</v>
       </c>
       <c r="CW76" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="77" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>123</v>
       </c>
       <c r="B77" t="s">
         <v>124</v>
       </c>
       <c r="C77" t="s">
         <v>125</v>
       </c>
       <c r="D77" t="s">
         <v>126</v>
       </c>
       <c r="E77" t="s">
         <v>127</v>
       </c>
       <c r="F77" t="s">
         <v>127</v>
       </c>
       <c r="G77" t="s">
         <v>128</v>
       </c>
       <c r="H77" t="s">
         <v>128</v>
       </c>
       <c r="I77" t="s">
         <v>129</v>
       </c>
       <c r="J77" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K77" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L77" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N77" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="O77">
         <v>1</v>
       </c>
       <c r="P77" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="Q77" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="R77" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S77" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="T77">
         <v>2</v>
       </c>
       <c r="U77" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V77" t="s">
         <v>128</v>
       </c>
       <c r="W77" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X77">
         <v>252</v>
       </c>
       <c r="Y77">
-        <v>0.212344</v>
+        <v>0.199603</v>
       </c>
       <c r="Z77" t="s">
         <v>128</v>
       </c>
       <c r="AE77" t="s">
         <v>128</v>
       </c>
       <c r="AF77">
         <v>5</v>
       </c>
       <c r="AG77" t="s">
         <v>128</v>
       </c>
       <c r="AH77">
         <v>5</v>
       </c>
       <c r="AI77">
         <v>1</v>
       </c>
       <c r="AJ77">
         <v>5</v>
       </c>
       <c r="AK77" t="s">
         <v>128</v>
       </c>
       <c r="AM77" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN77">
-        <v>-0.3936151</v>
+        <v>-0.24255979999999999</v>
       </c>
       <c r="AP77">
-        <v>-6.7979899999999996E-2</v>
+        <v>-7.4912400000000004E-2</v>
       </c>
       <c r="AQ77" t="s">
         <v>128</v>
       </c>
       <c r="AS77">
-        <v>0.10485170000000001</v>
+        <v>1.0640800000000001E-2</v>
       </c>
       <c r="AU77">
-        <v>8.0405299999999999E-2</v>
+        <v>5.2086300000000002E-2</v>
       </c>
       <c r="AV77" t="s">
         <v>128</v>
       </c>
       <c r="AX77">
-        <v>0.81190819999999997</v>
+        <v>0.34381820000000002</v>
       </c>
       <c r="AZ77">
-        <v>0.2485861</v>
+        <v>0.1956909</v>
       </c>
       <c r="BA77" t="s">
         <v>128</v>
       </c>
       <c r="BC77">
-        <v>-0.68045089999999997</v>
+        <v>-0.83198680000000003</v>
       </c>
       <c r="BE77">
-        <v>-0.27626119999999998</v>
+        <v>-0.25232710000000003</v>
       </c>
       <c r="BF77" t="s">
         <v>128</v>
       </c>
       <c r="BN77" t="s">
         <v>127</v>
       </c>
       <c r="BO77" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="BP77" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="BQ77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BR77">
         <v>10000</v>
       </c>
       <c r="BS77">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT77">
         <v>0</v>
       </c>
       <c r="BU77">
         <v>0</v>
       </c>
       <c r="BV77">
         <v>0</v>
       </c>
       <c r="BW77">
         <v>0</v>
       </c>
       <c r="BX77" t="s">
         <v>128</v>
       </c>
       <c r="BY77">
-        <v>6.4999999999999997E-3</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="BZ77">
-        <v>2.0999999999999999E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA77" t="s">
         <v>128</v>
       </c>
       <c r="CC77" t="s">
         <v>128</v>
       </c>
       <c r="CD77" t="s">
-        <v>348</v>
+        <v>274</v>
       </c>
       <c r="CE77" t="s">
-        <v>349</v>
+        <v>275</v>
       </c>
       <c r="CF77" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG77" t="s">
-        <v>329</v>
+        <v>208</v>
       </c>
       <c r="CH77" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI77" t="s">
         <v>128</v>
       </c>
       <c r="CO77" t="s">
-        <v>263</v>
+        <v>181</v>
       </c>
       <c r="CP77" t="s">
-        <v>441</v>
+        <v>283</v>
       </c>
       <c r="CQ77" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR77" t="s">
         <v>127</v>
       </c>
       <c r="CS77" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT77" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU77" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV77" t="s">
-        <v>351</v>
+        <v>549</v>
       </c>
       <c r="CW77" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="78" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>124</v>
       </c>
       <c r="C78" t="s">
         <v>125</v>
       </c>
       <c r="D78" t="s">
         <v>126</v>
       </c>
       <c r="E78" t="s">
         <v>127</v>
       </c>
       <c r="F78" t="s">
         <v>127</v>
       </c>
       <c r="G78" t="s">
         <v>128</v>
       </c>
       <c r="H78" t="s">
         <v>128</v>
       </c>
       <c r="I78" t="s">
         <v>129</v>
       </c>
       <c r="J78" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L78" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N78" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="O78">
         <v>1</v>
       </c>
       <c r="P78" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="Q78" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="R78" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S78" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="T78">
         <v>2</v>
       </c>
       <c r="U78" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V78" t="s">
         <v>128</v>
       </c>
       <c r="W78" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X78">
         <v>252</v>
       </c>
       <c r="Y78">
-        <v>0.21457300000000001</v>
+        <v>0.22029000000000001</v>
       </c>
       <c r="Z78" t="s">
         <v>128</v>
       </c>
       <c r="AE78" t="s">
         <v>128</v>
       </c>
       <c r="AF78">
         <v>5</v>
       </c>
       <c r="AG78" t="s">
         <v>128</v>
       </c>
       <c r="AH78">
         <v>5</v>
       </c>
       <c r="AI78">
         <v>1</v>
       </c>
       <c r="AJ78">
         <v>5</v>
       </c>
       <c r="AK78" t="s">
         <v>128</v>
       </c>
       <c r="AM78" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN78">
-        <v>-0.38311309999999998</v>
+        <v>-0.35741139999999999</v>
       </c>
       <c r="AP78">
-        <v>-4.20028E-2</v>
+        <v>-6.6609199999999993E-2</v>
       </c>
       <c r="AQ78" t="s">
         <v>128</v>
       </c>
       <c r="AS78">
-        <v>0.1212609</v>
+        <v>3.8545999999999997E-2</v>
       </c>
       <c r="AU78">
-        <v>0.15468370000000001</v>
+        <v>0.1473546</v>
       </c>
       <c r="AV78" t="s">
         <v>128</v>
       </c>
       <c r="AX78">
-        <v>0.89765119999999998</v>
+        <v>0.77397389999999999</v>
       </c>
       <c r="AZ78">
-        <v>0.28544449999999999</v>
+        <v>0.26678230000000003</v>
       </c>
       <c r="BA78" t="s">
         <v>128</v>
       </c>
       <c r="BC78">
-        <v>-0.66355649999999999</v>
+        <v>-0.70626889999999998</v>
       </c>
       <c r="BE78">
-        <v>-0.26409100000000002</v>
+        <v>-0.2777018</v>
       </c>
       <c r="BF78" t="s">
         <v>128</v>
       </c>
       <c r="BN78" t="s">
         <v>127</v>
       </c>
       <c r="BO78" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="BP78" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="BQ78">
         <v>3</v>
       </c>
       <c r="BR78">
         <v>10000</v>
       </c>
       <c r="BS78">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT78">
         <v>0</v>
       </c>
       <c r="BU78">
         <v>0</v>
       </c>
       <c r="BV78">
         <v>0</v>
       </c>
       <c r="BW78">
         <v>0</v>
       </c>
       <c r="BX78" t="s">
         <v>128</v>
       </c>
       <c r="BY78">
-        <v>5.7999999999999996E-3</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ78">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA78" t="s">
         <v>128</v>
       </c>
       <c r="CC78" t="s">
         <v>128</v>
       </c>
       <c r="CD78" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="CE78" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="CF78" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG78" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="CH78" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI78" t="s">
         <v>128</v>
       </c>
       <c r="CO78" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="CP78" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="CQ78" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR78" t="s">
         <v>127</v>
       </c>
       <c r="CS78" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT78" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU78" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV78" t="s">
-        <v>402</v>
+        <v>607</v>
       </c>
       <c r="CW78" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="79" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>124</v>
       </c>
       <c r="C79" t="s">
         <v>125</v>
       </c>
       <c r="D79" t="s">
         <v>126</v>
       </c>
       <c r="E79" t="s">
         <v>127</v>
       </c>
       <c r="F79" t="s">
         <v>127</v>
       </c>
       <c r="G79" t="s">
         <v>128</v>
       </c>
       <c r="H79" t="s">
         <v>128</v>
       </c>
       <c r="I79" t="s">
         <v>129</v>
       </c>
       <c r="J79" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K79" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L79" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N79" t="s">
         <v>691</v>
       </c>
       <c r="O79">
         <v>1</v>
       </c>
       <c r="P79" t="s">
         <v>692</v>
       </c>
       <c r="Q79" t="s">
-        <v>212</v>
+        <v>157</v>
       </c>
       <c r="R79" t="s">
-        <v>173</v>
+        <v>693</v>
       </c>
       <c r="S79" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="T79">
         <v>2</v>
       </c>
       <c r="U79" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V79" t="s">
         <v>128</v>
       </c>
       <c r="W79" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X79">
         <v>252</v>
       </c>
       <c r="Y79">
-        <v>0.200765</v>
+        <v>0.19611700000000001</v>
       </c>
       <c r="Z79" t="s">
         <v>128</v>
       </c>
       <c r="AE79" t="s">
         <v>128</v>
       </c>
       <c r="AF79">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG79" t="s">
         <v>128</v>
       </c>
       <c r="AH79">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI79">
         <v>1</v>
       </c>
       <c r="AJ79">
         <v>5</v>
       </c>
       <c r="AK79" t="s">
         <v>128</v>
       </c>
       <c r="AM79" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN79">
-        <v>-0.24255979999999999</v>
+        <v>-0.29108519999999999</v>
       </c>
       <c r="AP79">
-        <v>-7.4912400000000004E-2</v>
+        <v>-2.37728E-2</v>
       </c>
       <c r="AQ79" t="s">
         <v>128</v>
       </c>
       <c r="AS79">
-        <v>1.0640800000000001E-2</v>
+        <v>0.15177260000000001</v>
       </c>
       <c r="AU79">
-        <v>5.2086300000000002E-2</v>
+        <v>8.7350999999999998E-2</v>
       </c>
       <c r="AV79" t="s">
         <v>128</v>
       </c>
       <c r="AX79">
-        <v>0.34381820000000002</v>
+        <v>0.51881659999999996</v>
       </c>
       <c r="AZ79">
-        <v>0.1956909</v>
+        <v>0.2262786</v>
       </c>
       <c r="BA79" t="s">
         <v>128</v>
       </c>
       <c r="BC79">
-        <v>-0.83198680000000003</v>
+        <v>-0.68896020000000002</v>
       </c>
       <c r="BE79">
-        <v>-0.25232710000000003</v>
+        <v>-0.25953619999999999</v>
       </c>
       <c r="BF79" t="s">
         <v>128</v>
       </c>
       <c r="BN79" t="s">
         <v>127</v>
       </c>
       <c r="BO79" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="BP79" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="BQ79">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="BR79">
         <v>10000</v>
       </c>
       <c r="BS79">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT79">
         <v>0</v>
       </c>
       <c r="BU79">
         <v>0</v>
       </c>
       <c r="BV79">
         <v>0</v>
       </c>
       <c r="BW79">
         <v>0</v>
       </c>
       <c r="BX79" t="s">
         <v>128</v>
       </c>
       <c r="BY79">
-        <v>1.6799999999999999E-2</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ79">
-        <v>2.2000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="CA79" t="s">
         <v>128</v>
       </c>
       <c r="CC79" t="s">
         <v>128</v>
       </c>
       <c r="CD79" t="s">
-        <v>271</v>
+        <v>329</v>
       </c>
       <c r="CE79" t="s">
-        <v>272</v>
+        <v>330</v>
       </c>
       <c r="CF79" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG79" t="s">
-        <v>206</v>
+        <v>331</v>
       </c>
       <c r="CH79" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI79" t="s">
         <v>128</v>
       </c>
       <c r="CO79" t="s">
-        <v>180</v>
+        <v>209</v>
       </c>
       <c r="CP79" t="s">
-        <v>281</v>
+        <v>339</v>
       </c>
       <c r="CQ79" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR79" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS79" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT79" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU79" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV79" t="s">
-        <v>554</v>
+        <v>333</v>
       </c>
       <c r="CW79" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="80" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
         <v>124</v>
       </c>
       <c r="C80" t="s">
         <v>125</v>
       </c>
       <c r="D80" t="s">
         <v>126</v>
       </c>
       <c r="E80" t="s">
         <v>127</v>
       </c>
       <c r="F80" t="s">
         <v>127</v>
       </c>
       <c r="G80" t="s">
         <v>128</v>
       </c>
       <c r="H80" t="s">
         <v>128</v>
       </c>
       <c r="I80" t="s">
         <v>129</v>
       </c>
       <c r="J80" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K80" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L80" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N80" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="O80">
         <v>1</v>
       </c>
       <c r="P80" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="Q80" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R80" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S80" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="T80">
         <v>2</v>
       </c>
       <c r="U80" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V80" t="s">
         <v>128</v>
       </c>
       <c r="W80" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X80">
         <v>252</v>
       </c>
       <c r="Y80">
-        <v>0.220613</v>
+        <v>0.20952499999999999</v>
       </c>
       <c r="Z80" t="s">
         <v>128</v>
       </c>
       <c r="AE80" t="s">
         <v>128</v>
       </c>
       <c r="AF80">
         <v>5</v>
       </c>
       <c r="AG80" t="s">
         <v>128</v>
       </c>
       <c r="AH80">
         <v>5</v>
       </c>
       <c r="AI80">
         <v>1</v>
       </c>
       <c r="AJ80">
         <v>5</v>
       </c>
       <c r="AK80" t="s">
         <v>128</v>
       </c>
       <c r="AM80" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN80">
-        <v>-0.35741139999999999</v>
+        <v>-0.39791599999999999</v>
       </c>
       <c r="AP80">
-        <v>-6.6609199999999993E-2</v>
+        <v>-5.1090999999999998E-2</v>
       </c>
       <c r="AQ80" t="s">
         <v>128</v>
       </c>
       <c r="AS80">
-        <v>3.8545999999999997E-2</v>
+        <v>8.3555000000000004E-2</v>
       </c>
       <c r="AU80">
-        <v>0.1473546</v>
+        <v>5.577E-2</v>
       </c>
       <c r="AV80" t="s">
         <v>128</v>
       </c>
       <c r="AX80">
-        <v>0.77397389999999999</v>
+        <v>0.78574140000000003</v>
       </c>
       <c r="AZ80">
-        <v>0.26678230000000003</v>
+        <v>0.23084489999999999</v>
       </c>
       <c r="BA80" t="s">
         <v>128</v>
       </c>
       <c r="BC80">
-        <v>-0.70626889999999998</v>
+        <v>-0.83845250000000004</v>
       </c>
       <c r="BE80">
-        <v>-0.2777018</v>
+        <v>-0.29354449999999999</v>
       </c>
       <c r="BF80" t="s">
         <v>128</v>
       </c>
       <c r="BN80" t="s">
         <v>127</v>
       </c>
       <c r="BO80" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="BP80" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="BQ80">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR80">
         <v>10000</v>
       </c>
       <c r="BS80">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT80">
         <v>0</v>
       </c>
       <c r="BU80">
         <v>0</v>
       </c>
       <c r="BV80">
         <v>0</v>
       </c>
       <c r="BW80">
         <v>0</v>
       </c>
       <c r="BX80" t="s">
         <v>128</v>
       </c>
       <c r="BY80">
-        <v>1.5800000000000002E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ80">
-        <v>1.1000000000000001E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA80" t="s">
         <v>128</v>
       </c>
       <c r="CC80" t="s">
         <v>128</v>
       </c>
       <c r="CD80" t="s">
-        <v>260</v>
+        <v>178</v>
       </c>
       <c r="CE80" t="s">
-        <v>261</v>
+        <v>179</v>
       </c>
       <c r="CF80" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG80" t="s">
-        <v>262</v>
+        <v>180</v>
       </c>
       <c r="CH80" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI80" t="s">
         <v>128</v>
       </c>
       <c r="CO80" t="s">
-        <v>263</v>
+        <v>702</v>
       </c>
       <c r="CP80" t="s">
-        <v>690</v>
+        <v>548</v>
       </c>
       <c r="CQ80" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="CR80" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS80" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT80" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU80" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV80" t="s">
-        <v>612</v>
+        <v>185</v>
       </c>
       <c r="CW80" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="81" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>123</v>
       </c>
       <c r="B81" t="s">
         <v>124</v>
       </c>
       <c r="C81" t="s">
         <v>125</v>
       </c>
       <c r="D81" t="s">
         <v>126</v>
       </c>
       <c r="E81" t="s">
         <v>127</v>
       </c>
       <c r="F81" t="s">
         <v>127</v>
       </c>
       <c r="G81" t="s">
         <v>128</v>
       </c>
       <c r="H81" t="s">
         <v>128</v>
       </c>
       <c r="I81" t="s">
         <v>129</v>
       </c>
       <c r="J81" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K81" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L81" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N81" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="Q81" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="R81" t="s">
-        <v>703</v>
+        <v>363</v>
       </c>
       <c r="S81" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="T81">
         <v>2</v>
       </c>
       <c r="U81" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V81" t="s">
         <v>128</v>
       </c>
       <c r="W81" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X81">
         <v>252</v>
       </c>
       <c r="Y81">
-        <v>0.19753100000000001</v>
+        <v>0.21254400000000001</v>
       </c>
       <c r="Z81" t="s">
         <v>128</v>
       </c>
       <c r="AE81" t="s">
         <v>128</v>
       </c>
       <c r="AF81">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG81" t="s">
         <v>128</v>
       </c>
       <c r="AH81">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI81">
         <v>1</v>
       </c>
       <c r="AJ81">
         <v>5</v>
       </c>
       <c r="AK81" t="s">
         <v>128</v>
       </c>
       <c r="AM81" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN81">
-        <v>-0.29108519999999999</v>
+        <v>-0.39251570000000002</v>
       </c>
       <c r="AP81">
-        <v>-2.37728E-2</v>
+        <v>-5.9966499999999999E-2</v>
       </c>
       <c r="AQ81" t="s">
         <v>128</v>
       </c>
       <c r="AS81">
-        <v>0.15177260000000001</v>
+        <v>7.2455000000000006E-2</v>
       </c>
       <c r="AU81">
-        <v>8.7350999999999998E-2</v>
+        <v>1.8920699999999999E-2</v>
       </c>
       <c r="AV81" t="s">
         <v>128</v>
       </c>
       <c r="AX81">
-        <v>0.51881659999999996</v>
+        <v>0.56315919999999997</v>
       </c>
       <c r="AZ81">
-        <v>0.2262786</v>
+        <v>0.16931189999999999</v>
       </c>
       <c r="BA81" t="s">
         <v>128</v>
       </c>
       <c r="BC81">
-        <v>-0.68896020000000002</v>
+        <v>-0.6275849</v>
       </c>
       <c r="BE81">
-        <v>-0.25953619999999999</v>
+        <v>-0.22811010000000001</v>
       </c>
       <c r="BF81" t="s">
         <v>128</v>
       </c>
       <c r="BN81" t="s">
         <v>127</v>
       </c>
       <c r="BO81" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="BP81" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="BQ81">
         <v>7</v>
       </c>
       <c r="BR81">
         <v>10000</v>
       </c>
       <c r="BS81">
         <v>0</v>
       </c>
       <c r="BT81">
         <v>0</v>
       </c>
       <c r="BU81">
         <v>0</v>
       </c>
       <c r="BV81">
         <v>0</v>
       </c>
       <c r="BW81">
         <v>0</v>
       </c>
       <c r="BX81" t="s">
         <v>128</v>
       </c>
       <c r="BY81">
-        <v>6.6E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ81">
-        <v>1E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA81" t="s">
         <v>128</v>
       </c>
       <c r="CC81" t="s">
         <v>128</v>
       </c>
       <c r="CD81" t="s">
-        <v>327</v>
+        <v>143</v>
       </c>
       <c r="CE81" t="s">
-        <v>328</v>
+        <v>144</v>
       </c>
       <c r="CF81" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG81" t="s">
-        <v>329</v>
+        <v>146</v>
       </c>
       <c r="CH81" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI81" t="s">
         <v>128</v>
       </c>
       <c r="CO81" t="s">
-        <v>207</v>
+        <v>708</v>
       </c>
       <c r="CP81" t="s">
-        <v>336</v>
+        <v>709</v>
       </c>
       <c r="CQ81" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR81" t="s">
         <v>128</v>
       </c>
       <c r="CS81" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT81" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU81" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV81" t="s">
-        <v>221</v>
+        <v>710</v>
       </c>
       <c r="CW81" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="82" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>123</v>
       </c>
       <c r="B82" t="s">
         <v>124</v>
       </c>
       <c r="C82" t="s">
         <v>125</v>
       </c>
       <c r="D82" t="s">
         <v>126</v>
       </c>
       <c r="E82" t="s">
         <v>127</v>
       </c>
       <c r="F82" t="s">
         <v>127</v>
       </c>
       <c r="G82" t="s">
         <v>128</v>
       </c>
       <c r="H82" t="s">
         <v>128</v>
       </c>
       <c r="I82" t="s">
         <v>129</v>
       </c>
       <c r="J82" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K82" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L82" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N82" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="Q82" t="s">
-        <v>212</v>
+        <v>235</v>
       </c>
       <c r="R82" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S82" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="T82">
         <v>2</v>
       </c>
       <c r="U82" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V82" t="s">
         <v>128</v>
       </c>
       <c r="W82" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X82">
         <v>252</v>
       </c>
       <c r="Y82">
-        <v>0.20968999999999999</v>
+        <v>0.19072700000000001</v>
       </c>
       <c r="Z82" t="s">
         <v>128</v>
       </c>
       <c r="AE82" t="s">
         <v>128</v>
       </c>
       <c r="AF82">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG82" t="s">
         <v>128</v>
       </c>
       <c r="AH82">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI82">
         <v>1</v>
       </c>
       <c r="AJ82">
         <v>5</v>
       </c>
       <c r="AK82" t="s">
         <v>128</v>
       </c>
       <c r="AM82" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN82">
-        <v>-0.39791599999999999</v>
+        <v>-0.34662090000000001</v>
       </c>
       <c r="AP82">
-        <v>-5.1090999999999998E-2</v>
+        <v>-7.6106999999999998E-3</v>
       </c>
       <c r="AQ82" t="s">
         <v>128</v>
       </c>
       <c r="AS82">
-        <v>8.3555000000000004E-2</v>
+        <v>0.15769900000000001</v>
       </c>
       <c r="AU82">
-        <v>5.577E-2</v>
+        <v>9.3725100000000006E-2</v>
       </c>
       <c r="AV82" t="s">
         <v>128</v>
       </c>
       <c r="AX82">
-        <v>0.78574140000000003</v>
+        <v>0.50824740000000002</v>
       </c>
       <c r="AZ82">
-        <v>0.23084489999999999</v>
+        <v>0.20855080000000001</v>
       </c>
       <c r="BA82" t="s">
         <v>128</v>
       </c>
       <c r="BC82">
-        <v>-0.83845250000000004</v>
+        <v>-0.67877730000000003</v>
       </c>
       <c r="BE82">
-        <v>-0.29354449999999999</v>
+        <v>-0.25137880000000001</v>
       </c>
       <c r="BF82" t="s">
         <v>128</v>
       </c>
       <c r="BN82" t="s">
         <v>127</v>
       </c>
       <c r="BO82" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="BP82" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="BQ82">
         <v>7</v>
       </c>
       <c r="BR82">
         <v>10000</v>
       </c>
       <c r="BS82">
         <v>0</v>
       </c>
       <c r="BT82">
         <v>0</v>
       </c>
       <c r="BU82">
         <v>0</v>
       </c>
       <c r="BV82">
         <v>0</v>
       </c>
       <c r="BW82">
         <v>0</v>
       </c>
       <c r="BX82" t="s">
         <v>128</v>
       </c>
       <c r="BY82">
-        <v>8.2000000000000007E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ82">
-        <v>8.9999999999999998E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="CA82" t="s">
         <v>128</v>
       </c>
       <c r="CC82" t="s">
         <v>128</v>
       </c>
       <c r="CD82" t="s">
-        <v>177</v>
+        <v>329</v>
       </c>
       <c r="CE82" t="s">
-        <v>178</v>
+        <v>330</v>
       </c>
       <c r="CF82" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG82" t="s">
-        <v>179</v>
+        <v>331</v>
       </c>
       <c r="CH82" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI82" t="s">
         <v>128</v>
       </c>
       <c r="CO82" t="s">
-        <v>712</v>
+        <v>443</v>
       </c>
       <c r="CP82" t="s">
-        <v>219</v>
+        <v>377</v>
       </c>
       <c r="CQ82" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR82" t="s">
         <v>128</v>
       </c>
       <c r="CS82" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT82" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU82" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV82" t="s">
-        <v>184</v>
+        <v>333</v>
       </c>
       <c r="CW82" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>123</v>
       </c>
       <c r="B83" t="s">
         <v>124</v>
       </c>
       <c r="C83" t="s">
         <v>125</v>
       </c>
       <c r="D83" t="s">
         <v>126</v>
       </c>
       <c r="E83" t="s">
         <v>127</v>
       </c>
       <c r="F83" t="s">
         <v>127</v>
       </c>
       <c r="G83" t="s">
         <v>128</v>
       </c>
       <c r="H83" t="s">
         <v>128</v>
       </c>
       <c r="I83" t="s">
         <v>129</v>
       </c>
       <c r="J83" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K83" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L83" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N83" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="O83">
         <v>1</v>
       </c>
       <c r="P83" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="Q83" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R83" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="S83" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="T83">
         <v>2</v>
       </c>
       <c r="U83" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V83" t="s">
         <v>128</v>
       </c>
       <c r="W83" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X83">
         <v>252</v>
       </c>
       <c r="Y83">
-        <v>0.21176400000000001</v>
+        <v>0.20757300000000001</v>
       </c>
       <c r="Z83" t="s">
         <v>128</v>
       </c>
       <c r="AE83" t="s">
         <v>128</v>
       </c>
       <c r="AF83">
         <v>5</v>
       </c>
       <c r="AG83" t="s">
         <v>128</v>
       </c>
       <c r="AH83">
         <v>5</v>
       </c>
       <c r="AI83">
         <v>1</v>
       </c>
       <c r="AJ83">
         <v>5</v>
       </c>
       <c r="AK83" t="s">
         <v>128</v>
       </c>
       <c r="AM83" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN83">
-        <v>-0.39251570000000002</v>
+        <v>-0.2353239</v>
       </c>
       <c r="AP83">
-        <v>-5.9966499999999999E-2</v>
+        <v>-1.00728E-2</v>
       </c>
       <c r="AQ83" t="s">
         <v>128</v>
       </c>
       <c r="AS83">
-        <v>7.2455000000000006E-2</v>
+        <v>0.11831899999999999</v>
       </c>
       <c r="AU83">
-        <v>1.8920699999999999E-2</v>
+        <v>7.2456800000000002E-2</v>
       </c>
       <c r="AV83" t="s">
         <v>128</v>
       </c>
       <c r="AX83">
-        <v>0.56315919999999997</v>
+        <v>0.57749680000000003</v>
       </c>
       <c r="AZ83">
-        <v>0.16931189999999999</v>
+        <v>0.14889520000000001</v>
       </c>
       <c r="BA83" t="s">
         <v>128</v>
       </c>
       <c r="BC83">
-        <v>-0.6275849</v>
+        <v>-0.74927949999999999</v>
       </c>
       <c r="BE83">
-        <v>-0.22811010000000001</v>
+        <v>-0.25007819999999997</v>
       </c>
       <c r="BF83" t="s">
         <v>128</v>
       </c>
       <c r="BN83" t="s">
         <v>127</v>
       </c>
       <c r="BO83" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="BP83" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="BQ83">
         <v>7</v>
       </c>
       <c r="BR83">
         <v>10000</v>
       </c>
       <c r="BS83">
         <v>0</v>
       </c>
       <c r="BT83">
         <v>0</v>
       </c>
       <c r="BU83">
         <v>0</v>
       </c>
       <c r="BV83">
         <v>0</v>
       </c>
       <c r="BW83">
         <v>0</v>
       </c>
       <c r="BX83" t="s">
         <v>128</v>
       </c>
       <c r="BY83">
-        <v>8.0000000000000002E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ83">
-        <v>8.4000000000000003E-4</v>
+        <v>2.8E-3</v>
       </c>
       <c r="CA83" t="s">
         <v>128</v>
       </c>
       <c r="CC83" t="s">
         <v>128</v>
       </c>
       <c r="CD83" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE83" t="s">
-        <v>143</v>
+        <v>613</v>
       </c>
       <c r="CF83" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG83" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH83" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI83" t="s">
         <v>128</v>
       </c>
       <c r="CO83" t="s">
-        <v>718</v>
+        <v>165</v>
       </c>
       <c r="CP83" t="s">
-        <v>719</v>
+        <v>166</v>
       </c>
       <c r="CQ83" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR83" t="s">
         <v>128</v>
       </c>
       <c r="CS83" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT83" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU83" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV83" t="s">
-        <v>720</v>
+        <v>185</v>
       </c>
       <c r="CW83" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>123</v>
       </c>
       <c r="B84" t="s">
         <v>124</v>
       </c>
       <c r="C84" t="s">
         <v>125</v>
       </c>
       <c r="D84" t="s">
         <v>126</v>
       </c>
       <c r="E84" t="s">
         <v>127</v>
       </c>
       <c r="F84" t="s">
         <v>127</v>
       </c>
       <c r="G84" t="s">
         <v>128</v>
       </c>
       <c r="H84" t="s">
         <v>128</v>
       </c>
       <c r="I84" t="s">
         <v>129</v>
       </c>
       <c r="J84" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K84" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L84" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N84" t="s">
         <v>721</v>
       </c>
       <c r="O84">
         <v>1</v>
       </c>
       <c r="P84" t="s">
         <v>722</v>
       </c>
       <c r="Q84" t="s">
-        <v>232</v>
+        <v>157</v>
       </c>
       <c r="R84" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S84" t="s">
         <v>723</v>
       </c>
       <c r="T84">
         <v>2</v>
       </c>
       <c r="U84" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V84" t="s">
         <v>128</v>
       </c>
       <c r="W84" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X84">
         <v>252</v>
       </c>
       <c r="Y84">
-        <v>0.19164500000000001</v>
+        <v>0.20782300000000001</v>
       </c>
       <c r="Z84" t="s">
         <v>128</v>
       </c>
       <c r="AE84" t="s">
         <v>128</v>
       </c>
       <c r="AF84">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG84" t="s">
         <v>128</v>
       </c>
       <c r="AH84">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI84">
         <v>1</v>
       </c>
       <c r="AJ84">
         <v>5</v>
       </c>
       <c r="AK84" t="s">
         <v>128</v>
       </c>
       <c r="AM84" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN84">
-        <v>-0.34662090000000001</v>
+        <v>-0.22023039999999999</v>
       </c>
       <c r="AP84">
-        <v>-7.6106999999999998E-3</v>
+        <v>-7.8277999999999993E-3</v>
       </c>
       <c r="AQ84" t="s">
         <v>128</v>
       </c>
       <c r="AS84">
-        <v>0.15769900000000001</v>
+        <v>0.13413910000000001</v>
       </c>
       <c r="AU84">
-        <v>9.3725100000000006E-2</v>
+        <v>8.4938200000000005E-2</v>
       </c>
       <c r="AV84" t="s">
         <v>128</v>
       </c>
       <c r="AX84">
-        <v>0.50824740000000002</v>
+        <v>0.58917390000000003</v>
       </c>
       <c r="AZ84">
-        <v>0.20855080000000001</v>
+        <v>0.144487</v>
       </c>
       <c r="BA84" t="s">
         <v>128</v>
       </c>
       <c r="BC84">
-        <v>-0.67877730000000003</v>
+        <v>-0.75121950000000004</v>
       </c>
       <c r="BE84">
-        <v>-0.25137880000000001</v>
+        <v>-0.25085059999999998</v>
       </c>
       <c r="BF84" t="s">
         <v>128</v>
       </c>
       <c r="BN84" t="s">
         <v>127</v>
       </c>
       <c r="BO84" t="s">
         <v>724</v>
       </c>
       <c r="BP84" t="s">
         <v>725</v>
       </c>
       <c r="BQ84">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="BR84">
         <v>10000</v>
       </c>
       <c r="BS84">
         <v>0</v>
       </c>
       <c r="BT84">
         <v>0</v>
       </c>
       <c r="BU84">
         <v>0</v>
       </c>
       <c r="BV84">
         <v>0</v>
       </c>
       <c r="BW84">
         <v>0</v>
       </c>
       <c r="BX84" t="s">
         <v>128</v>
       </c>
       <c r="BY84">
-        <v>6.6E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ84">
-        <v>1E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="CA84" t="s">
         <v>128</v>
       </c>
       <c r="CC84" t="s">
         <v>128</v>
       </c>
       <c r="CD84" t="s">
-        <v>327</v>
+        <v>143</v>
       </c>
       <c r="CE84" t="s">
-        <v>328</v>
+        <v>613</v>
       </c>
       <c r="CF84" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG84" t="s">
-        <v>329</v>
+        <v>146</v>
       </c>
       <c r="CH84" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI84" t="s">
         <v>128</v>
       </c>
       <c r="CO84" t="s">
-        <v>440</v>
+        <v>165</v>
       </c>
       <c r="CP84" t="s">
-        <v>375</v>
+        <v>726</v>
       </c>
       <c r="CQ84" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="CR84" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS84" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT84" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU84" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV84" t="s">
-        <v>221</v>
+        <v>185</v>
       </c>
       <c r="CW84" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="85" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>123</v>
       </c>
       <c r="B85" t="s">
         <v>124</v>
       </c>
       <c r="C85" t="s">
         <v>125</v>
       </c>
       <c r="D85" t="s">
         <v>126</v>
       </c>
       <c r="E85" t="s">
         <v>127</v>
       </c>
       <c r="F85" t="s">
         <v>127</v>
       </c>
       <c r="G85" t="s">
         <v>128</v>
       </c>
       <c r="H85" t="s">
         <v>128</v>
       </c>
       <c r="I85" t="s">
         <v>129</v>
       </c>
       <c r="J85" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K85" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L85" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N85" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="O85">
         <v>1</v>
       </c>
       <c r="P85" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="Q85" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R85" t="s">
-        <v>361</v>
+        <v>136</v>
       </c>
       <c r="S85" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="T85">
         <v>2</v>
       </c>
       <c r="U85" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V85" t="s">
         <v>128</v>
       </c>
       <c r="W85" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X85">
         <v>252</v>
       </c>
       <c r="Y85">
-        <v>0.20662700000000001</v>
+        <v>0.20755899999999999</v>
       </c>
       <c r="Z85" t="s">
         <v>128</v>
       </c>
       <c r="AE85" t="s">
         <v>128</v>
       </c>
       <c r="AF85">
         <v>5</v>
       </c>
       <c r="AG85" t="s">
         <v>128</v>
       </c>
       <c r="AH85">
         <v>5</v>
       </c>
       <c r="AI85">
         <v>1</v>
       </c>
       <c r="AJ85">
         <v>5</v>
       </c>
       <c r="AK85" t="s">
         <v>128</v>
       </c>
       <c r="AM85" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN85">
-        <v>-0.2353239</v>
+        <v>-0.2730938</v>
       </c>
       <c r="AP85">
-        <v>-1.00728E-2</v>
+        <v>-2.2021700000000002E-2</v>
       </c>
       <c r="AQ85" t="s">
         <v>128</v>
       </c>
       <c r="AS85">
-        <v>0.11831899999999999</v>
+        <v>4.1959299999999998E-2</v>
       </c>
       <c r="AU85">
-        <v>7.2456800000000002E-2</v>
+        <v>5.2803500000000003E-2</v>
       </c>
       <c r="AV85" t="s">
         <v>128</v>
       </c>
       <c r="AX85">
-        <v>0.57749680000000003</v>
+        <v>0.39528550000000001</v>
       </c>
       <c r="AZ85">
-        <v>0.14889520000000001</v>
+        <v>0.1117229</v>
       </c>
       <c r="BA85" t="s">
         <v>128</v>
       </c>
       <c r="BC85">
-        <v>-0.74927949999999999</v>
+        <v>-0.76189150000000005</v>
       </c>
       <c r="BE85">
-        <v>-0.25007819999999997</v>
+        <v>-0.25783030000000001</v>
       </c>
       <c r="BF85" t="s">
         <v>128</v>
       </c>
       <c r="BN85" t="s">
         <v>127</v>
       </c>
       <c r="BO85" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="BP85" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="BQ85">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR85">
         <v>10000</v>
       </c>
       <c r="BS85">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT85">
         <v>0</v>
       </c>
       <c r="BU85">
         <v>0</v>
       </c>
       <c r="BV85">
         <v>0</v>
       </c>
       <c r="BW85">
         <v>0</v>
       </c>
       <c r="BX85" t="s">
         <v>128</v>
       </c>
       <c r="BY85">
-        <v>8.2000000000000007E-3</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BZ85">
-        <v>2.8E-3</v>
+        <v>2.7000000000000001E-3</v>
       </c>
       <c r="CA85" t="s">
         <v>128</v>
       </c>
       <c r="CC85" t="s">
         <v>128</v>
       </c>
       <c r="CD85" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE85" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="CF85" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG85" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH85" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI85" t="s">
         <v>128</v>
       </c>
       <c r="CO85" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP85" t="s">
-        <v>165</v>
+        <v>429</v>
       </c>
       <c r="CQ85" t="s">
-        <v>208</v>
+        <v>150</v>
       </c>
       <c r="CR85" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS85" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT85" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU85" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV85" t="s">
-        <v>184</v>
+        <v>370</v>
       </c>
       <c r="CW85" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="86" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>123</v>
       </c>
       <c r="B86" t="s">
         <v>124</v>
       </c>
       <c r="C86" t="s">
         <v>125</v>
       </c>
       <c r="D86" t="s">
         <v>126</v>
       </c>
       <c r="E86" t="s">
         <v>127</v>
       </c>
       <c r="F86" t="s">
         <v>127</v>
       </c>
       <c r="G86" t="s">
         <v>128</v>
       </c>
       <c r="H86" t="s">
         <v>128</v>
       </c>
       <c r="I86" t="s">
         <v>129</v>
       </c>
       <c r="J86" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K86" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L86" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N86" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="O86">
         <v>1</v>
       </c>
       <c r="P86" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="Q86" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="R86" t="s">
-        <v>361</v>
+        <v>174</v>
       </c>
       <c r="S86" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="T86">
         <v>2</v>
       </c>
       <c r="U86" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V86" t="s">
         <v>128</v>
       </c>
       <c r="W86" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X86">
         <v>252</v>
       </c>
       <c r="Y86">
-        <v>0.20686099999999999</v>
+        <v>0.20616899999999999</v>
       </c>
       <c r="Z86" t="s">
         <v>128</v>
       </c>
       <c r="AE86" t="s">
         <v>128</v>
       </c>
       <c r="AF86">
         <v>5</v>
       </c>
       <c r="AG86" t="s">
         <v>128</v>
       </c>
       <c r="AH86">
         <v>5</v>
       </c>
       <c r="AI86">
         <v>1</v>
       </c>
       <c r="AJ86">
         <v>5</v>
       </c>
       <c r="AK86" t="s">
         <v>128</v>
       </c>
       <c r="AM86" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN86">
-        <v>-0.22023039999999999</v>
+        <v>-0.32736520000000002</v>
       </c>
       <c r="AP86">
-        <v>-7.8277999999999993E-3</v>
+        <v>-3.5019399999999999E-2</v>
       </c>
       <c r="AQ86" t="s">
         <v>128</v>
       </c>
       <c r="AS86">
-        <v>0.13413910000000001</v>
+        <v>9.68995E-2</v>
       </c>
       <c r="AU86">
-        <v>8.4938200000000005E-2</v>
+        <v>9.8050200000000004E-2</v>
       </c>
       <c r="AV86" t="s">
         <v>128</v>
       </c>
       <c r="AX86">
-        <v>0.58917390000000003</v>
+        <v>0.68096040000000002</v>
       </c>
       <c r="AZ86">
-        <v>0.144487</v>
+        <v>0.2079696</v>
       </c>
       <c r="BA86" t="s">
         <v>128</v>
       </c>
       <c r="BC86">
-        <v>-0.75121950000000004</v>
+        <v>-0.85977840000000005</v>
       </c>
       <c r="BE86">
-        <v>-0.25085059999999998</v>
+        <v>-0.31459290000000001</v>
       </c>
       <c r="BF86" t="s">
         <v>128</v>
       </c>
       <c r="BN86" t="s">
         <v>127</v>
       </c>
       <c r="BO86" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="BP86" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="BQ86">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="BR86">
         <v>10000</v>
       </c>
       <c r="BS86">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT86">
         <v>0</v>
       </c>
       <c r="BU86">
         <v>0</v>
       </c>
       <c r="BV86">
         <v>0</v>
       </c>
       <c r="BW86">
         <v>0</v>
       </c>
       <c r="BX86" t="s">
         <v>128</v>
       </c>
       <c r="BY86">
-        <v>8.2000000000000007E-3</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ86">
-        <v>2.2000000000000001E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA86" t="s">
         <v>128</v>
       </c>
       <c r="CC86" t="s">
         <v>128</v>
       </c>
       <c r="CD86" t="s">
-        <v>142</v>
+        <v>389</v>
       </c>
       <c r="CE86" t="s">
-        <v>618</v>
+        <v>435</v>
       </c>
       <c r="CF86" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG86" t="s">
-        <v>145</v>
+        <v>331</v>
       </c>
       <c r="CH86" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI86" t="s">
         <v>128</v>
       </c>
       <c r="CO86" t="s">
-        <v>164</v>
+        <v>416</v>
       </c>
       <c r="CP86" t="s">
-        <v>736</v>
+        <v>619</v>
       </c>
       <c r="CQ86" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR86" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS86" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT86" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU86" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV86" t="s">
-        <v>184</v>
+        <v>626</v>
       </c>
       <c r="CW86" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>124</v>
       </c>
       <c r="C87" t="s">
         <v>125</v>
       </c>
       <c r="D87" t="s">
         <v>126</v>
       </c>
       <c r="E87" t="s">
         <v>127</v>
       </c>
       <c r="F87" t="s">
         <v>127</v>
       </c>
       <c r="G87" t="s">
         <v>128</v>
       </c>
       <c r="H87" t="s">
         <v>128</v>
       </c>
       <c r="I87" t="s">
         <v>129</v>
       </c>
       <c r="J87" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K87" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L87" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N87" t="s">
         <v>737</v>
       </c>
       <c r="O87">
         <v>1</v>
       </c>
       <c r="P87" t="s">
         <v>738</v>
       </c>
       <c r="Q87" t="s">
-        <v>224</v>
+        <v>259</v>
       </c>
       <c r="R87" t="s">
-        <v>135</v>
+        <v>363</v>
       </c>
       <c r="S87" t="s">
         <v>739</v>
       </c>
       <c r="T87">
         <v>2</v>
       </c>
       <c r="U87" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V87" t="s">
         <v>128</v>
       </c>
       <c r="W87" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X87">
         <v>252</v>
       </c>
       <c r="Y87">
-        <v>0.20661299999999999</v>
+        <v>0.20737800000000001</v>
       </c>
       <c r="Z87" t="s">
         <v>128</v>
       </c>
       <c r="AE87" t="s">
         <v>128</v>
       </c>
       <c r="AF87">
         <v>5</v>
       </c>
       <c r="AG87" t="s">
         <v>128</v>
       </c>
       <c r="AH87">
         <v>5</v>
       </c>
       <c r="AI87">
         <v>1</v>
       </c>
       <c r="AJ87">
         <v>5</v>
       </c>
       <c r="AK87" t="s">
         <v>128</v>
       </c>
       <c r="AM87" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN87">
-        <v>-0.2730938</v>
+        <v>-0.2237923</v>
       </c>
       <c r="AP87">
-        <v>-2.2021700000000002E-2</v>
+        <v>-1.50691E-2</v>
       </c>
       <c r="AQ87" t="s">
         <v>128</v>
       </c>
       <c r="AS87">
-        <v>4.1959299999999998E-2</v>
+        <v>9.7961300000000001E-2</v>
       </c>
       <c r="AU87">
-        <v>5.2803500000000003E-2</v>
+        <v>7.2301500000000005E-2</v>
       </c>
       <c r="AV87" t="s">
         <v>128</v>
       </c>
       <c r="AX87">
-        <v>0.39528550000000001</v>
+        <v>0.59247720000000004</v>
       </c>
       <c r="AZ87">
-        <v>0.1117229</v>
+        <v>0.1601756</v>
       </c>
       <c r="BA87" t="s">
         <v>128</v>
       </c>
       <c r="BC87">
-        <v>-0.76189150000000005</v>
+        <v>-0.74908920000000001</v>
       </c>
       <c r="BE87">
-        <v>-0.25783030000000001</v>
+        <v>-0.24941579999999999</v>
       </c>
       <c r="BF87" t="s">
         <v>128</v>
       </c>
       <c r="BN87" t="s">
         <v>127</v>
       </c>
       <c r="BO87" t="s">
         <v>740</v>
       </c>
       <c r="BP87" t="s">
         <v>741</v>
       </c>
       <c r="BQ87">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="BR87">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
       <c r="BS87">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT87">
         <v>0</v>
       </c>
       <c r="BU87">
         <v>0</v>
       </c>
       <c r="BV87">
         <v>0</v>
       </c>
       <c r="BW87">
         <v>0</v>
       </c>
       <c r="BX87" t="s">
         <v>128</v>
       </c>
       <c r="BY87">
-        <v>1.72E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ87">
-        <v>2.7000000000000001E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA87" t="s">
         <v>128</v>
       </c>
       <c r="CC87" t="s">
         <v>128</v>
       </c>
       <c r="CD87" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE87" t="s">
-        <v>618</v>
+        <v>144</v>
       </c>
       <c r="CF87" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG87" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH87" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI87" t="s">
         <v>128</v>
       </c>
       <c r="CO87" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="CP87" t="s">
-        <v>426</v>
+        <v>307</v>
       </c>
       <c r="CQ87" t="s">
-        <v>149</v>
+        <v>210</v>
       </c>
       <c r="CR87" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS87" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT87" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU87" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV87" t="s">
-        <v>368</v>
+        <v>710</v>
       </c>
       <c r="CW87" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="88" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>123</v>
       </c>
       <c r="B88" t="s">
         <v>124</v>
       </c>
       <c r="C88" t="s">
         <v>125</v>
       </c>
       <c r="D88" t="s">
         <v>126</v>
       </c>
       <c r="E88" t="s">
         <v>127</v>
       </c>
       <c r="F88" t="s">
         <v>127</v>
       </c>
       <c r="G88" t="s">
         <v>128</v>
       </c>
       <c r="H88" t="s">
         <v>128</v>
       </c>
       <c r="I88" t="s">
         <v>129</v>
       </c>
       <c r="J88" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K88" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L88" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N88" t="s">
         <v>742</v>
       </c>
       <c r="O88">
         <v>1</v>
       </c>
       <c r="P88" t="s">
         <v>743</v>
       </c>
       <c r="Q88" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="R88" t="s">
-        <v>173</v>
+        <v>693</v>
       </c>
       <c r="S88" t="s">
         <v>744</v>
       </c>
       <c r="T88">
         <v>2</v>
       </c>
       <c r="U88" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V88" t="s">
         <v>128</v>
       </c>
       <c r="W88" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X88">
         <v>252</v>
       </c>
       <c r="Y88">
-        <v>0.206286</v>
+        <v>0.19611700000000001</v>
       </c>
       <c r="Z88" t="s">
         <v>128</v>
       </c>
       <c r="AE88" t="s">
         <v>128</v>
       </c>
       <c r="AF88">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG88" t="s">
         <v>128</v>
       </c>
       <c r="AH88">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI88">
         <v>1</v>
       </c>
       <c r="AJ88">
         <v>5</v>
       </c>
       <c r="AK88" t="s">
         <v>128</v>
       </c>
       <c r="AM88" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN88">
-        <v>-0.32736520000000002</v>
+        <v>-0.2910835</v>
       </c>
       <c r="AP88">
-        <v>-3.5019399999999999E-2</v>
+        <v>-2.3772499999999998E-2</v>
       </c>
       <c r="AQ88" t="s">
         <v>128</v>
       </c>
       <c r="AS88">
-        <v>9.68995E-2</v>
+        <v>0.1514605</v>
       </c>
       <c r="AU88">
-        <v>9.8050200000000004E-2</v>
+        <v>8.7238899999999994E-2</v>
       </c>
       <c r="AV88" t="s">
         <v>128</v>
       </c>
       <c r="AX88">
-        <v>0.68096040000000002</v>
+        <v>0.51881600000000005</v>
       </c>
       <c r="AZ88">
-        <v>0.2079696</v>
+        <v>0.22613279999999999</v>
       </c>
       <c r="BA88" t="s">
         <v>128</v>
       </c>
       <c r="BC88">
-        <v>-0.85977840000000005</v>
+        <v>-0.68895119999999999</v>
       </c>
       <c r="BE88">
-        <v>-0.31459290000000001</v>
+        <v>-0.25953179999999998</v>
       </c>
       <c r="BF88" t="s">
         <v>128</v>
       </c>
       <c r="BN88" t="s">
         <v>127</v>
       </c>
       <c r="BO88" t="s">
         <v>745</v>
       </c>
       <c r="BP88" t="s">
         <v>746</v>
       </c>
       <c r="BQ88">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="BR88">
         <v>10000</v>
       </c>
       <c r="BS88">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT88">
         <v>0</v>
       </c>
       <c r="BU88">
         <v>0</v>
       </c>
       <c r="BV88">
         <v>0</v>
       </c>
       <c r="BW88">
         <v>0</v>
       </c>
       <c r="BX88" t="s">
         <v>128</v>
       </c>
       <c r="BY88">
-        <v>6.9999999999999999E-4</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BZ88">
-        <v>4.8000000000000001E-4</v>
+        <v>1E-3</v>
       </c>
       <c r="CA88" t="s">
         <v>128</v>
       </c>
       <c r="CC88" t="s">
         <v>128</v>
       </c>
       <c r="CD88" t="s">
-        <v>387</v>
+        <v>329</v>
       </c>
       <c r="CE88" t="s">
-        <v>432</v>
+        <v>506</v>
       </c>
       <c r="CF88" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG88" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="CH88" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI88" t="s">
         <v>128</v>
       </c>
       <c r="CO88" t="s">
-        <v>413</v>
+        <v>209</v>
       </c>
       <c r="CP88" t="s">
-        <v>624</v>
+        <v>339</v>
       </c>
       <c r="CQ88" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
       <c r="CR88" t="s">
         <v>128</v>
       </c>
       <c r="CS88" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT88" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU88" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV88" t="s">
-        <v>631</v>
+        <v>333</v>
       </c>
       <c r="CW88" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="89" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>123</v>
       </c>
       <c r="B89" t="s">
         <v>124</v>
       </c>
       <c r="C89" t="s">
         <v>125</v>
       </c>
       <c r="D89" t="s">
         <v>126</v>
       </c>
       <c r="E89" t="s">
         <v>127</v>
       </c>
       <c r="F89" t="s">
         <v>127</v>
       </c>
       <c r="G89" t="s">
         <v>128</v>
       </c>
       <c r="H89" t="s">
         <v>128</v>
       </c>
       <c r="I89" t="s">
         <v>129</v>
       </c>
       <c r="J89" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K89" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L89" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N89" t="s">
         <v>747</v>
       </c>
       <c r="O89">
         <v>1</v>
       </c>
       <c r="P89" t="s">
         <v>748</v>
       </c>
       <c r="Q89" t="s">
-        <v>256</v>
+        <v>214</v>
       </c>
       <c r="R89" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="S89" t="s">
         <v>749</v>
       </c>
       <c r="T89">
         <v>2</v>
       </c>
       <c r="U89" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V89" t="s">
         <v>128</v>
       </c>
       <c r="W89" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X89">
         <v>252</v>
       </c>
       <c r="Y89">
-        <v>0.20643300000000001</v>
+        <v>0.36439700000000003</v>
       </c>
       <c r="Z89" t="s">
         <v>128</v>
       </c>
       <c r="AE89" t="s">
         <v>128</v>
       </c>
       <c r="AF89">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AG89" t="s">
         <v>128</v>
       </c>
       <c r="AH89">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AI89">
         <v>1</v>
       </c>
       <c r="AJ89">
         <v>5</v>
       </c>
       <c r="AK89" t="s">
         <v>128</v>
       </c>
       <c r="AM89" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN89">
-        <v>-0.2237923</v>
+        <v>-0.63638589999999995</v>
       </c>
       <c r="AP89">
-        <v>-1.50691E-2</v>
+        <v>-0.1011229</v>
       </c>
       <c r="AQ89" t="s">
         <v>128</v>
       </c>
       <c r="AS89">
-        <v>9.7961300000000001E-2</v>
+        <v>0.16130269999999999</v>
       </c>
       <c r="AU89">
-        <v>7.2301500000000005E-2</v>
+        <v>0.1097947</v>
       </c>
       <c r="AV89" t="s">
         <v>128</v>
       </c>
       <c r="AX89">
-        <v>0.59247720000000004</v>
+        <v>1.2396377999999999</v>
       </c>
       <c r="AZ89">
-        <v>0.1601756</v>
+        <v>0.404082</v>
       </c>
       <c r="BA89" t="s">
         <v>128</v>
       </c>
       <c r="BC89">
-        <v>-0.74908920000000001</v>
+        <v>-0.87590020000000002</v>
       </c>
       <c r="BE89">
-        <v>-0.24941579999999999</v>
+        <v>-0.49080889999999999</v>
       </c>
       <c r="BF89" t="s">
         <v>128</v>
       </c>
       <c r="BN89" t="s">
         <v>127</v>
       </c>
       <c r="BO89" t="s">
         <v>750</v>
       </c>
       <c r="BP89" t="s">
         <v>751</v>
       </c>
       <c r="BQ89">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="BR89">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
       <c r="BS89">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT89">
         <v>0</v>
       </c>
       <c r="BU89">
         <v>0</v>
       </c>
       <c r="BV89">
         <v>0</v>
       </c>
       <c r="BW89">
         <v>0</v>
       </c>
       <c r="BX89" t="s">
         <v>128</v>
       </c>
       <c r="BY89">
-        <v>8.0000000000000002E-3</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ89">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA89" t="s">
         <v>128</v>
       </c>
       <c r="CC89" t="s">
         <v>128</v>
       </c>
       <c r="CD89" t="s">
-        <v>142</v>
+        <v>389</v>
       </c>
       <c r="CE89" t="s">
-        <v>143</v>
+        <v>390</v>
       </c>
       <c r="CF89" t="s">
-        <v>144</v>
+        <v>207</v>
       </c>
       <c r="CG89" t="s">
-        <v>145</v>
+        <v>391</v>
       </c>
       <c r="CH89" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI89" t="s">
         <v>128</v>
       </c>
       <c r="CO89" t="s">
-        <v>164</v>
+        <v>651</v>
       </c>
       <c r="CP89" t="s">
-        <v>305</v>
+        <v>332</v>
       </c>
       <c r="CQ89" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
       <c r="CR89" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS89" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT89" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU89" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV89" t="s">
-        <v>720</v>
+        <v>652</v>
       </c>
       <c r="CW89" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="90" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>123</v>
       </c>
       <c r="B90" t="s">
         <v>124</v>
       </c>
       <c r="C90" t="s">
         <v>125</v>
       </c>
       <c r="D90" t="s">
         <v>126</v>
       </c>
       <c r="E90" t="s">
         <v>127</v>
       </c>
       <c r="F90" t="s">
         <v>127</v>
       </c>
       <c r="G90" t="s">
         <v>128</v>
       </c>
       <c r="H90" t="s">
         <v>128</v>
       </c>
       <c r="I90" t="s">
         <v>129</v>
       </c>
       <c r="J90" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L90" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N90" t="s">
         <v>752</v>
       </c>
       <c r="O90">
         <v>1</v>
       </c>
       <c r="P90" t="s">
         <v>753</v>
       </c>
       <c r="Q90" t="s">
-        <v>156</v>
+        <v>226</v>
       </c>
       <c r="R90" t="s">
-        <v>703</v>
+        <v>385</v>
       </c>
       <c r="S90" t="s">
         <v>754</v>
       </c>
       <c r="T90">
         <v>2</v>
       </c>
       <c r="U90" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V90" t="s">
         <v>128</v>
       </c>
       <c r="W90" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X90">
         <v>252</v>
       </c>
       <c r="Y90">
-        <v>0.19753000000000001</v>
+        <v>0.35320499999999999</v>
       </c>
       <c r="Z90" t="s">
         <v>128</v>
       </c>
       <c r="AE90" t="s">
         <v>128</v>
       </c>
       <c r="AF90">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG90" t="s">
         <v>128</v>
       </c>
       <c r="AH90">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI90">
         <v>1</v>
       </c>
       <c r="AJ90">
         <v>5</v>
       </c>
       <c r="AK90" t="s">
         <v>128</v>
       </c>
       <c r="AM90" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN90">
-        <v>-0.2910835</v>
+        <v>-0.58603269999999996</v>
       </c>
       <c r="AP90">
-        <v>-2.3772499999999998E-2</v>
+        <v>-8.4172800000000006E-2</v>
       </c>
       <c r="AQ90" t="s">
         <v>128</v>
       </c>
       <c r="AS90">
-        <v>0.1514605</v>
+        <v>0.1595549</v>
       </c>
       <c r="AU90">
-        <v>8.7238899999999994E-2</v>
+        <v>0.12554799999999999</v>
       </c>
       <c r="AV90" t="s">
         <v>128</v>
       </c>
       <c r="AX90">
-        <v>0.51881600000000005</v>
+        <v>1.0391064999999999</v>
       </c>
       <c r="AZ90">
-        <v>0.22613279999999999</v>
+        <v>0.37402229999999997</v>
       </c>
       <c r="BA90" t="s">
         <v>128</v>
       </c>
       <c r="BC90">
-        <v>-0.68895119999999999</v>
+        <v>-0.87150660000000002</v>
       </c>
       <c r="BE90">
-        <v>-0.25953179999999998</v>
+        <v>-0.47316459999999999</v>
       </c>
       <c r="BF90" t="s">
         <v>128</v>
       </c>
       <c r="BN90" t="s">
         <v>127</v>
       </c>
       <c r="BO90" t="s">
         <v>755</v>
       </c>
       <c r="BP90" t="s">
         <v>756</v>
       </c>
       <c r="BQ90">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="BR90">
         <v>10000</v>
       </c>
       <c r="BS90">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT90">
         <v>0</v>
       </c>
       <c r="BU90">
         <v>0</v>
       </c>
       <c r="BV90">
         <v>0</v>
       </c>
       <c r="BW90">
         <v>0</v>
       </c>
       <c r="BX90" t="s">
         <v>128</v>
       </c>
       <c r="BY90">
-        <v>6.6E-3</v>
+        <v>1.6500000000000001E-2</v>
       </c>
       <c r="BZ90">
-        <v>1E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA90" t="s">
         <v>128</v>
       </c>
       <c r="CC90" t="s">
         <v>128</v>
       </c>
       <c r="CD90" t="s">
-        <v>327</v>
+        <v>389</v>
       </c>
       <c r="CE90" t="s">
-        <v>512</v>
+        <v>390</v>
       </c>
       <c r="CF90" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="CG90" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="CH90" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI90" t="s">
         <v>128</v>
       </c>
       <c r="CO90" t="s">
-        <v>207</v>
+        <v>651</v>
       </c>
       <c r="CP90" t="s">
-        <v>336</v>
+        <v>377</v>
       </c>
       <c r="CQ90" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR90" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS90" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT90" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU90" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV90" t="s">
-        <v>221</v>
+        <v>652</v>
       </c>
       <c r="CW90" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="91" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>123</v>
       </c>
       <c r="B91" t="s">
         <v>124</v>
       </c>
       <c r="C91" t="s">
         <v>125</v>
       </c>
       <c r="D91" t="s">
         <v>126</v>
       </c>
       <c r="E91" t="s">
         <v>127</v>
       </c>
       <c r="F91" t="s">
         <v>127</v>
       </c>
       <c r="G91" t="s">
         <v>128</v>
       </c>
       <c r="H91" t="s">
         <v>128</v>
       </c>
       <c r="I91" t="s">
         <v>129</v>
       </c>
       <c r="J91" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K91" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L91" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N91" t="s">
         <v>757</v>
       </c>
       <c r="O91">
         <v>1</v>
       </c>
       <c r="P91" t="s">
         <v>758</v>
       </c>
       <c r="Q91" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R91" t="s">
-        <v>383</v>
+        <v>363</v>
       </c>
       <c r="S91" t="s">
         <v>759</v>
       </c>
       <c r="T91">
         <v>2</v>
       </c>
       <c r="U91" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V91" t="s">
         <v>128</v>
       </c>
       <c r="W91" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X91">
         <v>252</v>
       </c>
       <c r="Y91">
-        <v>0.367008</v>
+        <v>0.207731</v>
       </c>
       <c r="Z91" t="s">
         <v>128</v>
       </c>
       <c r="AE91" t="s">
         <v>128</v>
       </c>
       <c r="AF91">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AG91" t="s">
         <v>128</v>
       </c>
       <c r="AH91">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI91">
         <v>1</v>
       </c>
       <c r="AJ91">
         <v>5</v>
       </c>
       <c r="AK91" t="s">
         <v>128</v>
       </c>
       <c r="AM91" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN91">
-        <v>-0.63638589999999995</v>
+        <v>-0.23718439999999999</v>
       </c>
       <c r="AP91">
-        <v>-0.1011229</v>
+        <v>-6.7990999999999998E-3</v>
       </c>
       <c r="AQ91" t="s">
         <v>128</v>
       </c>
       <c r="AS91">
-        <v>0.16130269999999999</v>
+        <v>0.1434482</v>
       </c>
       <c r="AU91">
-        <v>0.1097947</v>
+        <v>9.3735399999999997E-2</v>
       </c>
       <c r="AV91" t="s">
         <v>128</v>
       </c>
       <c r="AX91">
-        <v>1.2396377999999999</v>
+        <v>0.59769930000000004</v>
       </c>
       <c r="AZ91">
-        <v>0.404082</v>
+        <v>0.17106640000000001</v>
       </c>
       <c r="BA91" t="s">
         <v>128</v>
       </c>
       <c r="BC91">
-        <v>-0.87590020000000002</v>
+        <v>-0.75081560000000003</v>
       </c>
       <c r="BE91">
-        <v>-0.49080889999999999</v>
+        <v>-0.25101669999999998</v>
       </c>
       <c r="BF91" t="s">
         <v>128</v>
       </c>
       <c r="BN91" t="s">
         <v>127</v>
       </c>
       <c r="BO91" t="s">
         <v>760</v>
       </c>
       <c r="BP91" t="s">
         <v>761</v>
       </c>
       <c r="BQ91">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR91">
         <v>10000</v>
       </c>
       <c r="BS91">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT91">
         <v>0</v>
       </c>
       <c r="BU91">
         <v>0</v>
       </c>
       <c r="BV91">
         <v>0</v>
       </c>
       <c r="BW91">
         <v>0</v>
       </c>
       <c r="BX91" t="s">
         <v>128</v>
       </c>
       <c r="BY91">
-        <v>1.6500000000000001E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ91">
-        <v>2.3E-3</v>
+        <v>1.6999999999999999E-3</v>
       </c>
       <c r="CA91" t="s">
         <v>128</v>
       </c>
       <c r="CC91" t="s">
         <v>128</v>
       </c>
       <c r="CD91" t="s">
-        <v>387</v>
+        <v>143</v>
       </c>
       <c r="CE91" t="s">
-        <v>388</v>
+        <v>613</v>
       </c>
       <c r="CF91" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="CG91" t="s">
-        <v>389</v>
+        <v>146</v>
       </c>
       <c r="CH91" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI91" t="s">
         <v>128</v>
       </c>
       <c r="CO91" t="s">
-        <v>656</v>
+        <v>165</v>
       </c>
       <c r="CP91" t="s">
-        <v>330</v>
+        <v>166</v>
       </c>
       <c r="CQ91" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="CR91" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS91" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT91" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU91" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV91" t="s">
-        <v>657</v>
+        <v>185</v>
       </c>
       <c r="CW91" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="92" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92" t="s">
         <v>124</v>
       </c>
       <c r="C92" t="s">
         <v>125</v>
       </c>
       <c r="D92" t="s">
         <v>126</v>
       </c>
       <c r="E92" t="s">
         <v>127</v>
       </c>
       <c r="F92" t="s">
         <v>127</v>
       </c>
       <c r="G92" t="s">
         <v>128</v>
       </c>
       <c r="H92" t="s">
         <v>128</v>
       </c>
       <c r="I92" t="s">
         <v>129</v>
       </c>
       <c r="J92" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K92" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L92" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N92" t="s">
         <v>762</v>
       </c>
       <c r="O92">
         <v>1</v>
       </c>
       <c r="P92" t="s">
         <v>763</v>
       </c>
       <c r="Q92" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R92" t="s">
-        <v>383</v>
+        <v>270</v>
       </c>
       <c r="S92" t="s">
         <v>764</v>
       </c>
       <c r="T92">
         <v>2</v>
       </c>
       <c r="U92" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V92" t="s">
         <v>128</v>
       </c>
       <c r="W92" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X92">
         <v>252</v>
       </c>
       <c r="Y92">
-        <v>0.35514499999999999</v>
+        <v>0.19378899999999999</v>
       </c>
       <c r="Z92" t="s">
         <v>128</v>
       </c>
       <c r="AE92" t="s">
         <v>128</v>
       </c>
       <c r="AF92">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG92" t="s">
         <v>128</v>
       </c>
       <c r="AH92">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI92">
         <v>1</v>
       </c>
       <c r="AJ92">
         <v>5</v>
       </c>
       <c r="AK92" t="s">
         <v>128</v>
       </c>
       <c r="AM92" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN92">
-        <v>-0.58603269999999996</v>
+        <v>-0.1660142</v>
       </c>
       <c r="AP92">
-        <v>-8.4172800000000006E-2</v>
+        <v>-4.4447100000000003E-2</v>
       </c>
       <c r="AQ92" t="s">
         <v>128</v>
       </c>
       <c r="AS92">
-        <v>0.1595549</v>
+        <v>6.6870700000000005E-2</v>
       </c>
       <c r="AU92">
-        <v>0.12554799999999999</v>
+        <v>6.6824400000000006E-2</v>
       </c>
       <c r="AV92" t="s">
         <v>128</v>
       </c>
       <c r="AX92">
-        <v>1.0391064999999999</v>
+        <v>0.36454379999999997</v>
       </c>
       <c r="AZ92">
-        <v>0.37402229999999997</v>
+        <v>0.19101070000000001</v>
       </c>
       <c r="BA92" t="s">
         <v>128</v>
       </c>
       <c r="BC92">
-        <v>-0.87150660000000002</v>
+        <v>-0.63485360000000002</v>
       </c>
       <c r="BE92">
-        <v>-0.47316459999999999</v>
+        <v>-0.22837009999999999</v>
       </c>
       <c r="BF92" t="s">
         <v>128</v>
       </c>
       <c r="BN92" t="s">
         <v>127</v>
       </c>
       <c r="BO92" t="s">
         <v>765</v>
       </c>
       <c r="BP92" t="s">
         <v>766</v>
       </c>
       <c r="BQ92">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BR92">
         <v>10000</v>
       </c>
       <c r="BS92">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT92">
         <v>0</v>
       </c>
       <c r="BU92">
         <v>0</v>
       </c>
       <c r="BV92">
         <v>0</v>
       </c>
       <c r="BW92">
         <v>0</v>
       </c>
       <c r="BX92" t="s">
         <v>128</v>
       </c>
       <c r="BY92">
-        <v>1.6500000000000001E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="BZ92">
-        <v>2.3E-3</v>
+        <v>8.9999999999999998E-4</v>
       </c>
       <c r="CA92" t="s">
         <v>128</v>
       </c>
       <c r="CC92" t="s">
         <v>128</v>
       </c>
       <c r="CD92" t="s">
-        <v>387</v>
+        <v>178</v>
       </c>
       <c r="CE92" t="s">
-        <v>388</v>
+        <v>179</v>
       </c>
       <c r="CF92" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="CG92" t="s">
-        <v>389</v>
+        <v>180</v>
       </c>
       <c r="CH92" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI92" t="s">
         <v>128</v>
       </c>
       <c r="CO92" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="CP92" t="s">
-        <v>375</v>
+        <v>658</v>
       </c>
       <c r="CQ92" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR92" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="CS92" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT92" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU92" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV92" t="s">
-        <v>657</v>
+        <v>185</v>
       </c>
       <c r="CW92" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="93" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>123</v>
       </c>
       <c r="B93" t="s">
         <v>124</v>
       </c>
       <c r="C93" t="s">
         <v>125</v>
       </c>
       <c r="D93" t="s">
         <v>126</v>
       </c>
       <c r="E93" t="s">
         <v>127</v>
       </c>
       <c r="F93" t="s">
         <v>127</v>
       </c>
       <c r="G93" t="s">
         <v>128</v>
       </c>
       <c r="H93" t="s">
         <v>128</v>
       </c>
       <c r="I93" t="s">
         <v>129</v>
       </c>
       <c r="J93" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K93" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L93" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N93" t="s">
         <v>767</v>
       </c>
       <c r="O93">
         <v>1</v>
       </c>
       <c r="P93" t="s">
         <v>768</v>
       </c>
       <c r="Q93" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R93" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="S93" t="s">
         <v>769</v>
       </c>
       <c r="T93">
         <v>2</v>
       </c>
       <c r="U93" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V93" t="s">
         <v>128</v>
       </c>
       <c r="W93" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X93">
         <v>252</v>
       </c>
       <c r="Y93">
-        <v>0.206764</v>
+        <v>0.19489899999999999</v>
       </c>
       <c r="Z93" t="s">
         <v>128</v>
       </c>
       <c r="AE93" t="s">
         <v>128</v>
       </c>
       <c r="AF93">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG93" t="s">
         <v>128</v>
       </c>
       <c r="AH93">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI93">
         <v>1</v>
       </c>
       <c r="AJ93">
         <v>5</v>
       </c>
       <c r="AK93" t="s">
         <v>128</v>
       </c>
       <c r="AM93" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN93">
-        <v>-0.23718439999999999</v>
+        <v>-0.2832171</v>
       </c>
       <c r="AP93">
-        <v>-6.7990999999999998E-3</v>
+        <v>-4.69288E-2</v>
       </c>
       <c r="AQ93" t="s">
         <v>128</v>
       </c>
       <c r="AS93">
-        <v>0.1434482</v>
+        <v>7.0208400000000004E-2</v>
       </c>
       <c r="AU93">
-        <v>9.3735399999999997E-2</v>
+        <v>2.7627599999999999E-2</v>
       </c>
       <c r="AV93" t="s">
         <v>128</v>
       </c>
       <c r="AX93">
-        <v>0.59769930000000004</v>
+        <v>0.46185310000000002</v>
       </c>
       <c r="AZ93">
-        <v>0.17106640000000001</v>
+        <v>0.14511360000000001</v>
       </c>
       <c r="BA93" t="s">
         <v>128</v>
       </c>
       <c r="BC93">
-        <v>-0.75081560000000003</v>
+        <v>-0.73406079999999996</v>
       </c>
       <c r="BE93">
-        <v>-0.25101669999999998</v>
+        <v>-0.20022190000000001</v>
       </c>
       <c r="BF93" t="s">
         <v>128</v>
       </c>
       <c r="BN93" t="s">
         <v>127</v>
       </c>
       <c r="BO93" t="s">
         <v>770</v>
       </c>
       <c r="BP93" t="s">
         <v>771</v>
       </c>
       <c r="BQ93">
         <v>7</v>
       </c>
       <c r="BR93">
         <v>10000</v>
       </c>
       <c r="BS93">
         <v>0</v>
       </c>
       <c r="BT93">
         <v>0</v>
       </c>
       <c r="BU93">
         <v>0</v>
       </c>
       <c r="BV93">
         <v>0</v>
       </c>
       <c r="BW93">
         <v>0</v>
       </c>
       <c r="BX93" t="s">
         <v>128</v>
       </c>
       <c r="BY93">
-        <v>8.2000000000000007E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ93">
-        <v>1.6999999999999999E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA93" t="s">
         <v>128</v>
       </c>
       <c r="CC93" t="s">
         <v>128</v>
       </c>
       <c r="CD93" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE93" t="s">
-        <v>618</v>
+        <v>144</v>
       </c>
       <c r="CF93" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG93" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH93" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI93" t="s">
         <v>128</v>
       </c>
       <c r="CO93" t="s">
-        <v>164</v>
+        <v>772</v>
       </c>
       <c r="CP93" t="s">
-        <v>165</v>
+        <v>392</v>
       </c>
       <c r="CQ93" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="CR93" t="s">
         <v>128</v>
       </c>
       <c r="CS93" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT93" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU93" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV93" t="s">
-        <v>184</v>
+        <v>710</v>
       </c>
       <c r="CW93" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="94" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>123</v>
       </c>
       <c r="B94" t="s">
         <v>124</v>
       </c>
       <c r="C94" t="s">
         <v>125</v>
       </c>
       <c r="D94" t="s">
         <v>126</v>
       </c>
       <c r="E94" t="s">
         <v>127</v>
       </c>
       <c r="F94" t="s">
         <v>127</v>
       </c>
       <c r="G94" t="s">
         <v>128</v>
       </c>
       <c r="H94" t="s">
         <v>128</v>
       </c>
       <c r="I94" t="s">
         <v>129</v>
       </c>
       <c r="J94" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K94" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L94" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N94" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="O94">
         <v>1</v>
       </c>
       <c r="P94" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="Q94" t="s">
-        <v>224</v>
+        <v>135</v>
       </c>
       <c r="R94" t="s">
-        <v>267</v>
+        <v>174</v>
       </c>
       <c r="S94" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="T94">
         <v>2</v>
       </c>
       <c r="U94" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V94" t="s">
         <v>128</v>
       </c>
       <c r="W94" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X94">
         <v>252</v>
       </c>
       <c r="Y94">
-        <v>0.193248</v>
+        <v>0.29017799999999999</v>
       </c>
       <c r="Z94" t="s">
         <v>128</v>
       </c>
       <c r="AE94" t="s">
         <v>128</v>
       </c>
       <c r="AF94">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG94" t="s">
         <v>128</v>
       </c>
       <c r="AH94">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI94">
         <v>1</v>
       </c>
       <c r="AJ94">
         <v>5</v>
       </c>
       <c r="AK94" t="s">
         <v>128</v>
       </c>
       <c r="AM94" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN94">
-        <v>-0.1660142</v>
+        <v>-0.51950410000000002</v>
       </c>
       <c r="AP94">
-        <v>-4.4447100000000003E-2</v>
+        <v>-8.7488499999999997E-2</v>
       </c>
       <c r="AQ94" t="s">
         <v>128</v>
       </c>
       <c r="AS94">
-        <v>6.6870700000000005E-2</v>
+        <v>1.38724E-2</v>
       </c>
       <c r="AU94">
-        <v>6.6824400000000006E-2</v>
+        <v>1.46626E-2</v>
       </c>
       <c r="AV94" t="s">
         <v>128</v>
       </c>
       <c r="AX94">
-        <v>0.36454379999999997</v>
+        <v>0.2822904</v>
       </c>
       <c r="AZ94">
-        <v>0.19101070000000001</v>
+        <v>0.11691020000000001</v>
       </c>
       <c r="BA94" t="s">
         <v>128</v>
       </c>
       <c r="BC94">
-        <v>-0.63485360000000002</v>
+        <v>-0.81110389999999999</v>
       </c>
       <c r="BE94">
-        <v>-0.22837009999999999</v>
+        <v>-0.39912170000000002</v>
       </c>
       <c r="BF94" t="s">
         <v>128</v>
       </c>
       <c r="BN94" t="s">
         <v>127</v>
       </c>
       <c r="BO94" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="BP94" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="BQ94">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR94">
         <v>10000</v>
       </c>
       <c r="BS94">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT94">
         <v>0</v>
       </c>
       <c r="BU94">
         <v>0</v>
       </c>
       <c r="BV94">
         <v>0</v>
       </c>
       <c r="BW94">
         <v>0</v>
       </c>
       <c r="BX94" t="s">
         <v>128</v>
       </c>
       <c r="BY94">
-        <v>8.2000000000000007E-3</v>
+        <v>1.55E-2</v>
       </c>
       <c r="BZ94">
-        <v>8.9999999999999998E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA94" t="s">
         <v>128</v>
       </c>
       <c r="CC94" t="s">
         <v>128</v>
       </c>
       <c r="CD94" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="CE94" t="s">
-        <v>178</v>
+        <v>305</v>
       </c>
       <c r="CF94" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG94" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="CH94" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI94" t="s">
         <v>128</v>
       </c>
       <c r="CO94" t="s">
-        <v>656</v>
+        <v>306</v>
       </c>
       <c r="CP94" t="s">
-        <v>663</v>
+        <v>495</v>
       </c>
       <c r="CQ94" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR94" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS94" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT94" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU94" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV94" t="s">
-        <v>184</v>
+        <v>308</v>
       </c>
       <c r="CW94" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="95" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>123</v>
       </c>
       <c r="B95" t="s">
         <v>124</v>
       </c>
       <c r="C95" t="s">
         <v>125</v>
       </c>
       <c r="D95" t="s">
         <v>126</v>
       </c>
       <c r="E95" t="s">
         <v>127</v>
       </c>
       <c r="F95" t="s">
         <v>127</v>
       </c>
       <c r="G95" t="s">
         <v>128</v>
       </c>
       <c r="H95" t="s">
         <v>128</v>
       </c>
       <c r="I95" t="s">
         <v>129</v>
       </c>
       <c r="J95" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K95" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L95" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N95" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="O95">
         <v>1</v>
       </c>
       <c r="P95" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="Q95" t="s">
-        <v>224</v>
+        <v>135</v>
       </c>
       <c r="R95" t="s">
-        <v>361</v>
+        <v>136</v>
       </c>
       <c r="S95" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="T95">
         <v>2</v>
       </c>
       <c r="U95" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V95" t="s">
         <v>128</v>
       </c>
       <c r="W95" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X95">
         <v>252</v>
       </c>
       <c r="Y95">
-        <v>0.193856</v>
+        <v>0.20529</v>
       </c>
       <c r="Z95" t="s">
         <v>128</v>
       </c>
       <c r="AE95" t="s">
         <v>128</v>
       </c>
       <c r="AF95">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG95" t="s">
         <v>128</v>
       </c>
       <c r="AH95">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI95">
         <v>1</v>
       </c>
       <c r="AJ95">
         <v>5</v>
       </c>
       <c r="AK95" t="s">
         <v>128</v>
       </c>
       <c r="AM95" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN95">
-        <v>-0.2832171</v>
+        <v>-0.36459019999999998</v>
       </c>
       <c r="AP95">
-        <v>-4.69288E-2</v>
+        <v>-6.6993200000000003E-2</v>
       </c>
       <c r="AQ95" t="s">
         <v>128</v>
       </c>
       <c r="AS95">
-        <v>7.0208400000000004E-2</v>
+        <v>1.7725500000000002E-2</v>
       </c>
       <c r="AU95">
-        <v>2.7627599999999999E-2</v>
+        <v>-2.1666600000000001E-2</v>
       </c>
       <c r="AV95" t="s">
         <v>128</v>
       </c>
       <c r="AX95">
-        <v>0.46185310000000002</v>
+        <v>0.31228020000000001</v>
       </c>
       <c r="AZ95">
-        <v>0.14511360000000001</v>
+        <v>9.2153499999999999E-2</v>
       </c>
       <c r="BA95" t="s">
         <v>128</v>
       </c>
       <c r="BC95">
-        <v>-0.73406079999999996</v>
+        <v>-0.70496270000000005</v>
       </c>
       <c r="BE95">
-        <v>-0.20022190000000001</v>
+        <v>-0.21075559999999999</v>
       </c>
       <c r="BF95" t="s">
         <v>128</v>
       </c>
       <c r="BN95" t="s">
         <v>127</v>
       </c>
       <c r="BO95" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="BP95" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="BQ95">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BR95">
         <v>10000</v>
       </c>
       <c r="BS95">
         <v>0</v>
       </c>
       <c r="BT95">
         <v>0</v>
       </c>
       <c r="BU95">
         <v>0</v>
       </c>
       <c r="BV95">
         <v>0</v>
       </c>
       <c r="BW95">
         <v>0</v>
       </c>
       <c r="BX95" t="s">
         <v>128</v>
       </c>
       <c r="BY95">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ95">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA95" t="s">
         <v>128</v>
       </c>
       <c r="CC95" t="s">
         <v>128</v>
       </c>
       <c r="CD95" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE95" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="CF95" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG95" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH95" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI95" t="s">
         <v>128</v>
       </c>
       <c r="CO95" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="CP95" t="s">
-        <v>390</v>
+        <v>444</v>
       </c>
       <c r="CQ95" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="CR95" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS95" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT95" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU95" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV95" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="CW95" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="96" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>123</v>
       </c>
       <c r="B96" t="s">
         <v>124</v>
       </c>
       <c r="C96" t="s">
         <v>125</v>
       </c>
       <c r="D96" t="s">
         <v>126</v>
       </c>
       <c r="E96" t="s">
         <v>127</v>
       </c>
       <c r="F96" t="s">
         <v>127</v>
       </c>
       <c r="G96" t="s">
         <v>128</v>
       </c>
       <c r="H96" t="s">
         <v>128</v>
       </c>
       <c r="I96" t="s">
         <v>129</v>
       </c>
       <c r="J96" t="s">
         <v>129</v>
       </c>
       <c r="K96" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L96" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N96" t="s">
         <v>783</v>
       </c>
       <c r="O96">
         <v>1</v>
       </c>
       <c r="P96" t="s">
         <v>784</v>
       </c>
       <c r="Q96" t="s">
-        <v>212</v>
+        <v>135</v>
       </c>
       <c r="R96" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S96" t="s">
         <v>785</v>
       </c>
       <c r="T96">
         <v>2</v>
       </c>
       <c r="U96" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V96" t="s">
         <v>128</v>
       </c>
       <c r="W96" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X96">
         <v>252</v>
       </c>
       <c r="Y96">
-        <v>0.26749899999999999</v>
+        <v>0.24391599999999999</v>
       </c>
       <c r="Z96" t="s">
         <v>128</v>
       </c>
       <c r="AE96" t="s">
         <v>128</v>
       </c>
       <c r="AF96">
         <v>5</v>
       </c>
       <c r="AG96" t="s">
         <v>128</v>
       </c>
       <c r="AH96">
         <v>5</v>
       </c>
       <c r="AI96">
         <v>1</v>
       </c>
       <c r="AJ96">
         <v>5</v>
       </c>
       <c r="AK96" t="s">
         <v>128</v>
       </c>
       <c r="AM96" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN96">
-        <v>-0.52257609999999999</v>
+        <v>-0.23821120000000001</v>
       </c>
       <c r="AP96">
-        <v>-9.0257100000000007E-2</v>
+        <v>2.01052E-2</v>
       </c>
       <c r="AQ96" t="s">
         <v>128</v>
       </c>
       <c r="AS96">
-        <v>6.3968499999999998E-2</v>
+        <v>0.13115640000000001</v>
       </c>
       <c r="AU96">
-        <v>3.3889500000000003E-2</v>
+        <v>0.10500569999999999</v>
       </c>
       <c r="AV96" t="s">
         <v>128</v>
       </c>
       <c r="AX96">
-        <v>0.80536819999999998</v>
+        <v>0.52677099999999999</v>
       </c>
       <c r="AZ96">
-        <v>0.17453959999999999</v>
+        <v>0.16653470000000001</v>
       </c>
       <c r="BA96" t="s">
         <v>128</v>
       </c>
       <c r="BC96">
-        <v>-0.77580159999999998</v>
+        <v>-0.6373972</v>
       </c>
       <c r="BE96">
-        <v>-0.35267789999999999</v>
+        <v>-0.24041799999999999</v>
       </c>
       <c r="BF96" t="s">
         <v>128</v>
       </c>
       <c r="BN96" t="s">
         <v>127</v>
       </c>
       <c r="BO96" t="s">
         <v>786</v>
       </c>
       <c r="BP96" t="s">
         <v>787</v>
       </c>
       <c r="BQ96">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="BR96">
         <v>10000</v>
       </c>
       <c r="BS96">
         <v>0</v>
       </c>
       <c r="BT96">
         <v>0</v>
       </c>
       <c r="BU96">
         <v>0</v>
       </c>
       <c r="BV96">
         <v>0</v>
       </c>
       <c r="BW96">
         <v>0</v>
       </c>
       <c r="BX96" t="s">
         <v>128</v>
       </c>
       <c r="BY96">
-        <v>6.4999999999999997E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BZ96">
-        <v>1.1999999999999999E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA96" t="s">
         <v>128</v>
       </c>
       <c r="CC96" t="s">
         <v>128</v>
       </c>
       <c r="CD96" t="s">
-        <v>493</v>
+        <v>162</v>
       </c>
       <c r="CE96" t="s">
-        <v>494</v>
+        <v>163</v>
       </c>
       <c r="CF96" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG96" t="s">
-        <v>495</v>
+        <v>164</v>
       </c>
       <c r="CH96" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI96" t="s">
         <v>128</v>
       </c>
       <c r="CO96" t="s">
-        <v>440</v>
+        <v>788</v>
       </c>
       <c r="CP96" t="s">
-        <v>719</v>
+        <v>789</v>
       </c>
       <c r="CQ96" t="s">
-        <v>496</v>
+        <v>561</v>
       </c>
       <c r="CR96" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="CS96" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="CT96" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="CU96" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="CV96" t="s">
-        <v>351</v>
+        <v>171</v>
       </c>
       <c r="CW96" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="97" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>123</v>
       </c>
       <c r="B97" t="s">
         <v>124</v>
       </c>
       <c r="C97" t="s">
         <v>125</v>
       </c>
       <c r="D97" t="s">
         <v>126</v>
       </c>
       <c r="E97" t="s">
         <v>127</v>
       </c>
       <c r="F97" t="s">
         <v>127</v>
       </c>
       <c r="G97" t="s">
         <v>128</v>
       </c>
       <c r="H97" t="s">
         <v>128</v>
       </c>
       <c r="I97" t="s">
         <v>129</v>
       </c>
       <c r="J97" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K97" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L97" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N97" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="O97">
         <v>1</v>
       </c>
       <c r="P97" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="Q97" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R97" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S97" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="T97">
         <v>2</v>
       </c>
       <c r="U97" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V97" t="s">
         <v>128</v>
       </c>
       <c r="W97" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X97">
         <v>252</v>
       </c>
       <c r="Y97">
-        <v>0.29103099999999998</v>
+        <v>0.231216</v>
       </c>
       <c r="Z97" t="s">
         <v>128</v>
       </c>
       <c r="AE97" t="s">
         <v>128</v>
       </c>
       <c r="AF97">
         <v>5</v>
       </c>
       <c r="AG97" t="s">
         <v>128</v>
       </c>
       <c r="AH97">
         <v>5</v>
       </c>
       <c r="AI97">
         <v>1</v>
       </c>
       <c r="AJ97">
         <v>5</v>
       </c>
       <c r="AK97" t="s">
         <v>128</v>
       </c>
       <c r="AM97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN97">
-        <v>-0.51950410000000002</v>
+        <v>-0.43102089999999998</v>
       </c>
       <c r="AP97">
-        <v>-8.7488499999999997E-2</v>
+        <v>-9.2985200000000004E-2</v>
       </c>
       <c r="AQ97" t="s">
         <v>128</v>
       </c>
       <c r="AS97">
-        <v>1.38724E-2</v>
+        <v>-1.3791100000000001E-2</v>
       </c>
       <c r="AU97">
-        <v>1.46626E-2</v>
+        <v>4.0360500000000001E-2</v>
       </c>
       <c r="AV97" t="s">
         <v>128</v>
       </c>
       <c r="AX97">
-        <v>0.2822904</v>
+        <v>0.41993550000000002</v>
       </c>
       <c r="AZ97">
-        <v>0.11691020000000001</v>
+        <v>0.14248379999999999</v>
       </c>
       <c r="BA97" t="s">
         <v>128</v>
       </c>
       <c r="BC97">
-        <v>-0.81110389999999999</v>
+        <v>-0.70576110000000003</v>
       </c>
       <c r="BE97">
-        <v>-0.39912170000000002</v>
+        <v>-0.3005217</v>
       </c>
       <c r="BF97" t="s">
         <v>128</v>
       </c>
       <c r="BN97" t="s">
         <v>127</v>
       </c>
       <c r="BO97" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="BP97" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="BQ97">
         <v>2</v>
       </c>
       <c r="BR97">
         <v>10000</v>
       </c>
       <c r="BS97">
         <v>0.05</v>
       </c>
       <c r="BT97">
         <v>0</v>
       </c>
       <c r="BU97">
         <v>0</v>
       </c>
       <c r="BV97">
         <v>0</v>
       </c>
       <c r="BW97">
         <v>0</v>
       </c>
       <c r="BX97" t="s">
         <v>128</v>
       </c>
       <c r="BY97">
-        <v>1.55E-2</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="BZ97">
-        <v>2.3E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA97" t="s">
         <v>128</v>
       </c>
       <c r="CC97" t="s">
         <v>128</v>
       </c>
       <c r="CD97" t="s">
-        <v>142</v>
+        <v>263</v>
       </c>
       <c r="CE97" t="s">
-        <v>303</v>
+        <v>264</v>
       </c>
       <c r="CF97" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG97" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="CH97" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI97" t="s">
         <v>128</v>
       </c>
       <c r="CO97" t="s">
-        <v>304</v>
+        <v>795</v>
       </c>
       <c r="CP97" t="s">
-        <v>501</v>
+        <v>182</v>
       </c>
       <c r="CQ97" t="s">
-        <v>208</v>
+        <v>232</v>
       </c>
       <c r="CR97" t="s">
         <v>127</v>
       </c>
       <c r="CS97" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT97" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="CU97" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV97" t="s">
-        <v>306</v>
+        <v>607</v>
       </c>
       <c r="CW97" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="98" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>123</v>
       </c>
       <c r="B98" t="s">
         <v>124</v>
       </c>
       <c r="C98" t="s">
         <v>125</v>
       </c>
       <c r="D98" t="s">
         <v>126</v>
       </c>
       <c r="E98" t="s">
         <v>127</v>
       </c>
       <c r="F98" t="s">
         <v>127</v>
       </c>
       <c r="G98" t="s">
         <v>128</v>
       </c>
       <c r="H98" t="s">
         <v>128</v>
       </c>
       <c r="I98" t="s">
         <v>129</v>
       </c>
       <c r="J98" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K98" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L98" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N98" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="O98">
         <v>1</v>
       </c>
       <c r="P98" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="Q98" t="s">
-        <v>134</v>
+        <v>226</v>
       </c>
       <c r="R98" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S98" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="T98">
         <v>2</v>
       </c>
       <c r="U98" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V98" t="s">
         <v>128</v>
       </c>
       <c r="W98" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X98">
         <v>252</v>
       </c>
       <c r="Y98">
-        <v>0.24853900000000001</v>
+        <v>0.140934</v>
       </c>
       <c r="Z98" t="s">
         <v>128</v>
       </c>
       <c r="AE98" t="s">
         <v>128</v>
       </c>
       <c r="AF98">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG98" t="s">
         <v>128</v>
       </c>
       <c r="AH98">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI98">
         <v>1</v>
       </c>
       <c r="AJ98">
         <v>5</v>
       </c>
       <c r="AK98" t="s">
         <v>128</v>
       </c>
       <c r="AM98" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN98">
-        <v>-0.53002479999999996</v>
+        <v>-9.1586000000000001E-2</v>
       </c>
       <c r="AP98">
-        <v>-0.12277250000000001</v>
+        <v>-2.2653E-3</v>
       </c>
       <c r="AQ98" t="s">
         <v>128</v>
       </c>
       <c r="AS98">
-        <v>-4.2283800000000003E-2</v>
+        <v>7.6822699999999994E-2</v>
       </c>
       <c r="AU98">
-        <v>-6.9920300000000005E-2</v>
+        <v>7.6407100000000006E-2</v>
       </c>
       <c r="AV98" t="s">
         <v>128</v>
       </c>
       <c r="AX98">
-        <v>0.25583359999999999</v>
+        <v>0.27443119999999999</v>
       </c>
       <c r="AZ98">
-        <v>6.8484199999999995E-2</v>
+        <v>0.160915</v>
       </c>
       <c r="BA98" t="s">
         <v>128</v>
       </c>
       <c r="BC98">
-        <v>-0.76957249999999999</v>
+        <v>-0.45969789999999999</v>
       </c>
       <c r="BE98">
-        <v>-0.33438649999999998</v>
+        <v>-0.1577413</v>
       </c>
       <c r="BF98" t="s">
         <v>128</v>
       </c>
       <c r="BN98" t="s">
         <v>127</v>
       </c>
       <c r="BO98" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="BP98" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="BQ98">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR98">
         <v>10000</v>
       </c>
       <c r="BS98">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT98">
         <v>0</v>
       </c>
       <c r="BU98">
         <v>0</v>
       </c>
       <c r="BV98">
         <v>0</v>
       </c>
       <c r="BW98">
         <v>0</v>
       </c>
       <c r="BX98" t="s">
         <v>128</v>
       </c>
       <c r="BY98">
-        <v>1.6E-2</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ98">
-        <v>1.1999999999999999E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA98" t="s">
         <v>128</v>
       </c>
       <c r="CC98" t="s">
         <v>128</v>
       </c>
       <c r="CD98" t="s">
-        <v>493</v>
+        <v>192</v>
       </c>
       <c r="CE98" t="s">
-        <v>494</v>
+        <v>193</v>
       </c>
       <c r="CF98" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG98" t="s">
-        <v>495</v>
+        <v>195</v>
       </c>
       <c r="CH98" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI98" t="s">
         <v>128</v>
       </c>
       <c r="CO98" t="s">
-        <v>440</v>
+        <v>368</v>
       </c>
       <c r="CP98" t="s">
-        <v>281</v>
+        <v>166</v>
       </c>
       <c r="CQ98" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="CR98" t="s">
         <v>127</v>
       </c>
       <c r="CS98" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT98" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU98" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV98" t="s">
-        <v>447</v>
+        <v>197</v>
       </c>
       <c r="CW98" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="99" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>123</v>
       </c>
       <c r="B99" t="s">
         <v>124</v>
       </c>
       <c r="C99" t="s">
         <v>125</v>
       </c>
       <c r="D99" t="s">
         <v>126</v>
       </c>
       <c r="E99" t="s">
         <v>127</v>
       </c>
       <c r="F99" t="s">
         <v>127</v>
       </c>
       <c r="G99" t="s">
         <v>128</v>
       </c>
       <c r="H99" t="s">
         <v>128</v>
       </c>
       <c r="I99" t="s">
         <v>129</v>
       </c>
       <c r="J99" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K99" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L99" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N99" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="O99">
         <v>1</v>
       </c>
       <c r="P99" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="Q99" t="s">
-        <v>134</v>
+        <v>214</v>
       </c>
       <c r="R99" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="S99" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="T99">
         <v>2</v>
       </c>
       <c r="U99" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V99" t="s">
         <v>128</v>
       </c>
       <c r="W99" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X99">
         <v>252</v>
       </c>
       <c r="Y99">
-        <v>0.204259</v>
+        <v>0.161357</v>
       </c>
       <c r="Z99" t="s">
         <v>128</v>
       </c>
       <c r="AE99" t="s">
         <v>128</v>
       </c>
       <c r="AF99">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG99" t="s">
         <v>128</v>
       </c>
       <c r="AH99">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI99">
         <v>1</v>
       </c>
       <c r="AJ99">
         <v>5</v>
       </c>
       <c r="AK99" t="s">
         <v>128</v>
       </c>
       <c r="AM99" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN99">
-        <v>-0.36459019999999998</v>
+        <v>-0.19854179999999999</v>
       </c>
       <c r="AP99">
-        <v>-6.6993200000000003E-2</v>
+        <v>2.04078E-2</v>
       </c>
       <c r="AQ99" t="s">
         <v>128</v>
       </c>
       <c r="AS99">
-        <v>1.7725500000000002E-2</v>
+        <v>0.10758529999999999</v>
       </c>
       <c r="AU99">
-        <v>-2.1666600000000001E-2</v>
+        <v>9.3836900000000001E-2</v>
       </c>
       <c r="AV99" t="s">
         <v>128</v>
       </c>
       <c r="AX99">
-        <v>0.31228020000000001</v>
+        <v>0.54600289999999996</v>
       </c>
       <c r="AZ99">
-        <v>9.2153499999999999E-2</v>
+        <v>0.14826600000000001</v>
       </c>
       <c r="BA99" t="s">
         <v>128</v>
       </c>
       <c r="BC99">
-        <v>-0.70496270000000005</v>
+        <v>-0.52036210000000005</v>
       </c>
       <c r="BE99">
-        <v>-0.21075559999999999</v>
+        <v>-0.19740489999999999</v>
       </c>
       <c r="BF99" t="s">
         <v>128</v>
       </c>
       <c r="BN99" t="s">
         <v>127</v>
       </c>
       <c r="BO99" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="BP99" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="BQ99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR99">
         <v>10000</v>
       </c>
       <c r="BS99">
         <v>0</v>
       </c>
       <c r="BT99">
         <v>0</v>
       </c>
       <c r="BU99">
         <v>0</v>
       </c>
       <c r="BV99">
         <v>0</v>
       </c>
       <c r="BW99">
         <v>0</v>
       </c>
       <c r="BX99" t="s">
         <v>128</v>
       </c>
       <c r="BY99">
-        <v>8.0000000000000002E-3</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BZ99">
-        <v>8.4000000000000003E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA99" t="s">
         <v>128</v>
       </c>
       <c r="CC99" t="s">
         <v>128</v>
       </c>
       <c r="CD99" t="s">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="CE99" t="s">
-        <v>143</v>
+        <v>398</v>
       </c>
       <c r="CF99" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG99" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="CH99" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI99" t="s">
         <v>128</v>
       </c>
       <c r="CO99" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="CP99" t="s">
-        <v>441</v>
+        <v>166</v>
       </c>
       <c r="CQ99" t="s">
-        <v>149</v>
+        <v>222</v>
       </c>
       <c r="CR99" t="s">
         <v>127</v>
       </c>
       <c r="CS99" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT99" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU99" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV99" t="s">
-        <v>720</v>
+        <v>197</v>
       </c>
       <c r="CW99" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="100" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>123</v>
       </c>
       <c r="B100" t="s">
         <v>124</v>
       </c>
       <c r="C100" t="s">
         <v>125</v>
       </c>
       <c r="D100" t="s">
         <v>126</v>
       </c>
       <c r="E100" t="s">
         <v>127</v>
       </c>
       <c r="F100" t="s">
         <v>127</v>
       </c>
       <c r="G100" t="s">
         <v>128</v>
       </c>
       <c r="H100" t="s">
         <v>128</v>
       </c>
       <c r="I100" t="s">
         <v>129</v>
       </c>
       <c r="J100" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K100" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L100" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N100" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="O100">
         <v>1</v>
       </c>
       <c r="P100" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="Q100" t="s">
-        <v>134</v>
+        <v>226</v>
       </c>
       <c r="R100" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S100" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="T100">
         <v>2</v>
       </c>
       <c r="U100" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V100" t="s">
         <v>128</v>
       </c>
       <c r="W100" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X100">
         <v>252</v>
       </c>
       <c r="Y100">
-        <v>0.24404100000000001</v>
+        <v>0.22028</v>
       </c>
       <c r="Z100" t="s">
         <v>128</v>
       </c>
       <c r="AE100" t="s">
         <v>128</v>
       </c>
       <c r="AF100">
         <v>5</v>
       </c>
       <c r="AG100" t="s">
         <v>128</v>
       </c>
       <c r="AH100">
         <v>5</v>
       </c>
       <c r="AI100">
         <v>1</v>
       </c>
       <c r="AJ100">
         <v>5</v>
       </c>
       <c r="AK100" t="s">
         <v>128</v>
       </c>
       <c r="AM100" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN100">
-        <v>-0.23821120000000001</v>
+        <v>-0.31668360000000001</v>
       </c>
       <c r="AP100">
-        <v>2.01052E-2</v>
+        <v>-5.2267300000000003E-2</v>
       </c>
       <c r="AQ100" t="s">
         <v>128</v>
       </c>
       <c r="AS100">
-        <v>0.13115640000000001</v>
+        <v>0.1041656</v>
       </c>
       <c r="AU100">
-        <v>0.10500569999999999</v>
+        <v>0.15910949999999999</v>
       </c>
       <c r="AV100" t="s">
         <v>128</v>
       </c>
       <c r="AX100">
-        <v>0.52677099999999999</v>
+        <v>0.88985119999999995</v>
       </c>
       <c r="AZ100">
-        <v>0.16653470000000001</v>
+        <v>0.27666780000000002</v>
       </c>
       <c r="BA100" t="s">
         <v>128</v>
       </c>
       <c r="BC100">
-        <v>-0.6373972</v>
+        <v>-0.72836029999999996</v>
       </c>
       <c r="BE100">
-        <v>-0.24041799999999999</v>
+        <v>-0.27418550000000003</v>
       </c>
       <c r="BF100" t="s">
         <v>128</v>
       </c>
       <c r="BN100" t="s">
         <v>127</v>
       </c>
       <c r="BO100" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="BP100" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="BQ100">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BR100">
         <v>10000</v>
       </c>
       <c r="BS100">
         <v>0</v>
       </c>
       <c r="BT100">
         <v>0</v>
       </c>
       <c r="BU100">
         <v>0</v>
       </c>
       <c r="BV100">
         <v>0</v>
       </c>
       <c r="BW100">
         <v>0</v>
       </c>
       <c r="BX100" t="s">
         <v>128</v>
       </c>
       <c r="BY100">
-        <v>7.7000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ100">
-        <v>5.9999999999999995E-4</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA100" t="s">
         <v>128</v>
       </c>
       <c r="CC100" t="s">
         <v>128</v>
       </c>
       <c r="CD100" t="s">
-        <v>161</v>
+        <v>263</v>
       </c>
       <c r="CE100" t="s">
-        <v>162</v>
+        <v>264</v>
       </c>
       <c r="CF100" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG100" t="s">
-        <v>163</v>
+        <v>265</v>
       </c>
       <c r="CH100" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI100" t="s">
         <v>128</v>
       </c>
       <c r="CO100" t="s">
-        <v>808</v>
+        <v>443</v>
       </c>
       <c r="CP100" t="s">
-        <v>809</v>
+        <v>548</v>
       </c>
       <c r="CQ100" t="s">
-        <v>496</v>
+        <v>232</v>
       </c>
       <c r="CR100" t="s">
         <v>127</v>
       </c>
       <c r="CS100" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="CT100" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="CU100" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="CV100" t="s">
-        <v>170</v>
+        <v>405</v>
       </c>
       <c r="CW100" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="101" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>123</v>
       </c>
       <c r="B101" t="s">
         <v>124</v>
       </c>
       <c r="C101" t="s">
         <v>125</v>
       </c>
       <c r="D101" t="s">
         <v>126</v>
       </c>
       <c r="E101" t="s">
         <v>127</v>
       </c>
       <c r="F101" t="s">
         <v>127</v>
       </c>
       <c r="G101" t="s">
         <v>128</v>
       </c>
       <c r="H101" t="s">
         <v>128</v>
       </c>
       <c r="I101" t="s">
         <v>129</v>
       </c>
       <c r="J101" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K101" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L101" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N101" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="O101">
         <v>1</v>
       </c>
       <c r="P101" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="Q101" t="s">
-        <v>134</v>
+        <v>214</v>
       </c>
       <c r="R101" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S101" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="T101">
         <v>2</v>
       </c>
       <c r="U101" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V101" t="s">
         <v>128</v>
       </c>
       <c r="W101" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X101">
         <v>252</v>
       </c>
       <c r="Y101">
-        <v>0.231075</v>
+        <v>0.21254500000000001</v>
       </c>
       <c r="Z101" t="s">
         <v>128</v>
       </c>
       <c r="AE101" t="s">
         <v>128</v>
       </c>
       <c r="AF101">
         <v>5</v>
       </c>
       <c r="AG101" t="s">
         <v>128</v>
       </c>
       <c r="AH101">
         <v>5</v>
       </c>
       <c r="AI101">
         <v>1</v>
       </c>
       <c r="AJ101">
         <v>5</v>
       </c>
       <c r="AK101" t="s">
         <v>128</v>
       </c>
       <c r="AM101" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN101">
-        <v>-0.43102089999999998</v>
+        <v>-0.39250760000000001</v>
       </c>
       <c r="AP101">
-        <v>-9.2985200000000004E-2</v>
+        <v>-5.3612100000000003E-2</v>
       </c>
       <c r="AQ101" t="s">
         <v>128</v>
       </c>
       <c r="AS101">
-        <v>-1.3791100000000001E-2</v>
+        <v>5.96538E-2</v>
       </c>
       <c r="AU101">
-        <v>4.0360500000000001E-2</v>
+        <v>1.69388E-2</v>
       </c>
       <c r="AV101" t="s">
         <v>128</v>
       </c>
       <c r="AX101">
-        <v>0.41993550000000002</v>
+        <v>0.56315459999999995</v>
       </c>
       <c r="AZ101">
-        <v>0.14248379999999999</v>
+        <v>0.1374339</v>
       </c>
       <c r="BA101" t="s">
         <v>128</v>
       </c>
       <c r="BC101">
-        <v>-0.70576110000000003</v>
+        <v>-0.69972959999999995</v>
       </c>
       <c r="BE101">
-        <v>-0.3005217</v>
+        <v>-0.22994410000000001</v>
       </c>
       <c r="BF101" t="s">
         <v>128</v>
       </c>
       <c r="BN101" t="s">
         <v>127</v>
       </c>
       <c r="BO101" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="BP101" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="BQ101">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BR101">
         <v>10000</v>
       </c>
       <c r="BS101">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT101">
         <v>0</v>
       </c>
       <c r="BU101">
         <v>0</v>
       </c>
       <c r="BV101">
         <v>0</v>
       </c>
       <c r="BW101">
         <v>0</v>
       </c>
       <c r="BX101" t="s">
         <v>128</v>
       </c>
       <c r="BY101">
-        <v>1.5800000000000002E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ101">
-        <v>1.1000000000000001E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA101" t="s">
         <v>128</v>
       </c>
       <c r="CC101" t="s">
         <v>128</v>
       </c>
       <c r="CD101" t="s">
-        <v>260</v>
+        <v>143</v>
       </c>
       <c r="CE101" t="s">
-        <v>261</v>
+        <v>817</v>
       </c>
       <c r="CF101" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG101" t="s">
-        <v>262</v>
+        <v>146</v>
       </c>
       <c r="CH101" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI101" t="s">
         <v>128</v>
       </c>
       <c r="CO101" t="s">
-        <v>815</v>
+        <v>708</v>
       </c>
       <c r="CP101" t="s">
-        <v>181</v>
+        <v>404</v>
       </c>
       <c r="CQ101" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="CR101" t="s">
         <v>127</v>
       </c>
       <c r="CS101" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT101" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU101" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV101" t="s">
-        <v>612</v>
+        <v>710</v>
       </c>
       <c r="CW101" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="102" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>123</v>
       </c>
       <c r="B102" t="s">
         <v>124</v>
       </c>
       <c r="C102" t="s">
         <v>125</v>
       </c>
       <c r="D102" t="s">
         <v>126</v>
       </c>
       <c r="E102" t="s">
         <v>127</v>
       </c>
       <c r="F102" t="s">
         <v>127</v>
       </c>
       <c r="G102" t="s">
         <v>128</v>
       </c>
       <c r="H102" t="s">
         <v>128</v>
       </c>
       <c r="I102" t="s">
         <v>129</v>
       </c>
       <c r="J102" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K102" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L102" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N102" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="O102">
         <v>1</v>
       </c>
       <c r="P102" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="Q102" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R102" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S102" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="T102">
         <v>2</v>
       </c>
       <c r="U102" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V102" t="s">
         <v>128</v>
       </c>
       <c r="W102" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X102">
         <v>252</v>
       </c>
       <c r="Y102">
-        <v>0.14091899999999999</v>
+        <v>0.190716</v>
       </c>
       <c r="Z102" t="s">
         <v>128</v>
       </c>
       <c r="AE102" t="s">
         <v>128</v>
       </c>
       <c r="AF102">
         <v>4</v>
       </c>
       <c r="AG102" t="s">
         <v>128</v>
       </c>
       <c r="AH102">
         <v>4</v>
       </c>
       <c r="AI102">
         <v>1</v>
       </c>
       <c r="AJ102">
         <v>5</v>
       </c>
       <c r="AK102" t="s">
         <v>128</v>
       </c>
       <c r="AM102" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN102">
-        <v>-9.1586000000000001E-2</v>
+        <v>-0.27212320000000001</v>
       </c>
       <c r="AP102">
-        <v>-2.2653E-3</v>
+        <v>-5.0076500000000003E-2</v>
       </c>
       <c r="AQ102" t="s">
         <v>128</v>
       </c>
       <c r="AS102">
-        <v>7.6822699999999994E-2</v>
+        <v>6.4725500000000005E-2</v>
       </c>
       <c r="AU102">
-        <v>7.6407100000000006E-2</v>
+        <v>2.0479399999999998E-2</v>
       </c>
       <c r="AV102" t="s">
         <v>128</v>
       </c>
       <c r="AX102">
-        <v>0.27443119999999999</v>
+        <v>0.39709709999999998</v>
       </c>
       <c r="AZ102">
-        <v>0.160915</v>
+        <v>0.13755100000000001</v>
       </c>
       <c r="BA102" t="s">
         <v>128</v>
       </c>
       <c r="BC102">
-        <v>-0.45969789999999999</v>
+        <v>-0.58190489999999995</v>
       </c>
       <c r="BE102">
-        <v>-0.1577413</v>
+        <v>-0.19301570000000001</v>
       </c>
       <c r="BF102" t="s">
         <v>128</v>
       </c>
       <c r="BN102" t="s">
         <v>127</v>
       </c>
       <c r="BO102" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="BP102" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="BQ102">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="BR102">
         <v>10000</v>
       </c>
       <c r="BS102">
         <v>0</v>
       </c>
       <c r="BT102">
         <v>0</v>
       </c>
       <c r="BU102">
         <v>0</v>
       </c>
       <c r="BV102">
         <v>0</v>
       </c>
       <c r="BW102">
         <v>0</v>
       </c>
       <c r="BX102" t="s">
         <v>128</v>
       </c>
       <c r="BY102">
-        <v>6.1000000000000004E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ102">
-        <v>5.9999999999999995E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA102" t="s">
         <v>128</v>
       </c>
       <c r="CC102" t="s">
         <v>128</v>
       </c>
       <c r="CD102" t="s">
-        <v>190</v>
+        <v>143</v>
       </c>
       <c r="CE102" t="s">
-        <v>191</v>
+        <v>817</v>
       </c>
       <c r="CF102" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG102" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="CH102" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI102" t="s">
         <v>128</v>
       </c>
       <c r="CO102" t="s">
-        <v>366</v>
+        <v>772</v>
       </c>
       <c r="CP102" t="s">
-        <v>165</v>
+        <v>392</v>
       </c>
       <c r="CQ102" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="CR102" t="s">
         <v>127</v>
       </c>
       <c r="CS102" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT102" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU102" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV102" t="s">
-        <v>195</v>
+        <v>710</v>
       </c>
       <c r="CW102" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="103" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>123</v>
       </c>
       <c r="B103" t="s">
         <v>124</v>
       </c>
       <c r="C103" t="s">
         <v>125</v>
       </c>
       <c r="D103" t="s">
         <v>126</v>
       </c>
       <c r="E103" t="s">
         <v>127</v>
       </c>
       <c r="F103" t="s">
         <v>127</v>
       </c>
       <c r="G103" t="s">
         <v>128</v>
       </c>
       <c r="H103" t="s">
         <v>128</v>
       </c>
       <c r="I103" t="s">
         <v>129</v>
       </c>
       <c r="J103" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K103" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L103" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N103" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="O103">
         <v>1</v>
       </c>
       <c r="P103" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="Q103" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R103" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S103" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="T103">
         <v>2</v>
       </c>
       <c r="U103" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V103" t="s">
         <v>128</v>
       </c>
       <c r="W103" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X103">
         <v>252</v>
       </c>
       <c r="Y103">
-        <v>0.16155700000000001</v>
+        <v>0.19489600000000001</v>
       </c>
       <c r="Z103" t="s">
         <v>128</v>
       </c>
       <c r="AE103" t="s">
         <v>128</v>
       </c>
       <c r="AF103">
         <v>4</v>
       </c>
       <c r="AG103" t="s">
         <v>128</v>
       </c>
       <c r="AH103">
         <v>4</v>
       </c>
       <c r="AI103">
         <v>1</v>
       </c>
       <c r="AJ103">
         <v>5</v>
       </c>
       <c r="AK103" t="s">
         <v>128</v>
       </c>
       <c r="AM103" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN103">
-        <v>-0.19854179999999999</v>
+        <v>-0.28322140000000001</v>
       </c>
       <c r="AP103">
-        <v>2.04078E-2</v>
+        <v>-4.6928600000000001E-2</v>
       </c>
       <c r="AQ103" t="s">
         <v>128</v>
       </c>
       <c r="AS103">
-        <v>0.10758529999999999</v>
+        <v>5.9116599999999998E-2</v>
       </c>
       <c r="AU103">
-        <v>9.3836900000000001E-2</v>
+        <v>2.5502799999999999E-2</v>
       </c>
       <c r="AV103" t="s">
         <v>128</v>
       </c>
       <c r="AX103">
-        <v>0.54600289999999996</v>
+        <v>0.46185890000000002</v>
       </c>
       <c r="AZ103">
-        <v>0.14826600000000001</v>
+        <v>0.1111284</v>
       </c>
       <c r="BA103" t="s">
         <v>128</v>
       </c>
       <c r="BC103">
-        <v>-0.52036210000000005</v>
+        <v>-0.73405670000000001</v>
       </c>
       <c r="BE103">
-        <v>-0.19740489999999999</v>
+        <v>-0.20022190000000001</v>
       </c>
       <c r="BF103" t="s">
         <v>128</v>
       </c>
       <c r="BN103" t="s">
         <v>127</v>
       </c>
       <c r="BO103" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="BP103" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="BQ103">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="BR103">
         <v>10000</v>
       </c>
       <c r="BS103">
         <v>0</v>
       </c>
       <c r="BT103">
         <v>0</v>
       </c>
       <c r="BU103">
         <v>0</v>
       </c>
       <c r="BV103">
         <v>0</v>
       </c>
       <c r="BW103">
         <v>0</v>
       </c>
       <c r="BX103" t="s">
         <v>128</v>
       </c>
       <c r="BY103">
-        <v>6.1000000000000004E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ103">
-        <v>5.9999999999999995E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA103" t="s">
         <v>128</v>
       </c>
       <c r="CC103" t="s">
         <v>128</v>
       </c>
       <c r="CD103" t="s">
-        <v>190</v>
+        <v>143</v>
       </c>
       <c r="CE103" t="s">
-        <v>191</v>
+        <v>817</v>
       </c>
       <c r="CF103" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG103" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="CH103" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI103" t="s">
         <v>128</v>
       </c>
       <c r="CO103" t="s">
-        <v>218</v>
+        <v>772</v>
       </c>
       <c r="CP103" t="s">
-        <v>165</v>
+        <v>339</v>
       </c>
       <c r="CQ103" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="CR103" t="s">
         <v>127</v>
       </c>
       <c r="CS103" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT103" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU103" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV103" t="s">
-        <v>195</v>
+        <v>710</v>
       </c>
       <c r="CW103" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="104" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>123</v>
       </c>
       <c r="B104" t="s">
         <v>124</v>
       </c>
       <c r="C104" t="s">
         <v>125</v>
       </c>
       <c r="D104" t="s">
         <v>126</v>
       </c>
       <c r="E104" t="s">
         <v>127</v>
       </c>
       <c r="F104" t="s">
         <v>127</v>
       </c>
       <c r="G104" t="s">
         <v>128</v>
       </c>
       <c r="H104" t="s">
         <v>128</v>
       </c>
       <c r="I104" t="s">
         <v>129</v>
       </c>
       <c r="J104" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K104" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L104" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N104" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="O104">
         <v>1</v>
       </c>
       <c r="P104" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="Q104" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R104" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S104" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="T104">
         <v>2</v>
       </c>
       <c r="U104" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V104" t="s">
         <v>128</v>
       </c>
       <c r="W104" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X104">
         <v>252</v>
       </c>
       <c r="Y104">
-        <v>0.22060399999999999</v>
+        <v>0.21574299999999999</v>
       </c>
       <c r="Z104" t="s">
         <v>128</v>
       </c>
       <c r="AE104" t="s">
         <v>128</v>
       </c>
       <c r="AF104">
         <v>5</v>
       </c>
       <c r="AG104" t="s">
         <v>128</v>
       </c>
       <c r="AH104">
         <v>5</v>
       </c>
       <c r="AI104">
         <v>1</v>
       </c>
       <c r="AJ104">
         <v>5</v>
       </c>
       <c r="AK104" t="s">
         <v>128</v>
       </c>
       <c r="AM104" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN104">
-        <v>-0.31668360000000001</v>
+        <v>-0.42764350000000001</v>
       </c>
       <c r="AP104">
-        <v>-5.2267300000000003E-2</v>
+        <v>-7.5677099999999997E-2</v>
       </c>
       <c r="AQ104" t="s">
         <v>128</v>
       </c>
       <c r="AS104">
-        <v>0.1041656</v>
+        <v>-6.3981000000000003E-3</v>
       </c>
       <c r="AU104">
-        <v>0.15910949999999999</v>
+        <v>-1.76966E-2</v>
       </c>
       <c r="AV104" t="s">
         <v>128</v>
       </c>
       <c r="AX104">
-        <v>0.88985119999999995</v>
+        <v>0.31504680000000002</v>
       </c>
       <c r="AZ104">
-        <v>0.27666780000000002</v>
+        <v>9.7531999999999994E-2</v>
       </c>
       <c r="BA104" t="s">
         <v>128</v>
       </c>
       <c r="BC104">
-        <v>-0.72836029999999996</v>
+        <v>-0.69085350000000001</v>
       </c>
       <c r="BE104">
-        <v>-0.27418550000000003</v>
+        <v>-0.23743539999999999</v>
       </c>
       <c r="BF104" t="s">
         <v>128</v>
       </c>
       <c r="BN104" t="s">
         <v>127</v>
       </c>
       <c r="BO104" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="BP104" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="BQ104">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BR104">
         <v>10000</v>
       </c>
       <c r="BS104">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT104">
         <v>0</v>
       </c>
       <c r="BU104">
         <v>0</v>
       </c>
       <c r="BV104">
         <v>0</v>
       </c>
       <c r="BW104">
         <v>0</v>
       </c>
       <c r="BX104" t="s">
         <v>128</v>
       </c>
       <c r="BY104">
-        <v>5.7999999999999996E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ104">
-        <v>1.1000000000000001E-3</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="CA104" t="s">
         <v>128</v>
       </c>
       <c r="CC104" t="s">
         <v>128</v>
       </c>
       <c r="CD104" t="s">
-        <v>260</v>
+        <v>143</v>
       </c>
       <c r="CE104" t="s">
-        <v>261</v>
+        <v>144</v>
       </c>
       <c r="CF104" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG104" t="s">
-        <v>262</v>
+        <v>146</v>
       </c>
       <c r="CH104" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI104" t="s">
         <v>128</v>
       </c>
       <c r="CO104" t="s">
-        <v>440</v>
+        <v>833</v>
       </c>
       <c r="CP104" t="s">
-        <v>219</v>
+        <v>423</v>
       </c>
       <c r="CQ104" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="CR104" t="s">
         <v>127</v>
       </c>
       <c r="CS104" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT104" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU104" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV104" t="s">
-        <v>402</v>
+        <v>154</v>
       </c>
       <c r="CW104" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="105" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>123</v>
       </c>
       <c r="B105" t="s">
         <v>124</v>
       </c>
       <c r="C105" t="s">
         <v>125</v>
       </c>
       <c r="D105" t="s">
         <v>126</v>
       </c>
       <c r="E105" t="s">
         <v>127</v>
       </c>
       <c r="F105" t="s">
         <v>127</v>
       </c>
       <c r="G105" t="s">
         <v>128</v>
       </c>
       <c r="H105" t="s">
         <v>128</v>
       </c>
       <c r="I105" t="s">
         <v>129</v>
       </c>
       <c r="J105" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K105" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L105" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N105" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="O105">
         <v>1</v>
       </c>
       <c r="P105" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="Q105" t="s">
-        <v>156</v>
+        <v>836</v>
       </c>
       <c r="R105" t="s">
-        <v>157</v>
+        <v>363</v>
       </c>
       <c r="S105" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="T105">
         <v>2</v>
       </c>
       <c r="U105" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V105" t="s">
         <v>128</v>
       </c>
       <c r="W105" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X105">
         <v>252</v>
       </c>
       <c r="Y105">
-        <v>0.23170199999999999</v>
+        <v>0.18667300000000001</v>
       </c>
       <c r="Z105" t="s">
         <v>128</v>
       </c>
       <c r="AE105" t="s">
         <v>128</v>
       </c>
       <c r="AF105">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG105" t="s">
         <v>128</v>
       </c>
       <c r="AH105">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI105">
         <v>1</v>
       </c>
       <c r="AJ105">
         <v>5</v>
       </c>
       <c r="AK105" t="s">
         <v>128</v>
       </c>
       <c r="AM105" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN105">
-        <v>-0.42869410000000002</v>
+        <v>-0.27808349999999998</v>
       </c>
       <c r="AP105">
-        <v>-8.4816100000000005E-2</v>
+        <v>-4.8443199999999999E-2</v>
       </c>
       <c r="AQ105" t="s">
         <v>128</v>
       </c>
       <c r="AS105">
-        <v>6.0564899999999998E-2</v>
+        <v>1.8915999999999999E-2</v>
       </c>
       <c r="AU105">
-        <v>3.6907299999999997E-2</v>
+        <v>2.2925500000000001E-2</v>
       </c>
       <c r="AV105" t="s">
         <v>128</v>
       </c>
       <c r="AX105">
-        <v>0.61358619999999997</v>
+        <v>0.2722695</v>
       </c>
       <c r="AZ105">
-        <v>0.15766930000000001</v>
+        <v>0.118605</v>
       </c>
       <c r="BA105" t="s">
         <v>128</v>
       </c>
       <c r="BC105">
-        <v>-0.70094719999999999</v>
+        <v>-0.61450179999999999</v>
       </c>
       <c r="BE105">
-        <v>-0.30234480000000002</v>
+        <v>-0.19130449999999999</v>
       </c>
       <c r="BF105" t="s">
         <v>128</v>
       </c>
       <c r="BN105" t="s">
         <v>127</v>
       </c>
       <c r="BO105" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="BP105" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="BQ105">
         <v>4</v>
       </c>
       <c r="BR105">
-        <v>10000</v>
+        <v>100000</v>
       </c>
       <c r="BS105">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT105">
         <v>0</v>
       </c>
       <c r="BU105">
         <v>0</v>
       </c>
       <c r="BV105">
         <v>0</v>
       </c>
       <c r="BW105">
         <v>0</v>
       </c>
       <c r="BX105" t="s">
         <v>128</v>
       </c>
       <c r="BY105">
-        <v>6.4999999999999997E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ105">
-        <v>1.1999999999999999E-3</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA105" t="s">
         <v>128</v>
       </c>
       <c r="CC105" t="s">
         <v>128</v>
       </c>
       <c r="CD105" t="s">
-        <v>493</v>
+        <v>143</v>
       </c>
       <c r="CE105" t="s">
-        <v>494</v>
+        <v>144</v>
       </c>
       <c r="CF105" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG105" t="s">
-        <v>495</v>
+        <v>146</v>
       </c>
       <c r="CH105" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI105" t="s">
         <v>128</v>
       </c>
       <c r="CO105" t="s">
-        <v>440</v>
+        <v>772</v>
       </c>
       <c r="CP105" t="s">
-        <v>836</v>
+        <v>404</v>
       </c>
       <c r="CQ105" t="s">
-        <v>229</v>
+        <v>150</v>
       </c>
       <c r="CR105" t="s">
         <v>127</v>
       </c>
       <c r="CS105" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT105" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU105" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV105" t="s">
-        <v>351</v>
+        <v>154</v>
       </c>
       <c r="CW105" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="106" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>123</v>
       </c>
       <c r="B106" t="s">
         <v>124</v>
       </c>
       <c r="C106" t="s">
         <v>125</v>
       </c>
       <c r="D106" t="s">
         <v>126</v>
       </c>
       <c r="E106" t="s">
         <v>127</v>
       </c>
       <c r="F106" t="s">
         <v>127</v>
       </c>
       <c r="G106" t="s">
         <v>128</v>
       </c>
       <c r="H106" t="s">
         <v>128</v>
       </c>
       <c r="I106" t="s">
         <v>129</v>
       </c>
       <c r="J106" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K106" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L106" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N106" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="O106">
         <v>1</v>
       </c>
       <c r="P106" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="Q106" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R106" t="s">
-        <v>361</v>
+        <v>270</v>
       </c>
       <c r="S106" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="T106">
         <v>2</v>
       </c>
       <c r="U106" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V106" t="s">
         <v>128</v>
       </c>
       <c r="W106" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X106">
         <v>252</v>
       </c>
       <c r="Y106">
-        <v>0.21176600000000001</v>
+        <v>0.19247500000000001</v>
       </c>
       <c r="Z106" t="s">
         <v>128</v>
       </c>
       <c r="AE106" t="s">
         <v>128</v>
       </c>
       <c r="AF106">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG106" t="s">
         <v>128</v>
       </c>
       <c r="AH106">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI106">
         <v>1</v>
       </c>
       <c r="AJ106">
         <v>5</v>
       </c>
       <c r="AK106" t="s">
         <v>128</v>
       </c>
       <c r="AM106" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN106">
-        <v>-0.39250760000000001</v>
+        <v>-0.13664850000000001</v>
       </c>
       <c r="AP106">
-        <v>-5.3612100000000003E-2</v>
+        <v>-1.3969199999999999E-2</v>
       </c>
       <c r="AQ106" t="s">
         <v>128</v>
       </c>
       <c r="AS106">
-        <v>5.96538E-2</v>
+        <v>9.8091700000000004E-2</v>
       </c>
       <c r="AU106">
-        <v>1.69388E-2</v>
+        <v>9.8010100000000003E-2</v>
       </c>
       <c r="AV106" t="s">
         <v>128</v>
       </c>
       <c r="AX106">
-        <v>0.56315459999999995</v>
+        <v>0.39623039999999998</v>
       </c>
       <c r="AZ106">
-        <v>0.1374339</v>
+        <v>0.22263189999999999</v>
       </c>
       <c r="BA106" t="s">
         <v>128</v>
       </c>
       <c r="BC106">
-        <v>-0.69972959999999995</v>
+        <v>-0.60243800000000003</v>
       </c>
       <c r="BE106">
-        <v>-0.22994410000000001</v>
+        <v>-0.2351888</v>
       </c>
       <c r="BF106" t="s">
         <v>128</v>
       </c>
       <c r="BN106" t="s">
         <v>127</v>
       </c>
       <c r="BO106" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="BP106" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="BQ106">
         <v>4</v>
       </c>
       <c r="BR106">
         <v>10000</v>
       </c>
       <c r="BS106">
         <v>0</v>
       </c>
       <c r="BT106">
         <v>0</v>
       </c>
       <c r="BU106">
         <v>0</v>
       </c>
       <c r="BV106">
         <v>0</v>
       </c>
       <c r="BW106">
         <v>0</v>
       </c>
       <c r="BX106" t="s">
         <v>128</v>
       </c>
       <c r="BY106">
-        <v>8.0000000000000002E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ106">
-        <v>8.4000000000000003E-4</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA106" t="s">
         <v>128</v>
       </c>
       <c r="CC106" t="s">
         <v>128</v>
       </c>
       <c r="CD106" t="s">
-        <v>142</v>
+        <v>389</v>
       </c>
       <c r="CE106" t="s">
-        <v>842</v>
+        <v>435</v>
       </c>
       <c r="CF106" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG106" t="s">
-        <v>145</v>
+        <v>331</v>
       </c>
       <c r="CH106" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI106" t="s">
         <v>128</v>
       </c>
       <c r="CO106" t="s">
-        <v>718</v>
+        <v>276</v>
       </c>
       <c r="CP106" t="s">
-        <v>401</v>
+        <v>332</v>
       </c>
       <c r="CQ106" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="CR106" t="s">
         <v>127</v>
       </c>
       <c r="CS106" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT106" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU106" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV106" t="s">
-        <v>720</v>
+        <v>437</v>
       </c>
       <c r="CW106" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="107" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>123</v>
       </c>
       <c r="B107" t="s">
         <v>124</v>
       </c>
       <c r="C107" t="s">
         <v>125</v>
       </c>
       <c r="D107" t="s">
         <v>126</v>
       </c>
       <c r="E107" t="s">
         <v>127</v>
       </c>
       <c r="F107" t="s">
         <v>127</v>
       </c>
       <c r="G107" t="s">
         <v>128</v>
       </c>
       <c r="H107" t="s">
         <v>128</v>
       </c>
       <c r="I107" t="s">
         <v>129</v>
       </c>
       <c r="J107" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K107" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L107" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N107" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="O107">
         <v>1</v>
       </c>
       <c r="P107" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="Q107" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R107" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="S107" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="T107">
         <v>2</v>
       </c>
       <c r="U107" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V107" t="s">
         <v>128</v>
       </c>
       <c r="W107" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X107">
         <v>252</v>
       </c>
       <c r="Y107">
-        <v>0.190056</v>
+        <v>0.19071399999999999</v>
       </c>
       <c r="Z107" t="s">
         <v>128</v>
       </c>
       <c r="AE107" t="s">
         <v>128</v>
       </c>
       <c r="AF107">
         <v>4</v>
       </c>
       <c r="AG107" t="s">
         <v>128</v>
       </c>
       <c r="AH107">
         <v>4</v>
       </c>
       <c r="AI107">
         <v>1</v>
       </c>
       <c r="AJ107">
         <v>5</v>
       </c>
       <c r="AK107" t="s">
         <v>128</v>
       </c>
       <c r="AM107" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN107">
-        <v>-0.27212320000000001</v>
+        <v>-0.27211269999999999</v>
       </c>
       <c r="AP107">
-        <v>-5.0076500000000003E-2</v>
+        <v>-5.00735E-2</v>
       </c>
       <c r="AQ107" t="s">
         <v>128</v>
       </c>
       <c r="AS107">
-        <v>6.4725500000000005E-2</v>
+        <v>6.4723199999999995E-2</v>
       </c>
       <c r="AU107">
-        <v>2.0479399999999998E-2</v>
+        <v>2.0472899999999999E-2</v>
       </c>
       <c r="AV107" t="s">
         <v>128</v>
       </c>
       <c r="AX107">
-        <v>0.39709709999999998</v>
+        <v>0.3971092</v>
       </c>
       <c r="AZ107">
-        <v>0.13755100000000001</v>
+        <v>0.13584750000000001</v>
       </c>
       <c r="BA107" t="s">
         <v>128</v>
       </c>
       <c r="BC107">
-        <v>-0.58190489999999995</v>
+        <v>-0.58185880000000001</v>
       </c>
       <c r="BE107">
-        <v>-0.19301570000000001</v>
+        <v>-0.1930181</v>
       </c>
       <c r="BF107" t="s">
         <v>128</v>
       </c>
       <c r="BN107" t="s">
         <v>127</v>
       </c>
       <c r="BO107" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="BP107" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="BQ107">
         <v>4</v>
       </c>
       <c r="BR107">
         <v>10000</v>
       </c>
       <c r="BS107">
         <v>0</v>
       </c>
       <c r="BT107">
         <v>0</v>
       </c>
       <c r="BU107">
         <v>0</v>
       </c>
       <c r="BV107">
         <v>0</v>
       </c>
       <c r="BW107">
         <v>0</v>
       </c>
       <c r="BX107" t="s">
         <v>128</v>
       </c>
       <c r="BY107">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="BZ107">
         <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA107" t="s">
         <v>128</v>
       </c>
       <c r="CC107" t="s">
         <v>128</v>
       </c>
       <c r="CD107" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE107" t="s">
-        <v>842</v>
+        <v>144</v>
       </c>
       <c r="CF107" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG107" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="CH107" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI107" t="s">
         <v>128</v>
       </c>
       <c r="CO107" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="CP107" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="CQ107" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="CR107" t="s">
         <v>127</v>
       </c>
       <c r="CS107" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT107" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU107" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV107" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="CW107" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="108" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>123</v>
       </c>
       <c r="B108" t="s">
         <v>124</v>
       </c>
       <c r="C108" t="s">
         <v>125</v>
       </c>
       <c r="D108" t="s">
         <v>126</v>
       </c>
       <c r="E108" t="s">
         <v>127</v>
       </c>
       <c r="F108" t="s">
         <v>127</v>
       </c>
       <c r="G108" t="s">
         <v>128</v>
       </c>
       <c r="H108" t="s">
         <v>128</v>
       </c>
       <c r="I108" t="s">
         <v>129</v>
       </c>
       <c r="J108" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K108" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L108" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N108" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="O108">
         <v>1</v>
       </c>
       <c r="P108" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="Q108" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R108" t="s">
-        <v>361</v>
+        <v>158</v>
       </c>
       <c r="S108" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="T108">
         <v>2</v>
       </c>
       <c r="U108" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V108" t="s">
         <v>128</v>
       </c>
       <c r="W108" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X108">
         <v>252</v>
       </c>
       <c r="Y108">
-        <v>0.193854</v>
+        <v>0.237071</v>
       </c>
       <c r="Z108" t="s">
         <v>128</v>
       </c>
       <c r="AE108" t="s">
         <v>128</v>
       </c>
       <c r="AF108">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG108" t="s">
         <v>128</v>
       </c>
       <c r="AH108">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI108">
         <v>1</v>
       </c>
       <c r="AJ108">
         <v>5</v>
       </c>
       <c r="AK108" t="s">
         <v>128</v>
       </c>
       <c r="AM108" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN108">
-        <v>-0.28322140000000001</v>
+        <v>-0.42088140000000002</v>
       </c>
       <c r="AP108">
-        <v>-4.6928600000000001E-2</v>
+        <v>-5.9631799999999999E-2</v>
       </c>
       <c r="AQ108" t="s">
         <v>128</v>
       </c>
       <c r="AS108">
-        <v>5.9116599999999998E-2</v>
+        <v>0.1192276</v>
       </c>
       <c r="AU108">
-        <v>2.5502799999999999E-2</v>
+        <v>0.1460458</v>
       </c>
       <c r="AV108" t="s">
         <v>128</v>
       </c>
       <c r="AX108">
-        <v>0.46185890000000002</v>
+        <v>1.0207957999999999</v>
       </c>
       <c r="AZ108">
-        <v>0.1111284</v>
+        <v>0.29130479999999997</v>
       </c>
       <c r="BA108" t="s">
         <v>128</v>
       </c>
       <c r="BC108">
-        <v>-0.73405670000000001</v>
+        <v>-0.70290269999999999</v>
       </c>
       <c r="BE108">
-        <v>-0.20022190000000001</v>
+        <v>-0.30019309999999999</v>
       </c>
       <c r="BF108" t="s">
         <v>128</v>
       </c>
       <c r="BN108" t="s">
         <v>127</v>
       </c>
       <c r="BO108" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="BP108" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="BQ108">
         <v>4</v>
       </c>
       <c r="BR108">
         <v>10000</v>
       </c>
       <c r="BS108">
         <v>0</v>
       </c>
       <c r="BT108">
         <v>0</v>
       </c>
       <c r="BU108">
         <v>0</v>
       </c>
       <c r="BV108">
         <v>0</v>
       </c>
       <c r="BW108">
         <v>0</v>
       </c>
       <c r="BX108" t="s">
         <v>128</v>
       </c>
       <c r="BY108">
-        <v>8.0000000000000002E-3</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="BZ108">
-        <v>8.4000000000000003E-4</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CA108" t="s">
         <v>128</v>
       </c>
       <c r="CC108" t="s">
         <v>128</v>
       </c>
       <c r="CD108" t="s">
-        <v>142</v>
+        <v>263</v>
       </c>
       <c r="CE108" t="s">
-        <v>842</v>
+        <v>264</v>
       </c>
       <c r="CF108" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG108" t="s">
-        <v>145</v>
+        <v>265</v>
       </c>
       <c r="CH108" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI108" t="s">
         <v>128</v>
       </c>
       <c r="CO108" t="s">
-        <v>782</v>
+        <v>443</v>
       </c>
       <c r="CP108" t="s">
-        <v>336</v>
+        <v>404</v>
       </c>
       <c r="CQ108" t="s">
-        <v>149</v>
+        <v>232</v>
       </c>
       <c r="CR108" t="s">
         <v>127</v>
       </c>
       <c r="CS108" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT108" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU108" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV108" t="s">
-        <v>720</v>
+        <v>405</v>
       </c>
       <c r="CW108" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="109" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" t="s">
         <v>124</v>
       </c>
       <c r="C109" t="s">
         <v>125</v>
       </c>
       <c r="D109" t="s">
         <v>126</v>
       </c>
       <c r="E109" t="s">
         <v>127</v>
       </c>
       <c r="F109" t="s">
         <v>127</v>
       </c>
       <c r="G109" t="s">
         <v>128</v>
       </c>
       <c r="H109" t="s">
         <v>128</v>
       </c>
       <c r="I109" t="s">
         <v>129</v>
       </c>
       <c r="J109" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K109" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L109" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N109" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="O109">
         <v>1</v>
       </c>
       <c r="P109" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="Q109" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R109" t="s">
-        <v>361</v>
+        <v>158</v>
       </c>
       <c r="S109" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="T109">
         <v>2</v>
       </c>
       <c r="U109" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V109" t="s">
         <v>128</v>
       </c>
       <c r="W109" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X109">
         <v>252</v>
       </c>
       <c r="Y109">
-        <v>0.21556500000000001</v>
+        <v>0.28442899999999999</v>
       </c>
       <c r="Z109" t="s">
         <v>128</v>
       </c>
       <c r="AE109" t="s">
         <v>128</v>
       </c>
       <c r="AF109">
         <v>5</v>
       </c>
       <c r="AG109" t="s">
         <v>128</v>
       </c>
       <c r="AH109">
         <v>5</v>
       </c>
       <c r="AI109">
         <v>1</v>
       </c>
       <c r="AJ109">
         <v>5</v>
       </c>
       <c r="AK109" t="s">
         <v>128</v>
       </c>
       <c r="AM109" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN109">
-        <v>-0.42764350000000001</v>
+        <v>-0.47249229999999998</v>
       </c>
       <c r="AP109">
-        <v>-7.5677099999999997E-2</v>
+        <v>-0.14737980000000001</v>
       </c>
       <c r="AQ109" t="s">
         <v>128</v>
       </c>
       <c r="AS109">
-        <v>-6.3981000000000003E-3</v>
+        <v>0.1127346</v>
       </c>
       <c r="AU109">
-        <v>-1.76966E-2</v>
+        <v>6.16371E-2</v>
       </c>
       <c r="AV109" t="s">
         <v>128</v>
       </c>
       <c r="AX109">
-        <v>0.31504680000000002</v>
+        <v>0.80002110000000004</v>
       </c>
       <c r="AZ109">
-        <v>9.7531999999999994E-2</v>
+        <v>0.29923440000000001</v>
       </c>
       <c r="BA109" t="s">
         <v>128</v>
       </c>
       <c r="BC109">
-        <v>-0.69085350000000001</v>
+        <v>-0.77141420000000005</v>
       </c>
       <c r="BE109">
-        <v>-0.23743539999999999</v>
+        <v>-0.35097660000000003</v>
       </c>
       <c r="BF109" t="s">
         <v>128</v>
       </c>
       <c r="BN109" t="s">
         <v>127</v>
       </c>
       <c r="BO109" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="BP109" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="BQ109">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BR109">
         <v>10000</v>
       </c>
       <c r="BS109">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT109">
         <v>0</v>
       </c>
       <c r="BU109">
         <v>0</v>
       </c>
       <c r="BV109">
         <v>0</v>
       </c>
       <c r="BW109">
         <v>0</v>
       </c>
       <c r="BX109" t="s">
         <v>128</v>
       </c>
       <c r="BY109">
-        <v>1.7000000000000001E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ109">
-        <v>8.0000000000000004E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA109" t="s">
         <v>128</v>
       </c>
       <c r="CC109" t="s">
         <v>128</v>
       </c>
       <c r="CD109" t="s">
-        <v>142</v>
+        <v>239</v>
       </c>
       <c r="CE109" t="s">
-        <v>143</v>
+        <v>240</v>
       </c>
       <c r="CF109" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG109" t="s">
-        <v>145</v>
+        <v>241</v>
       </c>
       <c r="CH109" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI109" t="s">
         <v>128</v>
       </c>
       <c r="CO109" t="s">
-        <v>858</v>
+        <v>242</v>
       </c>
       <c r="CP109" t="s">
-        <v>420</v>
+        <v>860</v>
       </c>
       <c r="CQ109" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR109" t="s">
         <v>127</v>
       </c>
       <c r="CS109" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT109" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU109" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV109" t="s">
-        <v>153</v>
+        <v>245</v>
       </c>
       <c r="CW109" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="110" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>123</v>
       </c>
       <c r="B110" t="s">
         <v>124</v>
       </c>
       <c r="C110" t="s">
         <v>125</v>
       </c>
       <c r="D110" t="s">
         <v>126</v>
       </c>
       <c r="E110" t="s">
         <v>127</v>
       </c>
       <c r="F110" t="s">
         <v>127</v>
       </c>
       <c r="G110" t="s">
         <v>128</v>
       </c>
       <c r="H110" t="s">
         <v>128</v>
       </c>
       <c r="I110" t="s">
         <v>129</v>
       </c>
       <c r="J110" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K110" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L110" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N110" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="O110">
         <v>1</v>
       </c>
       <c r="P110" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="Q110" t="s">
-        <v>861</v>
+        <v>226</v>
       </c>
       <c r="R110" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="S110" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="T110">
         <v>2</v>
       </c>
       <c r="U110" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V110" t="s">
         <v>128</v>
       </c>
       <c r="W110" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X110">
         <v>252</v>
       </c>
       <c r="Y110">
-        <v>0.18577299999999999</v>
+        <v>0.353186</v>
       </c>
       <c r="Z110" t="s">
         <v>128</v>
       </c>
       <c r="AE110" t="s">
         <v>128</v>
       </c>
       <c r="AF110">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG110" t="s">
         <v>128</v>
       </c>
       <c r="AH110">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI110">
         <v>1</v>
       </c>
       <c r="AJ110">
         <v>5</v>
       </c>
       <c r="AK110" t="s">
         <v>128</v>
       </c>
       <c r="AM110" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN110">
-        <v>-0.27808349999999998</v>
+        <v>-0.55941240000000003</v>
       </c>
       <c r="AP110">
-        <v>-4.8443199999999999E-2</v>
+        <v>-6.7577700000000004E-2</v>
       </c>
       <c r="AQ110" t="s">
         <v>128</v>
       </c>
       <c r="AS110">
-        <v>1.8915999999999999E-2</v>
+        <v>0.21794649999999999</v>
       </c>
       <c r="AU110">
-        <v>2.2925500000000001E-2</v>
+        <v>0.14629739999999999</v>
       </c>
       <c r="AV110" t="s">
         <v>128</v>
       </c>
       <c r="AX110">
-        <v>0.2722695</v>
+        <v>1.1726175000000001</v>
       </c>
       <c r="AZ110">
-        <v>0.118605</v>
+        <v>0.38799230000000001</v>
       </c>
       <c r="BA110" t="s">
         <v>128</v>
       </c>
       <c r="BC110">
-        <v>-0.61450179999999999</v>
+        <v>-0.86468840000000002</v>
       </c>
       <c r="BE110">
-        <v>-0.19130449999999999</v>
+        <v>-0.46774490000000002</v>
       </c>
       <c r="BF110" t="s">
         <v>128</v>
       </c>
       <c r="BN110" t="s">
         <v>127</v>
       </c>
       <c r="BO110" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="BP110" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="BQ110">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR110">
-        <v>100000</v>
+        <v>10000</v>
       </c>
       <c r="BS110">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT110">
         <v>0</v>
       </c>
       <c r="BU110">
         <v>0</v>
       </c>
       <c r="BV110">
         <v>0</v>
       </c>
       <c r="BW110">
         <v>0</v>
       </c>
       <c r="BX110" t="s">
         <v>128</v>
       </c>
       <c r="BY110">
-        <v>1.7000000000000001E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BZ110">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA110" t="s">
         <v>128</v>
       </c>
       <c r="CC110" t="s">
         <v>128</v>
       </c>
       <c r="CD110" t="s">
-        <v>142</v>
+        <v>389</v>
       </c>
       <c r="CE110" t="s">
-        <v>143</v>
+        <v>390</v>
       </c>
       <c r="CF110" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="CG110" t="s">
-        <v>145</v>
+        <v>391</v>
       </c>
       <c r="CH110" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI110" t="s">
         <v>128</v>
       </c>
       <c r="CO110" t="s">
-        <v>782</v>
+        <v>376</v>
       </c>
       <c r="CP110" t="s">
-        <v>401</v>
+        <v>429</v>
       </c>
       <c r="CQ110" t="s">
-        <v>149</v>
+        <v>244</v>
       </c>
       <c r="CR110" t="s">
         <v>127</v>
       </c>
       <c r="CS110" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT110" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU110" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV110" t="s">
-        <v>153</v>
+        <v>223</v>
       </c>
       <c r="CW110" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>123</v>
       </c>
       <c r="B111" t="s">
         <v>124</v>
       </c>
       <c r="C111" t="s">
         <v>125</v>
       </c>
       <c r="D111" t="s">
         <v>126</v>
       </c>
       <c r="E111" t="s">
         <v>127</v>
       </c>
       <c r="F111" t="s">
         <v>127</v>
       </c>
       <c r="G111" t="s">
         <v>128</v>
       </c>
       <c r="H111" t="s">
         <v>128</v>
       </c>
       <c r="I111" t="s">
         <v>129</v>
       </c>
       <c r="J111" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K111" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L111" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N111" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="O111">
         <v>1</v>
       </c>
       <c r="P111" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="Q111" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R111" t="s">
-        <v>267</v>
+        <v>363</v>
       </c>
       <c r="S111" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="T111">
         <v>2</v>
       </c>
       <c r="U111" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V111" t="s">
         <v>128</v>
       </c>
       <c r="W111" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X111">
         <v>252</v>
       </c>
       <c r="Y111">
-        <v>0.192773</v>
+        <v>0.19489999999999999</v>
       </c>
       <c r="Z111" t="s">
         <v>128</v>
       </c>
       <c r="AE111" t="s">
         <v>128</v>
       </c>
       <c r="AF111">
         <v>4</v>
       </c>
       <c r="AG111" t="s">
         <v>128</v>
       </c>
       <c r="AH111">
         <v>4</v>
       </c>
       <c r="AI111">
         <v>1</v>
       </c>
       <c r="AJ111">
         <v>5</v>
       </c>
       <c r="AK111" t="s">
         <v>128</v>
       </c>
       <c r="AM111" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN111">
-        <v>-0.13664850000000001</v>
+        <v>-0.3251677</v>
       </c>
       <c r="AP111">
-        <v>-1.3969199999999999E-2</v>
+        <v>-6.2716300000000003E-2</v>
       </c>
       <c r="AQ111" t="s">
         <v>128</v>
       </c>
       <c r="AS111">
-        <v>9.8091700000000004E-2</v>
+        <v>3.6865000000000001E-3</v>
       </c>
       <c r="AU111">
-        <v>9.8010100000000003E-2</v>
+        <v>8.8879000000000007E-3</v>
       </c>
       <c r="AV111" t="s">
         <v>128</v>
       </c>
       <c r="AX111">
-        <v>0.39623039999999998</v>
+        <v>0.37636540000000002</v>
       </c>
       <c r="AZ111">
-        <v>0.22263189999999999</v>
+        <v>0.11196349999999999</v>
       </c>
       <c r="BA111" t="s">
         <v>128</v>
       </c>
       <c r="BC111">
-        <v>-0.60243800000000003</v>
+        <v>-0.74740169999999995</v>
       </c>
       <c r="BE111">
-        <v>-0.2351888</v>
+        <v>-0.20844399999999999</v>
       </c>
       <c r="BF111" t="s">
         <v>128</v>
       </c>
       <c r="BN111" t="s">
         <v>127</v>
       </c>
       <c r="BO111" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="BP111" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="BQ111">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR111">
         <v>10000</v>
       </c>
       <c r="BS111">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="BT111">
         <v>0</v>
       </c>
       <c r="BU111">
         <v>0</v>
       </c>
       <c r="BV111">
         <v>0</v>
       </c>
       <c r="BW111">
         <v>0</v>
       </c>
       <c r="BX111" t="s">
         <v>128</v>
       </c>
       <c r="BY111">
-        <v>6.4000000000000003E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="BZ111">
-        <v>4.8000000000000001E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
       <c r="CA111" t="s">
         <v>128</v>
       </c>
       <c r="CC111" t="s">
         <v>128</v>
       </c>
       <c r="CD111" t="s">
-        <v>387</v>
+        <v>143</v>
       </c>
       <c r="CE111" t="s">
-        <v>432</v>
+        <v>144</v>
       </c>
       <c r="CF111" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="CG111" t="s">
-        <v>329</v>
+        <v>146</v>
       </c>
       <c r="CH111" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI111" t="s">
         <v>128</v>
       </c>
       <c r="CO111" t="s">
-        <v>273</v>
+        <v>772</v>
       </c>
       <c r="CP111" t="s">
-        <v>330</v>
+        <v>404</v>
       </c>
       <c r="CQ111" t="s">
-        <v>208</v>
+        <v>150</v>
       </c>
       <c r="CR111" t="s">
         <v>127</v>
       </c>
       <c r="CS111" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT111" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="CU111" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV111" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="CW111" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="112" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>123</v>
       </c>
       <c r="B112" t="s">
         <v>124</v>
       </c>
       <c r="C112" t="s">
         <v>125</v>
       </c>
       <c r="D112" t="s">
         <v>126</v>
       </c>
       <c r="E112" t="s">
         <v>127</v>
       </c>
       <c r="F112" t="s">
         <v>127</v>
       </c>
       <c r="G112" t="s">
         <v>128</v>
       </c>
       <c r="H112" t="s">
         <v>128</v>
       </c>
       <c r="I112" t="s">
         <v>129</v>
       </c>
       <c r="J112" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K112" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L112" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N112" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="O112">
         <v>1</v>
       </c>
       <c r="P112" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="Q112" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="R112" t="s">
-        <v>361</v>
+        <v>158</v>
       </c>
       <c r="S112" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="T112">
         <v>2</v>
       </c>
       <c r="U112" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V112" t="s">
         <v>128</v>
       </c>
       <c r="W112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X112">
         <v>252</v>
       </c>
       <c r="Y112">
-        <v>0.190053</v>
+        <v>0.29960399999999998</v>
       </c>
       <c r="Z112" t="s">
         <v>128</v>
       </c>
       <c r="AE112" t="s">
         <v>128</v>
       </c>
       <c r="AF112">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AG112" t="s">
         <v>128</v>
       </c>
       <c r="AH112">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AI112">
         <v>1</v>
       </c>
       <c r="AJ112">
         <v>5</v>
       </c>
       <c r="AK112" t="s">
         <v>128</v>
       </c>
       <c r="AM112" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN112">
-        <v>-0.27211269999999999</v>
+        <v>-0.53665810000000003</v>
       </c>
       <c r="AP112">
-        <v>-5.00735E-2</v>
+        <v>-0.15880559999999999</v>
       </c>
       <c r="AQ112" t="s">
         <v>128</v>
       </c>
       <c r="AS112">
-        <v>6.4723199999999995E-2</v>
+        <v>0.1126114</v>
       </c>
       <c r="AU112">
-        <v>2.0472899999999999E-2</v>
+        <v>3.1528599999999997E-2</v>
       </c>
       <c r="AV112" t="s">
         <v>128</v>
       </c>
       <c r="AX112">
-        <v>0.3971092</v>
+        <v>0.97670970000000001</v>
       </c>
       <c r="AZ112">
-        <v>0.13584750000000001</v>
+        <v>0.32868320000000001</v>
       </c>
       <c r="BA112" t="s">
         <v>128</v>
       </c>
       <c r="BC112">
-        <v>-0.58185880000000001</v>
+        <v>-0.78446039999999995</v>
       </c>
       <c r="BE112">
-        <v>-0.1930181</v>
+        <v>-0.37449329999999997</v>
       </c>
       <c r="BF112" t="s">
         <v>128</v>
       </c>
       <c r="BN112" t="s">
         <v>127</v>
       </c>
       <c r="BO112" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="BP112" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="BQ112">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BR112">
         <v>10000</v>
       </c>
       <c r="BS112">
         <v>0</v>
       </c>
       <c r="BT112">
         <v>0</v>
       </c>
       <c r="BU112">
         <v>0</v>
       </c>
       <c r="BV112">
         <v>0</v>
       </c>
       <c r="BW112">
         <v>0</v>
       </c>
       <c r="BX112" t="s">
         <v>128</v>
       </c>
       <c r="BY112">
-        <v>8.0000000000000002E-3</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="BZ112">
-        <v>8.4000000000000003E-4</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA112" t="s">
         <v>128</v>
       </c>
       <c r="CC112" t="s">
         <v>128</v>
       </c>
       <c r="CD112" t="s">
-        <v>142</v>
+        <v>239</v>
       </c>
       <c r="CE112" t="s">
-        <v>143</v>
+        <v>240</v>
       </c>
       <c r="CF112" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="CG112" t="s">
-        <v>145</v>
+        <v>241</v>
       </c>
       <c r="CH112" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI112" t="s">
         <v>128</v>
       </c>
       <c r="CO112" t="s">
-        <v>782</v>
+        <v>242</v>
       </c>
       <c r="CP112" t="s">
-        <v>390</v>
+        <v>876</v>
       </c>
       <c r="CQ112" t="s">
-        <v>182</v>
+        <v>244</v>
       </c>
       <c r="CR112" t="s">
         <v>127</v>
       </c>
       <c r="CS112" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT112" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU112" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV112" t="s">
-        <v>720</v>
+        <v>245</v>
       </c>
       <c r="CW112" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="113" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>123</v>
       </c>
       <c r="B113" t="s">
         <v>124</v>
       </c>
       <c r="C113" t="s">
         <v>125</v>
       </c>
       <c r="D113" t="s">
         <v>126</v>
       </c>
       <c r="E113" t="s">
         <v>127</v>
       </c>
       <c r="F113" t="s">
         <v>127</v>
       </c>
       <c r="G113" t="s">
         <v>128</v>
       </c>
       <c r="H113" t="s">
         <v>128</v>
       </c>
       <c r="I113" t="s">
         <v>129</v>
       </c>
       <c r="J113" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K113" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L113" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N113" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="O113">
         <v>1</v>
       </c>
       <c r="P113" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="Q113" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="R113" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="S113" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="T113">
         <v>2</v>
       </c>
       <c r="U113" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V113" t="s">
         <v>128</v>
       </c>
       <c r="W113" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X113">
         <v>252</v>
       </c>
       <c r="Y113">
-        <v>0.23807200000000001</v>
+        <v>0.27942699999999998</v>
       </c>
       <c r="Z113" t="s">
         <v>128</v>
       </c>
       <c r="AE113" t="s">
         <v>128</v>
       </c>
       <c r="AF113">
         <v>5</v>
       </c>
       <c r="AG113" t="s">
         <v>128</v>
       </c>
       <c r="AH113">
         <v>5</v>
       </c>
       <c r="AI113">
         <v>1</v>
       </c>
       <c r="AJ113">
         <v>5</v>
       </c>
       <c r="AK113" t="s">
         <v>128</v>
       </c>
       <c r="AM113" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN113">
-        <v>-0.42088140000000002</v>
+        <v>-0.45323140000000001</v>
       </c>
       <c r="AP113">
-        <v>-5.9631799999999999E-2</v>
+        <v>-5.4075499999999999E-2</v>
       </c>
       <c r="AQ113" t="s">
         <v>128</v>
       </c>
       <c r="AS113">
-        <v>0.1192276</v>
+        <v>0.1831795</v>
       </c>
       <c r="AU113">
-        <v>0.1460458</v>
+        <v>0.15994729999999999</v>
       </c>
       <c r="AV113" t="s">
         <v>128</v>
       </c>
       <c r="AX113">
-        <v>1.0207957999999999</v>
+        <v>0.88735649999999999</v>
       </c>
       <c r="AZ113">
-        <v>0.29130479999999997</v>
+        <v>0.33344010000000002</v>
       </c>
       <c r="BA113" t="s">
         <v>128</v>
       </c>
       <c r="BC113">
-        <v>-0.70290269999999999</v>
+        <v>-0.86118340000000004</v>
       </c>
       <c r="BE113">
-        <v>-0.30019309999999999</v>
+        <v>-0.41223799999999999</v>
       </c>
       <c r="BF113" t="s">
         <v>128</v>
       </c>
       <c r="BN113" t="s">
         <v>127</v>
       </c>
       <c r="BO113" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="BP113" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="BQ113">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="BR113">
         <v>10000</v>
       </c>
       <c r="BS113">
         <v>0</v>
       </c>
       <c r="BT113">
         <v>0</v>
       </c>
       <c r="BU113">
         <v>0</v>
       </c>
       <c r="BV113">
         <v>0</v>
       </c>
       <c r="BW113">
         <v>0</v>
       </c>
       <c r="BX113" t="s">
         <v>128</v>
       </c>
       <c r="BY113">
-        <v>5.7999999999999996E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ113">
-        <v>1.1000000000000001E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA113" t="s">
         <v>128</v>
       </c>
       <c r="CC113" t="s">
         <v>128</v>
       </c>
       <c r="CD113" t="s">
-        <v>260</v>
+        <v>143</v>
       </c>
       <c r="CE113" t="s">
-        <v>261</v>
+        <v>305</v>
       </c>
       <c r="CF113" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG113" t="s">
-        <v>262</v>
+        <v>208</v>
       </c>
       <c r="CH113" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI113" t="s">
         <v>128</v>
       </c>
       <c r="CO113" t="s">
-        <v>440</v>
+        <v>306</v>
       </c>
       <c r="CP113" t="s">
-        <v>401</v>
+        <v>444</v>
       </c>
       <c r="CQ113" t="s">
-        <v>229</v>
+        <v>882</v>
       </c>
       <c r="CR113" t="s">
         <v>127</v>
       </c>
       <c r="CS113" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT113" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU113" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV113" t="s">
-        <v>402</v>
+        <v>298</v>
       </c>
       <c r="CW113" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="114" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>123</v>
       </c>
       <c r="B114" t="s">
         <v>124</v>
       </c>
       <c r="C114" t="s">
         <v>125</v>
       </c>
       <c r="D114" t="s">
         <v>126</v>
       </c>
       <c r="E114" t="s">
         <v>127</v>
       </c>
       <c r="F114" t="s">
         <v>127</v>
       </c>
       <c r="G114" t="s">
         <v>128</v>
       </c>
       <c r="H114" t="s">
         <v>128</v>
       </c>
       <c r="I114" t="s">
         <v>129</v>
       </c>
       <c r="J114" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K114" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L114" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N114" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="Q114" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R114" t="s">
-        <v>157</v>
+        <v>293</v>
       </c>
       <c r="S114" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="T114">
         <v>2</v>
       </c>
       <c r="U114" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V114" t="s">
         <v>128</v>
       </c>
       <c r="W114" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X114">
         <v>252</v>
       </c>
       <c r="Y114">
-        <v>0.28509400000000001</v>
+        <v>0.29453000000000001</v>
       </c>
       <c r="Z114" t="s">
         <v>128</v>
       </c>
       <c r="AE114" t="s">
         <v>128</v>
       </c>
       <c r="AF114">
         <v>5</v>
       </c>
       <c r="AG114" t="s">
         <v>128</v>
       </c>
       <c r="AH114">
         <v>5</v>
       </c>
       <c r="AI114">
         <v>1</v>
       </c>
       <c r="AJ114">
         <v>5</v>
       </c>
       <c r="AK114" t="s">
         <v>128</v>
       </c>
       <c r="AM114" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN114">
-        <v>-0.47249229999999998</v>
+        <v>-0.53258150000000004</v>
       </c>
       <c r="AP114">
-        <v>-0.14737980000000001</v>
+        <v>-4.66156E-2</v>
       </c>
       <c r="AQ114" t="s">
         <v>128</v>
       </c>
       <c r="AS114">
-        <v>0.1127346</v>
+        <v>0.20762990000000001</v>
       </c>
       <c r="AU114">
-        <v>6.16371E-2</v>
+        <v>0.15261040000000001</v>
       </c>
       <c r="AV114" t="s">
         <v>128</v>
       </c>
       <c r="AX114">
-        <v>0.80002110000000004</v>
+        <v>1.0512197000000001</v>
       </c>
       <c r="AZ114">
-        <v>0.29923440000000001</v>
+        <v>0.35984060000000001</v>
       </c>
       <c r="BA114" t="s">
         <v>128</v>
       </c>
       <c r="BC114">
-        <v>-0.77141420000000005</v>
+        <v>-0.81768099999999999</v>
       </c>
       <c r="BE114">
-        <v>-0.35097660000000003</v>
+        <v>-0.40164080000000002</v>
       </c>
       <c r="BF114" t="s">
         <v>128</v>
       </c>
       <c r="BN114" t="s">
         <v>127</v>
       </c>
       <c r="BO114" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="BP114" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="BQ114">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BR114">
         <v>10000</v>
       </c>
       <c r="BS114">
         <v>0</v>
       </c>
       <c r="BT114">
         <v>0</v>
       </c>
       <c r="BU114">
         <v>0</v>
       </c>
       <c r="BV114">
         <v>0</v>
       </c>
       <c r="BW114">
         <v>0</v>
       </c>
       <c r="BX114" t="s">
         <v>128</v>
       </c>
       <c r="BY114">
-        <v>8.8000000000000005E-3</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="BZ114">
-        <v>1.4E-3</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA114" t="s">
         <v>128</v>
       </c>
       <c r="CC114" t="s">
         <v>128</v>
       </c>
       <c r="CD114" t="s">
-        <v>236</v>
+        <v>143</v>
       </c>
       <c r="CE114" t="s">
-        <v>237</v>
+        <v>305</v>
       </c>
       <c r="CF114" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="CG114" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="CH114" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI114" t="s">
         <v>128</v>
       </c>
       <c r="CO114" t="s">
-        <v>239</v>
+        <v>209</v>
       </c>
       <c r="CP114" t="s">
-        <v>885</v>
+        <v>645</v>
       </c>
       <c r="CQ114" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="CR114" t="s">
         <v>127</v>
       </c>
       <c r="CS114" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT114" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU114" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV114" t="s">
-        <v>242</v>
+        <v>298</v>
       </c>
       <c r="CW114" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="115" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>123</v>
       </c>
       <c r="B115" t="s">
         <v>124</v>
       </c>
       <c r="C115" t="s">
         <v>125</v>
       </c>
       <c r="D115" t="s">
         <v>126</v>
       </c>
       <c r="E115" t="s">
         <v>127</v>
       </c>
       <c r="F115" t="s">
         <v>127</v>
       </c>
       <c r="G115" t="s">
         <v>128</v>
       </c>
       <c r="H115" t="s">
         <v>128</v>
       </c>
       <c r="I115" t="s">
         <v>129</v>
       </c>
       <c r="J115" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K115" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L115" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N115" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="Q115" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R115" t="s">
-        <v>383</v>
+        <v>174</v>
       </c>
       <c r="S115" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="T115">
         <v>2</v>
       </c>
       <c r="U115" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V115" t="s">
         <v>128</v>
       </c>
       <c r="W115" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X115">
         <v>252</v>
       </c>
       <c r="Y115">
-        <v>0.35512500000000002</v>
+        <v>0.18739700000000001</v>
       </c>
       <c r="Z115" t="s">
         <v>128</v>
       </c>
       <c r="AE115" t="s">
         <v>128</v>
       </c>
       <c r="AF115">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG115" t="s">
         <v>128</v>
       </c>
       <c r="AH115">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI115">
         <v>1</v>
       </c>
       <c r="AJ115">
         <v>5</v>
       </c>
       <c r="AK115" t="s">
         <v>128</v>
       </c>
       <c r="AM115" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN115">
-        <v>-0.55941240000000003</v>
+        <v>-0.26792280000000002</v>
       </c>
       <c r="AP115">
-        <v>-6.7577700000000004E-2</v>
+        <v>-1.5727999999999999E-2</v>
       </c>
       <c r="AQ115" t="s">
         <v>128</v>
       </c>
       <c r="AS115">
-        <v>0.21794649999999999</v>
+        <v>8.96676E-2</v>
       </c>
       <c r="AU115">
-        <v>0.14629739999999999</v>
+        <v>6.6079899999999997E-2</v>
       </c>
       <c r="AV115" t="s">
         <v>128</v>
       </c>
       <c r="AX115">
-        <v>1.1726175000000001</v>
+        <v>0.37555880000000003</v>
       </c>
       <c r="AZ115">
-        <v>0.38799230000000001</v>
+        <v>0.1525243</v>
       </c>
       <c r="BA115" t="s">
         <v>128</v>
       </c>
       <c r="BC115">
-        <v>-0.86468840000000002</v>
+        <v>-0.60241290000000003</v>
       </c>
       <c r="BE115">
-        <v>-0.46774490000000002</v>
+        <v>-0.23924519999999999</v>
       </c>
       <c r="BF115" t="s">
         <v>128</v>
       </c>
       <c r="BN115" t="s">
         <v>127</v>
       </c>
       <c r="BO115" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="BP115" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="BQ115">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BR115">
         <v>10000</v>
       </c>
       <c r="BS115">
         <v>0</v>
       </c>
       <c r="BT115">
         <v>0</v>
       </c>
       <c r="BU115">
         <v>0</v>
       </c>
       <c r="BV115">
         <v>0</v>
       </c>
       <c r="BW115">
         <v>0</v>
       </c>
       <c r="BX115" t="s">
         <v>128</v>
       </c>
       <c r="BY115">
-        <v>6.4999999999999997E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="BZ115">
-        <v>2.3E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA115" t="s">
         <v>128</v>
       </c>
       <c r="CC115" t="s">
         <v>128</v>
       </c>
       <c r="CD115" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="CE115" t="s">
-        <v>388</v>
+        <v>479</v>
       </c>
       <c r="CF115" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="CG115" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="CH115" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI115" t="s">
         <v>128</v>
       </c>
       <c r="CO115" t="s">
-        <v>374</v>
+        <v>416</v>
       </c>
       <c r="CP115" t="s">
-        <v>426</v>
+        <v>495</v>
       </c>
       <c r="CQ115" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="CR115" t="s">
         <v>127</v>
       </c>
       <c r="CS115" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT115" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU115" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV115" t="s">
-        <v>351</v>
+        <v>437</v>
       </c>
       <c r="CW115" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="116" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>123</v>
       </c>
       <c r="B116" t="s">
         <v>124</v>
       </c>
       <c r="C116" t="s">
         <v>125</v>
       </c>
       <c r="D116" t="s">
         <v>126</v>
       </c>
       <c r="E116" t="s">
         <v>127</v>
       </c>
       <c r="F116" t="s">
         <v>127</v>
       </c>
       <c r="G116" t="s">
         <v>128</v>
       </c>
       <c r="H116" t="s">
         <v>128</v>
       </c>
       <c r="I116" t="s">
         <v>129</v>
       </c>
       <c r="J116" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K116" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L116" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N116" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="O116">
         <v>1</v>
       </c>
       <c r="P116" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="Q116" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="R116" t="s">
-        <v>361</v>
+        <v>895</v>
       </c>
       <c r="S116" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="T116">
         <v>2</v>
       </c>
       <c r="U116" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V116" t="s">
         <v>128</v>
       </c>
       <c r="W116" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X116">
         <v>252</v>
       </c>
       <c r="Y116">
-        <v>0.193858</v>
+        <v>0.29451699999999997</v>
       </c>
       <c r="Z116" t="s">
         <v>128</v>
       </c>
       <c r="AE116" t="s">
         <v>128</v>
       </c>
       <c r="AF116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG116" t="s">
         <v>128</v>
       </c>
       <c r="AH116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AI116">
         <v>1</v>
       </c>
       <c r="AJ116">
         <v>5</v>
       </c>
       <c r="AK116" t="s">
         <v>128</v>
       </c>
       <c r="AM116" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN116">
-        <v>-0.3251677</v>
+        <v>-0.5296495</v>
       </c>
       <c r="AP116">
-        <v>-6.2716300000000003E-2</v>
+        <v>-4.48888E-2</v>
       </c>
       <c r="AQ116" t="s">
         <v>128</v>
       </c>
       <c r="AS116">
-        <v>3.6865000000000001E-3</v>
+        <v>0.13717460000000001</v>
       </c>
       <c r="AU116">
-        <v>8.8879000000000007E-3</v>
+        <v>4.2967999999999999E-2</v>
       </c>
       <c r="AV116" t="s">
         <v>128</v>
       </c>
       <c r="AX116">
-        <v>0.37636540000000002</v>
+        <v>0.51644789999999996</v>
       </c>
       <c r="AZ116">
-        <v>0.11196349999999999</v>
+        <v>0.16673579999999999</v>
       </c>
       <c r="BA116" t="s">
         <v>128</v>
       </c>
       <c r="BC116">
-        <v>-0.74740169999999995</v>
+        <v>-0.82017790000000002</v>
       </c>
       <c r="BE116">
-        <v>-0.20844399999999999</v>
+        <v>-0.40416289999999999</v>
       </c>
       <c r="BF116" t="s">
         <v>128</v>
       </c>
       <c r="BN116" t="s">
         <v>127</v>
       </c>
       <c r="BO116" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="BP116" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="BQ116">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BR116">
         <v>10000</v>
       </c>
       <c r="BS116">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT116">
         <v>0</v>
       </c>
       <c r="BU116">
         <v>0</v>
       </c>
       <c r="BV116">
         <v>0</v>
       </c>
       <c r="BW116">
         <v>0</v>
       </c>
       <c r="BX116" t="s">
         <v>128</v>
       </c>
       <c r="BY116">
-        <v>1.7000000000000001E-2</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="BZ116">
-        <v>8.4000000000000003E-4</v>
+        <v>2.3E-3</v>
       </c>
       <c r="CA116" t="s">
         <v>128</v>
       </c>
       <c r="CC116" t="s">
         <v>128</v>
       </c>
       <c r="CD116" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="CE116" t="s">
-        <v>143</v>
+        <v>305</v>
       </c>
       <c r="CF116" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
       <c r="CG116" t="s">
-        <v>145</v>
+        <v>208</v>
       </c>
       <c r="CH116" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI116" t="s">
         <v>128</v>
       </c>
       <c r="CO116" t="s">
-        <v>782</v>
+        <v>456</v>
       </c>
       <c r="CP116" t="s">
-        <v>401</v>
+        <v>149</v>
       </c>
       <c r="CQ116" t="s">
-        <v>149</v>
+        <v>244</v>
       </c>
       <c r="CR116" t="s">
         <v>127</v>
       </c>
       <c r="CS116" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT116" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="CU116" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV116" t="s">
-        <v>153</v>
+        <v>899</v>
       </c>
       <c r="CW116" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="117" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>123</v>
       </c>
       <c r="B117" t="s">
         <v>124</v>
       </c>
       <c r="C117" t="s">
         <v>125</v>
       </c>
       <c r="D117" t="s">
         <v>126</v>
       </c>
       <c r="E117" t="s">
         <v>127</v>
       </c>
       <c r="F117" t="s">
         <v>127</v>
       </c>
       <c r="G117" t="s">
         <v>128</v>
       </c>
       <c r="H117" t="s">
         <v>128</v>
       </c>
       <c r="I117" t="s">
         <v>129</v>
       </c>
       <c r="J117" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K117" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L117" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N117" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="O117">
         <v>1</v>
       </c>
       <c r="P117" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="Q117" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="R117" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="S117" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="T117">
         <v>2</v>
       </c>
       <c r="U117" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V117" t="s">
         <v>128</v>
       </c>
       <c r="W117" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X117">
         <v>252</v>
       </c>
       <c r="Y117">
-        <v>0.30088900000000002</v>
+        <v>0.14271900000000001</v>
       </c>
       <c r="Z117" t="s">
         <v>128</v>
       </c>
       <c r="AE117" t="s">
         <v>128</v>
       </c>
       <c r="AF117">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AG117" t="s">
         <v>128</v>
       </c>
       <c r="AH117">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AI117">
         <v>1</v>
       </c>
       <c r="AJ117">
         <v>5</v>
       </c>
       <c r="AK117" t="s">
         <v>128</v>
       </c>
       <c r="AM117" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN117">
-        <v>-0.53665810000000003</v>
+        <v>-0.12725049999999999</v>
       </c>
       <c r="AP117">
-        <v>-0.15880559999999999</v>
+        <v>-1.25494E-2</v>
       </c>
       <c r="AQ117" t="s">
         <v>128</v>
       </c>
       <c r="AS117">
-        <v>0.1126114</v>
+        <v>9.3251500000000001E-2</v>
       </c>
       <c r="AU117">
-        <v>3.1528599999999997E-2</v>
+        <v>9.1490000000000002E-2</v>
       </c>
       <c r="AV117" t="s">
         <v>128</v>
       </c>
       <c r="AX117">
-        <v>0.97670970000000001</v>
+        <v>0.36042859999999999</v>
       </c>
       <c r="AZ117">
-        <v>0.32868320000000001</v>
+        <v>0.20489499999999999</v>
       </c>
       <c r="BA117" t="s">
         <v>128</v>
       </c>
       <c r="BC117">
-        <v>-0.78446039999999995</v>
+        <v>-0.82819750000000003</v>
       </c>
       <c r="BE117">
-        <v>-0.37449329999999997</v>
+        <v>-0.29433480000000001</v>
       </c>
       <c r="BF117" t="s">
         <v>128</v>
       </c>
       <c r="BN117" t="s">
         <v>127</v>
       </c>
       <c r="BO117" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="BP117" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="BQ117">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="BR117">
         <v>10000</v>
       </c>
       <c r="BS117">
         <v>0</v>
       </c>
       <c r="BT117">
         <v>0</v>
       </c>
       <c r="BU117">
         <v>0</v>
       </c>
       <c r="BV117">
         <v>0</v>
       </c>
       <c r="BW117">
         <v>0</v>
       </c>
       <c r="BX117" t="s">
         <v>128</v>
       </c>
       <c r="BY117">
-        <v>8.8000000000000005E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="BZ117">
-        <v>1.4E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
       <c r="CA117" t="s">
         <v>128</v>
       </c>
       <c r="CC117" t="s">
         <v>128</v>
       </c>
       <c r="CD117" t="s">
-        <v>236</v>
+        <v>192</v>
       </c>
       <c r="CE117" t="s">
-        <v>237</v>
+        <v>193</v>
       </c>
       <c r="CF117" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="CG117" t="s">
-        <v>238</v>
+        <v>195</v>
       </c>
       <c r="CH117" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI117" t="s">
         <v>128</v>
       </c>
       <c r="CO117" t="s">
-        <v>239</v>
+        <v>806</v>
       </c>
       <c r="CP117" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="CQ117" t="s">
-        <v>241</v>
+        <v>561</v>
       </c>
       <c r="CR117" t="s">
         <v>127</v>
       </c>
       <c r="CS117" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="CT117" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="CU117" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="CV117" t="s">
-        <v>242</v>
+        <v>555</v>
       </c>
       <c r="CW117" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="118" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>123</v>
       </c>
       <c r="B118" t="s">
         <v>124</v>
       </c>
       <c r="C118" t="s">
         <v>125</v>
       </c>
       <c r="D118" t="s">
         <v>126</v>
       </c>
       <c r="E118" t="s">
         <v>127</v>
       </c>
       <c r="F118" t="s">
         <v>127</v>
       </c>
       <c r="G118" t="s">
         <v>128</v>
       </c>
       <c r="H118" t="s">
         <v>128</v>
       </c>
       <c r="I118" t="s">
         <v>129</v>
       </c>
       <c r="J118" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K118" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L118" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N118" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="O118">
         <v>1</v>
       </c>
       <c r="P118" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="Q118" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
       <c r="R118" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="S118" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="T118">
         <v>2</v>
       </c>
       <c r="U118" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="V118" t="s">
         <v>128</v>
       </c>
       <c r="W118" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="X118">
         <v>252</v>
       </c>
       <c r="Y118">
-        <v>0.28077299999999999</v>
+        <v>0.13616400000000001</v>
       </c>
       <c r="Z118" t="s">
         <v>128</v>
       </c>
       <c r="AE118" t="s">
         <v>128</v>
       </c>
       <c r="AF118">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG118" t="s">
         <v>128</v>
       </c>
       <c r="AH118">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AI118">
         <v>1</v>
       </c>
       <c r="AJ118">
         <v>5</v>
       </c>
       <c r="AK118" t="s">
         <v>128</v>
       </c>
       <c r="AM118" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AN118">
-        <v>-0.45323140000000001</v>
+        <v>-7.8745800000000005E-2</v>
+      </c>
+      <c r="AO118">
+        <v>-8.4075E-3</v>
       </c>
       <c r="AP118">
-        <v>-5.4075499999999999E-2</v>
+        <v>1.43105E-2</v>
       </c>
       <c r="AQ118" t="s">
         <v>128</v>
       </c>
       <c r="AS118">
-        <v>0.1831795</v>
+        <v>9.6923999999999996E-2</v>
+      </c>
+      <c r="AT118">
+        <v>9.6556100000000006E-2</v>
       </c>
       <c r="AU118">
-        <v>0.15994729999999999</v>
+        <v>9.6482499999999999E-2</v>
       </c>
       <c r="AV118" t="s">
         <v>128</v>
       </c>
       <c r="AX118">
-        <v>0.88735649999999999</v>
+        <v>0.30393510000000001</v>
+      </c>
+      <c r="AY118">
+        <v>0.2119627</v>
       </c>
       <c r="AZ118">
-        <v>0.33344010000000002</v>
+        <v>0.18492</v>
       </c>
       <c r="BA118" t="s">
         <v>128</v>
       </c>
       <c r="BC118">
-        <v>-0.86118340000000004</v>
+        <v>-0.44660490000000003</v>
+      </c>
+      <c r="BD118">
+        <v>-0.17758160000000001</v>
       </c>
       <c r="BE118">
-        <v>-0.41223799999999999</v>
+        <v>-0.14385539999999999</v>
       </c>
       <c r="BF118" t="s">
         <v>128</v>
       </c>
       <c r="BN118" t="s">
         <v>127</v>
       </c>
-      <c r="BO118" t="s">
-[...3 lines deleted...]
-        <v>906</v>
+      <c r="BP118" s="2" t="s">
+        <v>910</v>
       </c>
       <c r="BQ118">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="BR118">
         <v>10000</v>
       </c>
       <c r="BS118">
         <v>0</v>
       </c>
       <c r="BT118">
         <v>0</v>
       </c>
       <c r="BU118">
         <v>0</v>
       </c>
       <c r="BV118">
         <v>0</v>
       </c>
       <c r="BW118">
         <v>0</v>
       </c>
       <c r="BX118" t="s">
         <v>128</v>
       </c>
       <c r="BY118">
-        <v>6.7000000000000002E-3</v>
+        <v>8.0000000000000004E-4</v>
       </c>
       <c r="BZ118">
-        <v>2.3E-3</v>
+        <v>1.4E-3</v>
       </c>
       <c r="CA118" t="s">
         <v>128</v>
       </c>
       <c r="CC118" t="s">
         <v>128</v>
       </c>
       <c r="CD118" t="s">
-        <v>142</v>
+        <v>263</v>
       </c>
       <c r="CE118" t="s">
-        <v>303</v>
+        <v>264</v>
       </c>
       <c r="CF118" t="s">
-        <v>144</v>
+        <v>194</v>
       </c>
       <c r="CG118" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="CH118" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="CI118" t="s">
         <v>128</v>
       </c>
       <c r="CO118" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="CP118" t="s">
-        <v>441</v>
+        <v>359</v>
       </c>
       <c r="CQ118" t="s">
-        <v>907</v>
+        <v>167</v>
       </c>
       <c r="CR118" t="s">
         <v>127</v>
       </c>
       <c r="CS118" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="CT118" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="CU118" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="CV118" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
       <c r="CW118" t="s">
-        <v>128</v>
-[...1142 lines deleted...]
-      <c r="CW123" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:DS123" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:DS118" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...270 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C7ED63F-C577-49DB-BC34-681FC9493992}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Unknown Creator</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>