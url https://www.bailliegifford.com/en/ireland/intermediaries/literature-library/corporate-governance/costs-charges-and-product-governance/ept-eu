--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,66 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://financialexpress-my.sharepoint.com/personal/anna_gordeeva_fefundinfo_com/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{58BFE4F0-36FC-42FC-A90A-AC9853E578A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{FF10B3E7-D1C4-4C3A-96D9-0A73BE89D9E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5EE77FF4-397B-4D17-B871-26F6D5A505A5}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$DS$1</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6021" uniqueCount="924">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6021" uniqueCount="925">
   <si>
     <t>00001_EPT_Version</t>
   </si>
   <si>
     <t>00002_EPT_Producer_Name</t>
   </si>
   <si>
     <t>00004_EPT_Producer_Email</t>
   </si>
   <si>
     <t>00005_File_Generation_Date_And_Time</t>
   </si>
   <si>
     <t>00006_EPT_Data_Reporting_Narratives</t>
   </si>
   <si>
     <t>00007_EPT_Data_Reporting_Costs</t>
   </si>
   <si>
     <t>00008_EPT_Data_Reporting_Additional_Requirements_German_MOPs</t>
   </si>
   <si>
     <t>00009_EPT_Additional_Information_Structured_Products</t>
   </si>
   <si>
@@ -396,51 +403,51 @@
   <si>
     <t>07070_One_Off_Costs_Portfolio_Entry_Cost</t>
   </si>
   <si>
     <t>07080_One_Off_Costs_Portfolio_Exit_Cost</t>
   </si>
   <si>
     <t>07090_Ongoing_Costs_Portfolio_Transaction_Costs</t>
   </si>
   <si>
     <t>07100_Ongoing_Costs_Management_Fees_And_Other_Administrative_Or_Operating_Costs</t>
   </si>
   <si>
     <t>07110_Incidental_Costs_Portfolio_Performance_Fees_Carried_Interest</t>
   </si>
   <si>
     <t>V20</t>
   </si>
   <si>
     <t>FE Fundinfo (Luxembourg) S.à r.l.</t>
   </si>
   <si>
     <t>publifundsupport@fefundinfo.com</t>
   </si>
   <si>
-    <t>2025-11-28 10:51:12</t>
+    <t>2025-12-31 11:07:13</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Baillie Gifford Investment Management (Europe) Limited</t>
   </si>
   <si>
     <t>Baillie Gifford</t>
   </si>
   <si>
     <t>213800UMCR6T2PTQSG68</t>
   </si>
   <si>
     <t>bgeteam@bailliegifford.com</t>
   </si>
   <si>
     <t>IE00BN15WP34</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A CHF Accumulation</t>
   </si>
@@ -2550,57 +2557,60 @@
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BFWVPR74/en_IE</t>
   </si>
   <si>
     <t>IE00BFWVPQ67</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund B EUR Income</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BFWVPQ67/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BFWVPQ67/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BFWVPQ67/en_IE</t>
   </si>
   <si>
     <t>IE00BFWJRQ46</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A USD Accumulation</t>
   </si>
   <si>
-    <t>https://docs.publifund.com/kideu/IE00BFWJRQ46/en_CH</t>
-[...5 lines deleted...]
-    <t>https://docs.publifund.com/monthlyperf/IE00BFWJRQ46/en_CH</t>
+    <t>2025-08-15</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/kideu/IE00BFWJRQ46/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/pastperf/IE00BFWJRQ46/en_IE</t>
+  </si>
+  <si>
+    <t>https://docs.publifund.com/monthlyperf/IE00BFWJRQ46/en_IE</t>
   </si>
   <si>
     <t>Unfavourable This type of scenario occurred for an investment between October 2017 and October 2022.</t>
   </si>
   <si>
     <t>IE00BF4LVG61</t>
   </si>
   <si>
     <t>Baillie Gifford Worldwide Funds PLC - Baillie Gifford Worldwide Japanese Fund A SEK Accumulation</t>
   </si>
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>https://docs.publifund.com/kideu/IE00BF4LVG61/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/pastperf/IE00BF4LVG61/en_IE</t>
   </si>
   <si>
     <t>https://docs.publifund.com/monthlyperf/IE00BF4LVG61/en_IE</t>
   </si>
   <si>
     <t>IE00BFX4DD70</t>
   </si>
@@ -2852,51 +2862,51 @@
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3144,64 +3154,65 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:DS119"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+    <sheetView tabSelected="1" topLeftCell="BN103" workbookViewId="0">
+      <selection activeCell="BN1" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.453125" customWidth="1"/>
     <col min="2" max="2" width="38.81640625" customWidth="1"/>
     <col min="3" max="3" width="36.54296875" customWidth="1"/>
     <col min="4" max="5" width="45.08984375" customWidth="1"/>
     <col min="6" max="6" width="38.81640625" customWidth="1"/>
     <col min="7" max="7" width="76.54296875" customWidth="1"/>
     <col min="8" max="8" width="66.36328125" customWidth="1"/>
-    <col min="9" max="10" width="62.81640625" customWidth="1"/>
+    <col min="9" max="9" width="62.81640625" customWidth="1"/>
+    <col min="10" max="10" width="50.08984375" customWidth="1"/>
     <col min="11" max="11" width="41.26953125" customWidth="1"/>
     <col min="12" max="12" width="43.81640625" customWidth="1"/>
     <col min="13" max="13" width="38.81640625" customWidth="1"/>
     <col min="14" max="14" width="41.26953125" customWidth="1"/>
     <col min="15" max="15" width="82.81640625" customWidth="1"/>
     <col min="16" max="16" width="155.36328125" customWidth="1"/>
     <col min="17" max="17" width="50.08984375" customWidth="1"/>
     <col min="18" max="18" width="42.54296875" customWidth="1"/>
     <col min="19" max="19" width="59.453125" customWidth="1"/>
     <col min="20" max="20" width="40" customWidth="1"/>
     <col min="21" max="21" width="25" customWidth="1"/>
     <col min="22" max="22" width="41.26953125" customWidth="1"/>
     <col min="23" max="23" width="31.26953125" customWidth="1"/>
     <col min="24" max="24" width="32.54296875" customWidth="1"/>
     <col min="25" max="25" width="37.54296875" customWidth="1"/>
     <col min="26" max="26" width="22.453125" customWidth="1"/>
     <col min="27" max="27" width="32.54296875" customWidth="1"/>
     <col min="28" max="28" width="45.08984375" customWidth="1"/>
     <col min="29" max="29" width="36.26953125" customWidth="1"/>
     <col min="30" max="30" width="32.54296875" customWidth="1"/>
     <col min="31" max="31" width="33.7265625" customWidth="1"/>
     <col min="32" max="32" width="12.453125" customWidth="1"/>
     <col min="33" max="33" width="27.453125" customWidth="1"/>
     <col min="34" max="35" width="12.453125" customWidth="1"/>
     <col min="36" max="36" width="41.26953125" customWidth="1"/>
@@ -3711,51 +3722,51 @@
       <c r="Q2" t="s">
         <v>135</v>
       </c>
       <c r="R2" t="s">
         <v>136</v>
       </c>
       <c r="S2" t="s">
         <v>137</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2" t="s">
         <v>138</v>
       </c>
       <c r="V2" t="s">
         <v>128</v>
       </c>
       <c r="W2" t="s">
         <v>139</v>
       </c>
       <c r="X2">
         <v>252</v>
       </c>
       <c r="Y2">
-        <v>0.20530599999999999</v>
+        <v>0.20567199999999999</v>
       </c>
       <c r="Z2" t="s">
         <v>128</v>
       </c>
       <c r="AE2" t="s">
         <v>128</v>
       </c>
       <c r="AF2">
         <v>5</v>
       </c>
       <c r="AG2" t="s">
         <v>128</v>
       </c>
       <c r="AH2">
         <v>5</v>
       </c>
       <c r="AI2">
         <v>1</v>
       </c>
       <c r="AJ2">
         <v>5</v>
       </c>
       <c r="AK2" t="s">
         <v>128</v>
       </c>
@@ -3896,93 +3907,93 @@
       <c r="B3" t="s">
         <v>124</v>
       </c>
       <c r="C3" t="s">
         <v>125</v>
       </c>
       <c r="D3" t="s">
         <v>126</v>
       </c>
       <c r="E3" t="s">
         <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>127</v>
       </c>
       <c r="G3" t="s">
         <v>128</v>
       </c>
       <c r="H3" t="s">
         <v>128</v>
       </c>
       <c r="I3" t="s">
         <v>129</v>
       </c>
       <c r="J3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K3" t="s">
         <v>131</v>
       </c>
       <c r="L3" t="s">
         <v>132</v>
       </c>
       <c r="N3" t="s">
         <v>155</v>
       </c>
       <c r="O3">
         <v>1</v>
       </c>
       <c r="P3" t="s">
         <v>156</v>
       </c>
       <c r="Q3" t="s">
         <v>157</v>
       </c>
       <c r="R3" t="s">
         <v>158</v>
       </c>
       <c r="S3" t="s">
         <v>159</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3" t="s">
         <v>138</v>
       </c>
       <c r="V3" t="s">
         <v>128</v>
       </c>
       <c r="W3" t="s">
         <v>139</v>
       </c>
       <c r="X3">
         <v>252</v>
       </c>
       <c r="Y3">
-        <v>0.222721</v>
+        <v>0.22109200000000001</v>
       </c>
       <c r="Z3" t="s">
         <v>128</v>
       </c>
       <c r="AE3" t="s">
         <v>128</v>
       </c>
       <c r="AF3">
         <v>5</v>
       </c>
       <c r="AG3" t="s">
         <v>128</v>
       </c>
       <c r="AH3">
         <v>5</v>
       </c>
       <c r="AI3">
         <v>1</v>
       </c>
       <c r="AJ3">
         <v>5</v>
       </c>
       <c r="AK3" t="s">
         <v>128</v>
       </c>
@@ -4165,51 +4176,51 @@
       <c r="Q4" t="s">
         <v>135</v>
       </c>
       <c r="R4" t="s">
         <v>172</v>
       </c>
       <c r="S4" t="s">
         <v>173</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4" t="s">
         <v>138</v>
       </c>
       <c r="V4" t="s">
         <v>128</v>
       </c>
       <c r="W4" t="s">
         <v>139</v>
       </c>
       <c r="X4">
         <v>252</v>
       </c>
       <c r="Y4">
-        <v>0.206679</v>
+        <v>0.20661199999999999</v>
       </c>
       <c r="Z4" t="s">
         <v>128</v>
       </c>
       <c r="AE4" t="s">
         <v>128</v>
       </c>
       <c r="AF4">
         <v>5</v>
       </c>
       <c r="AG4" t="s">
         <v>128</v>
       </c>
       <c r="AH4">
         <v>5</v>
       </c>
       <c r="AI4">
         <v>1</v>
       </c>
       <c r="AJ4">
         <v>5</v>
       </c>
       <c r="AK4" t="s">
         <v>128</v>
       </c>
@@ -4392,51 +4403,51 @@
       <c r="Q5" t="s">
         <v>157</v>
       </c>
       <c r="R5" t="s">
         <v>185</v>
       </c>
       <c r="S5" t="s">
         <v>186</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5" t="s">
         <v>138</v>
       </c>
       <c r="V5" t="s">
         <v>128</v>
       </c>
       <c r="W5" t="s">
         <v>139</v>
       </c>
       <c r="X5">
         <v>252</v>
       </c>
       <c r="Y5">
-        <v>0.136654</v>
+        <v>0.13561999999999999</v>
       </c>
       <c r="Z5" t="s">
         <v>128</v>
       </c>
       <c r="AE5" t="s">
         <v>128</v>
       </c>
       <c r="AF5">
         <v>4</v>
       </c>
       <c r="AG5" t="s">
         <v>128</v>
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
       <c r="AI5">
         <v>1</v>
       </c>
       <c r="AJ5">
         <v>5</v>
       </c>
       <c r="AK5" t="s">
         <v>128</v>
       </c>
@@ -4619,51 +4630,51 @@
       <c r="Q6" t="s">
         <v>197</v>
       </c>
       <c r="R6" t="s">
         <v>198</v>
       </c>
       <c r="S6" t="s">
         <v>199</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6" t="s">
         <v>138</v>
       </c>
       <c r="V6" t="s">
         <v>128</v>
       </c>
       <c r="W6" t="s">
         <v>139</v>
       </c>
       <c r="X6">
         <v>252</v>
       </c>
       <c r="Y6">
-        <v>0.29989700000000002</v>
+        <v>0.29796400000000001</v>
       </c>
       <c r="Z6" t="s">
         <v>128</v>
       </c>
       <c r="AE6" t="s">
         <v>128</v>
       </c>
       <c r="AF6">
         <v>6</v>
       </c>
       <c r="AG6" t="s">
         <v>128</v>
       </c>
       <c r="AH6">
         <v>6</v>
       </c>
       <c r="AI6">
         <v>1</v>
       </c>
       <c r="AJ6">
         <v>5</v>
       </c>
       <c r="AK6" t="s">
         <v>128</v>
       </c>
@@ -4846,51 +4857,51 @@
       <c r="Q7" t="s">
         <v>210</v>
       </c>
       <c r="R7" t="s">
         <v>185</v>
       </c>
       <c r="S7" t="s">
         <v>211</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7" t="s">
         <v>138</v>
       </c>
       <c r="V7" t="s">
         <v>128</v>
       </c>
       <c r="W7" t="s">
         <v>139</v>
       </c>
       <c r="X7">
         <v>252</v>
       </c>
       <c r="Y7">
-        <v>0.155581</v>
+        <v>0.15523999999999999</v>
       </c>
       <c r="Z7" t="s">
         <v>128</v>
       </c>
       <c r="AE7" t="s">
         <v>128</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7" t="s">
         <v>128</v>
       </c>
       <c r="AH7">
         <v>4</v>
       </c>
       <c r="AI7">
         <v>1</v>
       </c>
       <c r="AJ7">
         <v>5</v>
       </c>
       <c r="AK7" t="s">
         <v>128</v>
       </c>
@@ -5073,51 +5084,51 @@
       <c r="Q8" t="s">
         <v>222</v>
       </c>
       <c r="R8" t="s">
         <v>185</v>
       </c>
       <c r="S8" t="s">
         <v>223</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8" t="s">
         <v>138</v>
       </c>
       <c r="V8" t="s">
         <v>128</v>
       </c>
       <c r="W8" t="s">
         <v>139</v>
       </c>
       <c r="X8">
         <v>252</v>
       </c>
       <c r="Y8">
-        <v>0.13569700000000001</v>
+        <v>0.13548199999999999</v>
       </c>
       <c r="Z8" t="s">
         <v>128</v>
       </c>
       <c r="AE8" t="s">
         <v>128</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8" t="s">
         <v>128</v>
       </c>
       <c r="AH8">
         <v>4</v>
       </c>
       <c r="AI8">
         <v>1</v>
       </c>
       <c r="AJ8">
         <v>5</v>
       </c>
       <c r="AK8" t="s">
         <v>128</v>
       </c>
@@ -5300,51 +5311,51 @@
       <c r="Q9" t="s">
         <v>231</v>
       </c>
       <c r="R9" t="s">
         <v>158</v>
       </c>
       <c r="S9" t="s">
         <v>232</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9" t="s">
         <v>138</v>
       </c>
       <c r="V9" t="s">
         <v>128</v>
       </c>
       <c r="W9" t="s">
         <v>139</v>
       </c>
       <c r="X9">
         <v>252</v>
       </c>
       <c r="Y9">
-        <v>0.27792899999999998</v>
+        <v>0.27848299999999998</v>
       </c>
       <c r="Z9" t="s">
         <v>128</v>
       </c>
       <c r="AE9" t="s">
         <v>128</v>
       </c>
       <c r="AF9">
         <v>5</v>
       </c>
       <c r="AG9" t="s">
         <v>128</v>
       </c>
       <c r="AH9">
         <v>5</v>
       </c>
       <c r="AI9">
         <v>1</v>
       </c>
       <c r="AJ9">
         <v>5</v>
       </c>
       <c r="AK9" t="s">
         <v>128</v>
       </c>
@@ -5527,51 +5538,51 @@
       <c r="Q10" t="s">
         <v>210</v>
       </c>
       <c r="R10" t="s">
         <v>185</v>
       </c>
       <c r="S10" t="s">
         <v>244</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10" t="s">
         <v>138</v>
       </c>
       <c r="V10" t="s">
         <v>128</v>
       </c>
       <c r="W10" t="s">
         <v>139</v>
       </c>
       <c r="X10">
         <v>252</v>
       </c>
       <c r="Y10">
-        <v>0.155582</v>
+        <v>0.15524199999999999</v>
       </c>
       <c r="Z10" t="s">
         <v>128</v>
       </c>
       <c r="AE10" t="s">
         <v>128</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10" t="s">
         <v>128</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
       <c r="AI10">
         <v>1</v>
       </c>
       <c r="AJ10">
         <v>5</v>
       </c>
       <c r="AK10" t="s">
         <v>128</v>
       </c>
@@ -5754,51 +5765,51 @@
       <c r="Q11" t="s">
         <v>222</v>
       </c>
       <c r="R11" t="s">
         <v>185</v>
       </c>
       <c r="S11" t="s">
         <v>250</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11" t="s">
         <v>138</v>
       </c>
       <c r="V11" t="s">
         <v>128</v>
       </c>
       <c r="W11" t="s">
         <v>139</v>
       </c>
       <c r="X11">
         <v>252</v>
       </c>
       <c r="Y11">
-        <v>0.13569999999999999</v>
+        <v>0.13548499999999999</v>
       </c>
       <c r="Z11" t="s">
         <v>128</v>
       </c>
       <c r="AE11" t="s">
         <v>128</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
       <c r="AG11" t="s">
         <v>128</v>
       </c>
       <c r="AH11">
         <v>4</v>
       </c>
       <c r="AI11">
         <v>1</v>
       </c>
       <c r="AJ11">
         <v>5</v>
       </c>
       <c r="AK11" t="s">
         <v>128</v>
       </c>
@@ -5981,51 +5992,51 @@
       <c r="Q12" t="s">
         <v>255</v>
       </c>
       <c r="R12" t="s">
         <v>158</v>
       </c>
       <c r="S12" t="s">
         <v>256</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12" t="s">
         <v>138</v>
       </c>
       <c r="V12" t="s">
         <v>128</v>
       </c>
       <c r="W12" t="s">
         <v>139</v>
       </c>
       <c r="X12">
         <v>252</v>
       </c>
       <c r="Y12">
-        <v>0.24334800000000001</v>
+        <v>0.242951</v>
       </c>
       <c r="Z12" t="s">
         <v>128</v>
       </c>
       <c r="AE12" t="s">
         <v>128</v>
       </c>
       <c r="AF12">
         <v>5</v>
       </c>
       <c r="AG12" t="s">
         <v>128</v>
       </c>
       <c r="AH12">
         <v>5</v>
       </c>
       <c r="AI12">
         <v>1</v>
       </c>
       <c r="AJ12">
         <v>5</v>
       </c>
       <c r="AK12" t="s">
         <v>128</v>
       </c>
@@ -6208,51 +6219,51 @@
       <c r="Q13" t="s">
         <v>222</v>
       </c>
       <c r="R13" t="s">
         <v>266</v>
       </c>
       <c r="S13" t="s">
         <v>267</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13" t="s">
         <v>138</v>
       </c>
       <c r="V13" t="s">
         <v>128</v>
       </c>
       <c r="W13" t="s">
         <v>139</v>
       </c>
       <c r="X13">
         <v>252</v>
       </c>
       <c r="Y13">
-        <v>0.18604999999999999</v>
+        <v>0.18676799999999999</v>
       </c>
       <c r="Z13" t="s">
         <v>128</v>
       </c>
       <c r="AE13" t="s">
         <v>128</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13" t="s">
         <v>128</v>
       </c>
       <c r="AH13">
         <v>4</v>
       </c>
       <c r="AI13">
         <v>1</v>
       </c>
       <c r="AJ13">
         <v>5</v>
       </c>
       <c r="AK13" t="s">
         <v>128</v>
       </c>
@@ -6435,51 +6446,51 @@
       <c r="Q14" t="s">
         <v>210</v>
       </c>
       <c r="R14" t="s">
         <v>172</v>
       </c>
       <c r="S14" t="s">
         <v>276</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
       <c r="U14" t="s">
         <v>138</v>
       </c>
       <c r="V14" t="s">
         <v>128</v>
       </c>
       <c r="W14" t="s">
         <v>139</v>
       </c>
       <c r="X14">
         <v>252</v>
       </c>
       <c r="Y14">
-        <v>0.19957800000000001</v>
+        <v>0.20017399999999999</v>
       </c>
       <c r="Z14" t="s">
         <v>128</v>
       </c>
       <c r="AE14" t="s">
         <v>128</v>
       </c>
       <c r="AF14">
         <v>5</v>
       </c>
       <c r="AG14" t="s">
         <v>128</v>
       </c>
       <c r="AH14">
         <v>5</v>
       </c>
       <c r="AI14">
         <v>1</v>
       </c>
       <c r="AJ14">
         <v>5</v>
       </c>
       <c r="AK14" t="s">
         <v>128</v>
       </c>
@@ -6662,51 +6673,51 @@
       <c r="Q15" t="s">
         <v>222</v>
       </c>
       <c r="R15" t="s">
         <v>158</v>
       </c>
       <c r="S15" t="s">
         <v>282</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15" t="s">
         <v>138</v>
       </c>
       <c r="V15" t="s">
         <v>128</v>
       </c>
       <c r="W15" t="s">
         <v>139</v>
       </c>
       <c r="X15">
         <v>252</v>
       </c>
       <c r="Y15">
-        <v>0.284441</v>
+        <v>0.28503800000000001</v>
       </c>
       <c r="Z15" t="s">
         <v>128</v>
       </c>
       <c r="AE15" t="s">
         <v>128</v>
       </c>
       <c r="AF15">
         <v>5</v>
       </c>
       <c r="AG15" t="s">
         <v>128</v>
       </c>
       <c r="AH15">
         <v>5</v>
       </c>
       <c r="AI15">
         <v>1</v>
       </c>
       <c r="AJ15">
         <v>5</v>
       </c>
       <c r="AK15" t="s">
         <v>128</v>
       </c>
@@ -6889,51 +6900,51 @@
       <c r="Q16" t="s">
         <v>210</v>
       </c>
       <c r="R16" t="s">
         <v>288</v>
       </c>
       <c r="S16" t="s">
         <v>289</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16" t="s">
         <v>138</v>
       </c>
       <c r="V16" t="s">
         <v>128</v>
       </c>
       <c r="W16" t="s">
         <v>139</v>
       </c>
       <c r="X16">
         <v>252</v>
       </c>
       <c r="Y16">
-        <v>0.29453099999999999</v>
+        <v>0.29451500000000003</v>
       </c>
       <c r="Z16" t="s">
         <v>128</v>
       </c>
       <c r="AE16" t="s">
         <v>128</v>
       </c>
       <c r="AF16">
         <v>5</v>
       </c>
       <c r="AG16" t="s">
         <v>128</v>
       </c>
       <c r="AH16">
         <v>5</v>
       </c>
       <c r="AI16">
         <v>1</v>
       </c>
       <c r="AJ16">
         <v>5</v>
       </c>
       <c r="AK16" t="s">
         <v>128</v>
       </c>
@@ -7116,51 +7127,51 @@
       <c r="Q17" t="s">
         <v>296</v>
       </c>
       <c r="R17" t="s">
         <v>172</v>
       </c>
       <c r="S17" t="s">
         <v>297</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17" t="s">
         <v>138</v>
       </c>
       <c r="V17" t="s">
         <v>128</v>
       </c>
       <c r="W17" t="s">
         <v>139</v>
       </c>
       <c r="X17">
         <v>252</v>
       </c>
       <c r="Y17">
-        <v>0.27919300000000002</v>
+        <v>0.27921200000000002</v>
       </c>
       <c r="Z17" t="s">
         <v>128</v>
       </c>
       <c r="AE17" t="s">
         <v>128</v>
       </c>
       <c r="AF17">
         <v>5</v>
       </c>
       <c r="AG17" t="s">
         <v>128</v>
       </c>
       <c r="AH17">
         <v>5</v>
       </c>
       <c r="AI17">
         <v>1</v>
       </c>
       <c r="AJ17">
         <v>5</v>
       </c>
       <c r="AK17" t="s">
         <v>128</v>
       </c>
@@ -7343,51 +7354,51 @@
       <c r="Q18" t="s">
         <v>222</v>
       </c>
       <c r="R18" t="s">
         <v>172</v>
       </c>
       <c r="S18" t="s">
         <v>306</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>
       <c r="U18" t="s">
         <v>138</v>
       </c>
       <c r="V18" t="s">
         <v>128</v>
       </c>
       <c r="W18" t="s">
         <v>139</v>
       </c>
       <c r="X18">
         <v>252</v>
       </c>
       <c r="Y18">
-        <v>0.26307799999999998</v>
+        <v>0.26292500000000002</v>
       </c>
       <c r="Z18" t="s">
         <v>128</v>
       </c>
       <c r="AE18" t="s">
         <v>128</v>
       </c>
       <c r="AF18">
         <v>5</v>
       </c>
       <c r="AG18" t="s">
         <v>128</v>
       </c>
       <c r="AH18">
         <v>5</v>
       </c>
       <c r="AI18">
         <v>1</v>
       </c>
       <c r="AJ18">
         <v>5</v>
       </c>
       <c r="AK18" t="s">
         <v>128</v>
       </c>
@@ -7570,51 +7581,51 @@
       <c r="Q19" t="s">
         <v>315</v>
       </c>
       <c r="R19" t="s">
         <v>172</v>
       </c>
       <c r="S19" t="s">
         <v>316</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19" t="s">
         <v>138</v>
       </c>
       <c r="V19" t="s">
         <v>128</v>
       </c>
       <c r="W19" t="s">
         <v>139</v>
       </c>
       <c r="X19">
         <v>252</v>
       </c>
       <c r="Y19">
-        <v>0.250973</v>
+        <v>0.25065900000000002</v>
       </c>
       <c r="Z19" t="s">
         <v>128</v>
       </c>
       <c r="AE19" t="s">
         <v>128</v>
       </c>
       <c r="AF19">
         <v>5</v>
       </c>
       <c r="AG19" t="s">
         <v>128</v>
       </c>
       <c r="AH19">
         <v>5</v>
       </c>
       <c r="AI19">
         <v>1</v>
       </c>
       <c r="AJ19">
         <v>5</v>
       </c>
       <c r="AK19" t="s">
         <v>128</v>
       </c>
@@ -7797,51 +7808,51 @@
       <c r="Q20" t="s">
         <v>222</v>
       </c>
       <c r="R20" t="s">
         <v>158</v>
       </c>
       <c r="S20" t="s">
         <v>322</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20" t="s">
         <v>138</v>
       </c>
       <c r="V20" t="s">
         <v>128</v>
       </c>
       <c r="W20" t="s">
         <v>139</v>
       </c>
       <c r="X20">
         <v>252</v>
       </c>
       <c r="Y20">
-        <v>0.20069200000000001</v>
+        <v>0.20096900000000001</v>
       </c>
       <c r="Z20" t="s">
         <v>128</v>
       </c>
       <c r="AE20" t="s">
         <v>128</v>
       </c>
       <c r="AF20">
         <v>5</v>
       </c>
       <c r="AG20" t="s">
         <v>128</v>
       </c>
       <c r="AH20">
         <v>5</v>
       </c>
       <c r="AI20">
         <v>1</v>
       </c>
       <c r="AJ20">
         <v>5</v>
       </c>
       <c r="AK20" t="s">
         <v>128</v>
       </c>
@@ -8024,51 +8035,51 @@
       <c r="Q21" t="s">
         <v>157</v>
       </c>
       <c r="R21" t="s">
         <v>172</v>
       </c>
       <c r="S21" t="s">
         <v>332</v>
       </c>
       <c r="T21">
         <v>2</v>
       </c>
       <c r="U21" t="s">
         <v>138</v>
       </c>
       <c r="V21" t="s">
         <v>128</v>
       </c>
       <c r="W21" t="s">
         <v>139</v>
       </c>
       <c r="X21">
         <v>252</v>
       </c>
       <c r="Y21">
-        <v>0.27666000000000002</v>
+        <v>0.27610699999999999</v>
       </c>
       <c r="Z21" t="s">
         <v>128</v>
       </c>
       <c r="AE21" t="s">
         <v>128</v>
       </c>
       <c r="AF21">
         <v>5</v>
       </c>
       <c r="AG21" t="s">
         <v>128</v>
       </c>
       <c r="AH21">
         <v>5</v>
       </c>
       <c r="AI21">
         <v>1</v>
       </c>
       <c r="AJ21">
         <v>5</v>
       </c>
       <c r="AK21" t="s">
         <v>128</v>
       </c>
@@ -8251,51 +8262,51 @@
       <c r="Q22" t="s">
         <v>197</v>
       </c>
       <c r="R22" t="s">
         <v>158</v>
       </c>
       <c r="S22" t="s">
         <v>338</v>
       </c>
       <c r="T22">
         <v>2</v>
       </c>
       <c r="U22" t="s">
         <v>138</v>
       </c>
       <c r="V22" t="s">
         <v>128</v>
       </c>
       <c r="W22" t="s">
         <v>139</v>
       </c>
       <c r="X22">
         <v>252</v>
       </c>
       <c r="Y22">
-        <v>0.197107</v>
+        <v>0.19592399999999999</v>
       </c>
       <c r="Z22" t="s">
         <v>128</v>
       </c>
       <c r="AE22" t="s">
         <v>128</v>
       </c>
       <c r="AF22">
         <v>5</v>
       </c>
       <c r="AG22" t="s">
         <v>128</v>
       </c>
       <c r="AH22">
         <v>4</v>
       </c>
       <c r="AI22">
         <v>1</v>
       </c>
       <c r="AJ22">
         <v>5</v>
       </c>
       <c r="AK22" t="s">
         <v>128</v>
       </c>
@@ -8478,51 +8489,51 @@
       <c r="Q23" t="s">
         <v>222</v>
       </c>
       <c r="R23" t="s">
         <v>158</v>
       </c>
       <c r="S23" t="s">
         <v>344</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>
       <c r="U23" t="s">
         <v>138</v>
       </c>
       <c r="V23" t="s">
         <v>128</v>
       </c>
       <c r="W23" t="s">
         <v>139</v>
       </c>
       <c r="X23">
         <v>252</v>
       </c>
       <c r="Y23">
-        <v>0.21286099999999999</v>
+        <v>0.21259500000000001</v>
       </c>
       <c r="Z23" t="s">
         <v>128</v>
       </c>
       <c r="AE23" t="s">
         <v>128</v>
       </c>
       <c r="AF23">
         <v>5</v>
       </c>
       <c r="AG23" t="s">
         <v>128</v>
       </c>
       <c r="AH23">
         <v>5</v>
       </c>
       <c r="AI23">
         <v>1</v>
       </c>
       <c r="AJ23">
         <v>5</v>
       </c>
       <c r="AK23" t="s">
         <v>128</v>
       </c>
@@ -8705,51 +8716,51 @@
       <c r="Q24" t="s">
         <v>157</v>
       </c>
       <c r="R24" t="s">
         <v>352</v>
       </c>
       <c r="S24" t="s">
         <v>353</v>
       </c>
       <c r="T24">
         <v>2</v>
       </c>
       <c r="U24" t="s">
         <v>138</v>
       </c>
       <c r="V24" t="s">
         <v>128</v>
       </c>
       <c r="W24" t="s">
         <v>139</v>
       </c>
       <c r="X24">
         <v>252</v>
       </c>
       <c r="Y24">
-        <v>0.129769</v>
+        <v>0.12957299999999999</v>
       </c>
       <c r="Z24" t="s">
         <v>128</v>
       </c>
       <c r="AE24" t="s">
         <v>128</v>
       </c>
       <c r="AF24">
         <v>4</v>
       </c>
       <c r="AG24" t="s">
         <v>128</v>
       </c>
       <c r="AH24">
         <v>4</v>
       </c>
       <c r="AI24">
         <v>1</v>
       </c>
       <c r="AJ24">
         <v>5</v>
       </c>
       <c r="AK24" t="s">
         <v>128</v>
       </c>
@@ -8941,51 +8952,51 @@
       <c r="Q25" t="s">
         <v>222</v>
       </c>
       <c r="R25" t="s">
         <v>360</v>
       </c>
       <c r="S25" t="s">
         <v>361</v>
       </c>
       <c r="T25">
         <v>2</v>
       </c>
       <c r="U25" t="s">
         <v>138</v>
       </c>
       <c r="V25" t="s">
         <v>128</v>
       </c>
       <c r="W25" t="s">
         <v>139</v>
       </c>
       <c r="X25">
         <v>252</v>
       </c>
       <c r="Y25">
-        <v>0.20755100000000001</v>
+        <v>0.20805999999999999</v>
       </c>
       <c r="Z25" t="s">
         <v>128</v>
       </c>
       <c r="AE25" t="s">
         <v>128</v>
       </c>
       <c r="AF25">
         <v>5</v>
       </c>
       <c r="AG25" t="s">
         <v>128</v>
       </c>
       <c r="AH25">
         <v>5</v>
       </c>
       <c r="AI25">
         <v>1</v>
       </c>
       <c r="AJ25">
         <v>5</v>
       </c>
       <c r="AK25" t="s">
         <v>128</v>
       </c>
@@ -9168,51 +9179,51 @@
       <c r="Q26" t="s">
         <v>210</v>
       </c>
       <c r="R26" t="s">
         <v>158</v>
       </c>
       <c r="S26" t="s">
         <v>370</v>
       </c>
       <c r="T26">
         <v>2</v>
       </c>
       <c r="U26" t="s">
         <v>138</v>
       </c>
       <c r="V26" t="s">
         <v>128</v>
       </c>
       <c r="W26" t="s">
         <v>139</v>
       </c>
       <c r="X26">
         <v>252</v>
       </c>
       <c r="Y26">
-        <v>0.232436</v>
+        <v>0.23214000000000001</v>
       </c>
       <c r="Z26" t="s">
         <v>128</v>
       </c>
       <c r="AE26" t="s">
         <v>128</v>
       </c>
       <c r="AF26">
         <v>5</v>
       </c>
       <c r="AG26" t="s">
         <v>128</v>
       </c>
       <c r="AH26">
         <v>5</v>
       </c>
       <c r="AI26">
         <v>1</v>
       </c>
       <c r="AJ26">
         <v>5</v>
       </c>
       <c r="AK26" t="s">
         <v>128</v>
       </c>
@@ -9395,51 +9406,51 @@
       <c r="Q27" t="s">
         <v>210</v>
       </c>
       <c r="R27" t="s">
         <v>172</v>
       </c>
       <c r="S27" t="s">
         <v>377</v>
       </c>
       <c r="T27">
         <v>2</v>
       </c>
       <c r="U27" t="s">
         <v>138</v>
       </c>
       <c r="V27" t="s">
         <v>128</v>
       </c>
       <c r="W27" t="s">
         <v>139</v>
       </c>
       <c r="X27">
         <v>252</v>
       </c>
       <c r="Y27">
-        <v>0.26864300000000002</v>
+        <v>0.26826100000000003</v>
       </c>
       <c r="Z27" t="s">
         <v>128</v>
       </c>
       <c r="AE27" t="s">
         <v>128</v>
       </c>
       <c r="AF27">
         <v>5</v>
       </c>
       <c r="AG27" t="s">
         <v>128</v>
       </c>
       <c r="AH27">
         <v>5</v>
       </c>
       <c r="AI27">
         <v>1</v>
       </c>
       <c r="AJ27">
         <v>5</v>
       </c>
       <c r="AK27" t="s">
         <v>128</v>
       </c>
@@ -9622,51 +9633,51 @@
       <c r="Q28" t="s">
         <v>135</v>
       </c>
       <c r="R28" t="s">
         <v>382</v>
       </c>
       <c r="S28" t="s">
         <v>383</v>
       </c>
       <c r="T28">
         <v>2</v>
       </c>
       <c r="U28" t="s">
         <v>138</v>
       </c>
       <c r="V28" t="s">
         <v>128</v>
       </c>
       <c r="W28" t="s">
         <v>139</v>
       </c>
       <c r="X28">
         <v>252</v>
       </c>
       <c r="Y28">
-        <v>0.362068</v>
+        <v>0.36084699999999997</v>
       </c>
       <c r="Z28" t="s">
         <v>128</v>
       </c>
       <c r="AE28" t="s">
         <v>128</v>
       </c>
       <c r="AF28">
         <v>6</v>
       </c>
       <c r="AG28" t="s">
         <v>128</v>
       </c>
       <c r="AH28">
         <v>6</v>
       </c>
       <c r="AI28">
         <v>1</v>
       </c>
       <c r="AJ28">
         <v>5</v>
       </c>
       <c r="AK28" t="s">
         <v>128</v>
       </c>
@@ -9849,51 +9860,51 @@
       <c r="Q29" t="s">
         <v>157</v>
       </c>
       <c r="R29" t="s">
         <v>185</v>
       </c>
       <c r="S29" t="s">
         <v>392</v>
       </c>
       <c r="T29">
         <v>2</v>
       </c>
       <c r="U29" t="s">
         <v>138</v>
       </c>
       <c r="V29" t="s">
         <v>128</v>
       </c>
       <c r="W29" t="s">
         <v>139</v>
       </c>
       <c r="X29">
         <v>252</v>
       </c>
       <c r="Y29">
-        <v>0.136656</v>
+        <v>0.13562199999999999</v>
       </c>
       <c r="Z29" t="s">
         <v>128</v>
       </c>
       <c r="AE29" t="s">
         <v>128</v>
       </c>
       <c r="AF29">
         <v>4</v>
       </c>
       <c r="AG29" t="s">
         <v>128</v>
       </c>
       <c r="AH29">
         <v>4</v>
       </c>
       <c r="AI29">
         <v>1</v>
       </c>
       <c r="AJ29">
         <v>5</v>
       </c>
       <c r="AK29" t="s">
         <v>128</v>
       </c>
@@ -10076,51 +10087,51 @@
       <c r="Q30" t="s">
         <v>197</v>
       </c>
       <c r="R30" t="s">
         <v>158</v>
       </c>
       <c r="S30" t="s">
         <v>398</v>
       </c>
       <c r="T30">
         <v>2</v>
       </c>
       <c r="U30" t="s">
         <v>138</v>
       </c>
       <c r="V30" t="s">
         <v>128</v>
       </c>
       <c r="W30" t="s">
         <v>139</v>
       </c>
       <c r="X30">
         <v>252</v>
       </c>
       <c r="Y30">
-        <v>0.19712499999999999</v>
+        <v>0.195941</v>
       </c>
       <c r="Z30" t="s">
         <v>128</v>
       </c>
       <c r="AE30" t="s">
         <v>128</v>
       </c>
       <c r="AF30">
         <v>5</v>
       </c>
       <c r="AG30" t="s">
         <v>128</v>
       </c>
       <c r="AH30">
         <v>4</v>
       </c>
       <c r="AI30">
         <v>1</v>
       </c>
       <c r="AJ30">
         <v>5</v>
       </c>
       <c r="AK30" t="s">
         <v>128</v>
       </c>
@@ -10303,51 +10314,51 @@
       <c r="Q31" t="s">
         <v>210</v>
       </c>
       <c r="R31" t="s">
         <v>288</v>
       </c>
       <c r="S31" t="s">
         <v>405</v>
       </c>
       <c r="T31">
         <v>2</v>
       </c>
       <c r="U31" t="s">
         <v>138</v>
       </c>
       <c r="V31" t="s">
         <v>128</v>
       </c>
       <c r="W31" t="s">
         <v>139</v>
       </c>
       <c r="X31">
         <v>252</v>
       </c>
       <c r="Y31">
-        <v>0.29455599999999998</v>
+        <v>0.294539</v>
       </c>
       <c r="Z31" t="s">
         <v>128</v>
       </c>
       <c r="AE31" t="s">
         <v>128</v>
       </c>
       <c r="AF31">
         <v>5</v>
       </c>
       <c r="AG31" t="s">
         <v>128</v>
       </c>
       <c r="AH31">
         <v>5</v>
       </c>
       <c r="AI31">
         <v>1</v>
       </c>
       <c r="AJ31">
         <v>5</v>
       </c>
       <c r="AK31" t="s">
         <v>128</v>
       </c>
@@ -10530,51 +10541,51 @@
       <c r="Q32" t="s">
         <v>255</v>
       </c>
       <c r="R32" t="s">
         <v>172</v>
       </c>
       <c r="S32" t="s">
         <v>410</v>
       </c>
       <c r="T32">
         <v>2</v>
       </c>
       <c r="U32" t="s">
         <v>138</v>
       </c>
       <c r="V32" t="s">
         <v>128</v>
       </c>
       <c r="W32" t="s">
         <v>139</v>
       </c>
       <c r="X32">
         <v>252</v>
       </c>
       <c r="Y32">
-        <v>0.30060900000000002</v>
+        <v>0.30095300000000003</v>
       </c>
       <c r="Z32" t="s">
         <v>128</v>
       </c>
       <c r="AE32" t="s">
         <v>128</v>
       </c>
       <c r="AF32">
         <v>6</v>
       </c>
       <c r="AG32" t="s">
         <v>128</v>
       </c>
       <c r="AH32">
         <v>6</v>
       </c>
       <c r="AI32">
         <v>1</v>
       </c>
       <c r="AJ32">
         <v>5</v>
       </c>
       <c r="AK32" t="s">
         <v>128</v>
       </c>
@@ -10757,51 +10768,51 @@
       <c r="Q33" t="s">
         <v>157</v>
       </c>
       <c r="R33" t="s">
         <v>158</v>
       </c>
       <c r="S33" t="s">
         <v>417</v>
       </c>
       <c r="T33">
         <v>2</v>
       </c>
       <c r="U33" t="s">
         <v>138</v>
       </c>
       <c r="V33" t="s">
         <v>128</v>
       </c>
       <c r="W33" t="s">
         <v>139</v>
       </c>
       <c r="X33">
         <v>252</v>
       </c>
       <c r="Y33">
-        <v>0.28036899999999998</v>
+        <v>0.28059299999999998</v>
       </c>
       <c r="Z33" t="s">
         <v>128</v>
       </c>
       <c r="AE33" t="s">
         <v>128</v>
       </c>
       <c r="AF33">
         <v>5</v>
       </c>
       <c r="AG33" t="s">
         <v>128</v>
       </c>
       <c r="AH33">
         <v>5</v>
       </c>
       <c r="AI33">
         <v>1</v>
       </c>
       <c r="AJ33">
         <v>5</v>
       </c>
       <c r="AK33" t="s">
         <v>128</v>
       </c>
@@ -10984,51 +10995,51 @@
       <c r="Q34" t="s">
         <v>255</v>
       </c>
       <c r="R34" t="s">
         <v>136</v>
       </c>
       <c r="S34" t="s">
         <v>424</v>
       </c>
       <c r="T34">
         <v>2</v>
       </c>
       <c r="U34" t="s">
         <v>138</v>
       </c>
       <c r="V34" t="s">
         <v>128</v>
       </c>
       <c r="W34" t="s">
         <v>139</v>
       </c>
       <c r="X34">
         <v>252</v>
       </c>
       <c r="Y34">
-        <v>0.207376</v>
+        <v>0.20789199999999999</v>
       </c>
       <c r="Z34" t="s">
         <v>128</v>
       </c>
       <c r="AE34" t="s">
         <v>128</v>
       </c>
       <c r="AF34">
         <v>5</v>
       </c>
       <c r="AG34" t="s">
         <v>128</v>
       </c>
       <c r="AH34">
         <v>5</v>
       </c>
       <c r="AI34">
         <v>1</v>
       </c>
       <c r="AJ34">
         <v>5</v>
       </c>
       <c r="AK34" t="s">
         <v>128</v>
       </c>
@@ -11211,51 +11222,51 @@
       <c r="Q35" t="s">
         <v>157</v>
       </c>
       <c r="R35" t="s">
         <v>172</v>
       </c>
       <c r="S35" t="s">
         <v>430</v>
       </c>
       <c r="T35">
         <v>2</v>
       </c>
       <c r="U35" t="s">
         <v>138</v>
       </c>
       <c r="V35" t="s">
         <v>128</v>
       </c>
       <c r="W35" t="s">
         <v>139</v>
       </c>
       <c r="X35">
         <v>252</v>
       </c>
       <c r="Y35">
-        <v>0.18847900000000001</v>
+        <v>0.18723100000000001</v>
       </c>
       <c r="Z35" t="s">
         <v>128</v>
       </c>
       <c r="AE35" t="s">
         <v>128</v>
       </c>
       <c r="AF35">
         <v>4</v>
       </c>
       <c r="AG35" t="s">
         <v>128</v>
       </c>
       <c r="AH35">
         <v>4</v>
       </c>
       <c r="AI35">
         <v>1</v>
       </c>
       <c r="AJ35">
         <v>5</v>
       </c>
       <c r="AK35" t="s">
         <v>128</v>
       </c>
@@ -11438,51 +11449,51 @@
       <c r="Q36" t="s">
         <v>135</v>
       </c>
       <c r="R36" t="s">
         <v>158</v>
       </c>
       <c r="S36" t="s">
         <v>440</v>
       </c>
       <c r="T36">
         <v>2</v>
       </c>
       <c r="U36" t="s">
         <v>138</v>
       </c>
       <c r="V36" t="s">
         <v>128</v>
       </c>
       <c r="W36" t="s">
         <v>139</v>
       </c>
       <c r="X36">
         <v>252</v>
       </c>
       <c r="Y36">
-        <v>0.231207</v>
+        <v>0.23061000000000001</v>
       </c>
       <c r="Z36" t="s">
         <v>128</v>
       </c>
       <c r="AE36" t="s">
         <v>128</v>
       </c>
       <c r="AF36">
         <v>5</v>
       </c>
       <c r="AG36" t="s">
         <v>128</v>
       </c>
       <c r="AH36">
         <v>5</v>
       </c>
       <c r="AI36">
         <v>1</v>
       </c>
       <c r="AJ36">
         <v>5</v>
       </c>
       <c r="AK36" t="s">
         <v>128</v>
       </c>
@@ -11665,51 +11676,51 @@
       <c r="Q37" t="s">
         <v>135</v>
       </c>
       <c r="R37" t="s">
         <v>172</v>
       </c>
       <c r="S37" t="s">
         <v>447</v>
       </c>
       <c r="T37">
         <v>2</v>
       </c>
       <c r="U37" t="s">
         <v>138</v>
       </c>
       <c r="V37" t="s">
         <v>128</v>
       </c>
       <c r="W37" t="s">
         <v>139</v>
       </c>
       <c r="X37">
         <v>252</v>
       </c>
       <c r="Y37">
-        <v>0.20669100000000001</v>
+        <v>0.206623</v>
       </c>
       <c r="Z37" t="s">
         <v>128</v>
       </c>
       <c r="AE37" t="s">
         <v>128</v>
       </c>
       <c r="AF37">
         <v>5</v>
       </c>
       <c r="AG37" t="s">
         <v>128</v>
       </c>
       <c r="AH37">
         <v>5</v>
       </c>
       <c r="AI37">
         <v>1</v>
       </c>
       <c r="AJ37">
         <v>5</v>
       </c>
       <c r="AK37" t="s">
         <v>128</v>
       </c>
@@ -11892,51 +11903,51 @@
       <c r="Q38" t="s">
         <v>157</v>
       </c>
       <c r="R38" t="s">
         <v>136</v>
       </c>
       <c r="S38" t="s">
         <v>453</v>
       </c>
       <c r="T38">
         <v>2</v>
       </c>
       <c r="U38" t="s">
         <v>138</v>
       </c>
       <c r="V38" t="s">
         <v>128</v>
       </c>
       <c r="W38" t="s">
         <v>139</v>
       </c>
       <c r="X38">
         <v>252</v>
       </c>
       <c r="Y38">
-        <v>0.296404</v>
+        <v>0.29459600000000002</v>
       </c>
       <c r="Z38" t="s">
         <v>128</v>
       </c>
       <c r="AE38" t="s">
         <v>128</v>
       </c>
       <c r="AF38">
         <v>6</v>
       </c>
       <c r="AG38" t="s">
         <v>128</v>
       </c>
       <c r="AH38">
         <v>5</v>
       </c>
       <c r="AI38">
         <v>1</v>
       </c>
       <c r="AJ38">
         <v>5</v>
       </c>
       <c r="AK38" t="s">
         <v>128</v>
       </c>
@@ -12077,93 +12088,93 @@
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
         <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>126</v>
       </c>
       <c r="E39" t="s">
         <v>127</v>
       </c>
       <c r="F39" t="s">
         <v>127</v>
       </c>
       <c r="G39" t="s">
         <v>128</v>
       </c>
       <c r="H39" t="s">
         <v>128</v>
       </c>
       <c r="I39" t="s">
         <v>129</v>
       </c>
       <c r="J39" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K39" t="s">
         <v>131</v>
       </c>
       <c r="L39" t="s">
         <v>132</v>
       </c>
       <c r="N39" t="s">
         <v>457</v>
       </c>
       <c r="O39">
         <v>1</v>
       </c>
       <c r="P39" t="s">
         <v>458</v>
       </c>
       <c r="Q39" t="s">
         <v>210</v>
       </c>
       <c r="R39" t="s">
         <v>158</v>
       </c>
       <c r="S39" t="s">
         <v>459</v>
       </c>
       <c r="T39">
         <v>2</v>
       </c>
       <c r="U39" t="s">
         <v>138</v>
       </c>
       <c r="V39" t="s">
         <v>128</v>
       </c>
       <c r="W39" t="s">
         <v>139</v>
       </c>
       <c r="X39">
         <v>252</v>
       </c>
       <c r="Y39">
-        <v>0.245114</v>
+        <v>0.24341599999999999</v>
       </c>
       <c r="Z39" t="s">
         <v>128</v>
       </c>
       <c r="AE39" t="s">
         <v>128</v>
       </c>
       <c r="AF39">
         <v>5</v>
       </c>
       <c r="AG39" t="s">
         <v>128</v>
       </c>
       <c r="AH39">
         <v>5</v>
       </c>
       <c r="AI39">
         <v>1</v>
       </c>
       <c r="AJ39">
         <v>5</v>
       </c>
       <c r="AK39" t="s">
         <v>128</v>
       </c>
@@ -12346,51 +12357,51 @@
       <c r="Q40" t="s">
         <v>135</v>
       </c>
       <c r="R40" t="s">
         <v>158</v>
       </c>
       <c r="S40" t="s">
         <v>465</v>
       </c>
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40" t="s">
         <v>138</v>
       </c>
       <c r="V40" t="s">
         <v>128</v>
       </c>
       <c r="W40" t="s">
         <v>139</v>
       </c>
       <c r="X40">
         <v>252</v>
       </c>
       <c r="Y40">
-        <v>0.22492799999999999</v>
+        <v>0.224554</v>
       </c>
       <c r="Z40" t="s">
         <v>128</v>
       </c>
       <c r="AE40" t="s">
         <v>128</v>
       </c>
       <c r="AF40">
         <v>5</v>
       </c>
       <c r="AG40" t="s">
         <v>128</v>
       </c>
       <c r="AH40">
         <v>5</v>
       </c>
       <c r="AI40">
         <v>1</v>
       </c>
       <c r="AJ40">
         <v>5</v>
       </c>
       <c r="AK40" t="s">
         <v>128</v>
       </c>
@@ -12573,51 +12584,51 @@
       <c r="Q41" t="s">
         <v>210</v>
       </c>
       <c r="R41" t="s">
         <v>185</v>
       </c>
       <c r="S41" t="s">
         <v>470</v>
       </c>
       <c r="T41">
         <v>2</v>
       </c>
       <c r="U41" t="s">
         <v>138</v>
       </c>
       <c r="V41" t="s">
         <v>128</v>
       </c>
       <c r="W41" t="s">
         <v>139</v>
       </c>
       <c r="X41">
         <v>252</v>
       </c>
       <c r="Y41">
-        <v>0.16135099999999999</v>
+        <v>0.16020699999999999</v>
       </c>
       <c r="Z41" t="s">
         <v>128</v>
       </c>
       <c r="AE41" t="s">
         <v>128</v>
       </c>
       <c r="AF41">
         <v>4</v>
       </c>
       <c r="AG41" t="s">
         <v>128</v>
       </c>
       <c r="AH41">
         <v>4</v>
       </c>
       <c r="AI41">
         <v>1</v>
       </c>
       <c r="AJ41">
         <v>5</v>
       </c>
       <c r="AK41" t="s">
         <v>128</v>
       </c>
@@ -12800,51 +12811,51 @@
       <c r="Q42" t="s">
         <v>210</v>
       </c>
       <c r="R42" t="s">
         <v>172</v>
       </c>
       <c r="S42" t="s">
         <v>476</v>
       </c>
       <c r="T42">
         <v>2</v>
       </c>
       <c r="U42" t="s">
         <v>138</v>
       </c>
       <c r="V42" t="s">
         <v>128</v>
       </c>
       <c r="W42" t="s">
         <v>139</v>
       </c>
       <c r="X42">
         <v>252</v>
       </c>
       <c r="Y42">
-        <v>0.208422</v>
+        <v>0.20862700000000001</v>
       </c>
       <c r="Z42" t="s">
         <v>128</v>
       </c>
       <c r="AE42" t="s">
         <v>128</v>
       </c>
       <c r="AF42">
         <v>5</v>
       </c>
       <c r="AG42" t="s">
         <v>128</v>
       </c>
       <c r="AH42">
         <v>5</v>
       </c>
       <c r="AI42">
         <v>1</v>
       </c>
       <c r="AJ42">
         <v>5</v>
       </c>
       <c r="AK42" t="s">
         <v>128</v>
       </c>
@@ -13027,51 +13038,51 @@
       <c r="Q43" t="s">
         <v>210</v>
       </c>
       <c r="R43" t="s">
         <v>172</v>
       </c>
       <c r="S43" t="s">
         <v>482</v>
       </c>
       <c r="T43">
         <v>2</v>
       </c>
       <c r="U43" t="s">
         <v>138</v>
       </c>
       <c r="V43" t="s">
         <v>128</v>
       </c>
       <c r="W43" t="s">
         <v>139</v>
       </c>
       <c r="X43">
         <v>252</v>
       </c>
       <c r="Y43">
-        <v>0.208423</v>
+        <v>0.20862800000000001</v>
       </c>
       <c r="Z43" t="s">
         <v>128</v>
       </c>
       <c r="AE43" t="s">
         <v>128</v>
       </c>
       <c r="AF43">
         <v>5</v>
       </c>
       <c r="AG43" t="s">
         <v>128</v>
       </c>
       <c r="AH43">
         <v>5</v>
       </c>
       <c r="AI43">
         <v>1</v>
       </c>
       <c r="AJ43">
         <v>5</v>
       </c>
       <c r="AK43" t="s">
         <v>128</v>
       </c>
@@ -13254,51 +13265,51 @@
       <c r="Q44" t="s">
         <v>157</v>
       </c>
       <c r="R44" t="s">
         <v>172</v>
       </c>
       <c r="S44" t="s">
         <v>487</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44" t="s">
         <v>138</v>
       </c>
       <c r="V44" t="s">
         <v>128</v>
       </c>
       <c r="W44" t="s">
         <v>139</v>
       </c>
       <c r="X44">
         <v>252</v>
       </c>
       <c r="Y44">
-        <v>0.24986700000000001</v>
+        <v>0.248227</v>
       </c>
       <c r="Z44" t="s">
         <v>128</v>
       </c>
       <c r="AE44" t="s">
         <v>128</v>
       </c>
       <c r="AF44">
         <v>5</v>
       </c>
       <c r="AG44" t="s">
         <v>128</v>
       </c>
       <c r="AH44">
         <v>5</v>
       </c>
       <c r="AI44">
         <v>1</v>
       </c>
       <c r="AJ44">
         <v>5</v>
       </c>
       <c r="AK44" t="s">
         <v>128</v>
       </c>
@@ -13481,51 +13492,51 @@
       <c r="Q45" t="s">
         <v>157</v>
       </c>
       <c r="R45" t="s">
         <v>172</v>
       </c>
       <c r="S45" t="s">
         <v>493</v>
       </c>
       <c r="T45">
         <v>2</v>
       </c>
       <c r="U45" t="s">
         <v>138</v>
       </c>
       <c r="V45" t="s">
         <v>128</v>
       </c>
       <c r="W45" t="s">
         <v>139</v>
       </c>
       <c r="X45">
         <v>252</v>
       </c>
       <c r="Y45">
-        <v>0.215978</v>
+        <v>0.21637400000000001</v>
       </c>
       <c r="Z45" t="s">
         <v>128</v>
       </c>
       <c r="AE45" t="s">
         <v>128</v>
       </c>
       <c r="AF45">
         <v>5</v>
       </c>
       <c r="AG45" t="s">
         <v>128</v>
       </c>
       <c r="AH45">
         <v>5</v>
       </c>
       <c r="AI45">
         <v>1</v>
       </c>
       <c r="AJ45">
         <v>5</v>
       </c>
       <c r="AK45" t="s">
         <v>128</v>
       </c>
@@ -13708,51 +13719,51 @@
       <c r="Q46" t="s">
         <v>210</v>
       </c>
       <c r="R46" t="s">
         <v>158</v>
       </c>
       <c r="S46" t="s">
         <v>500</v>
       </c>
       <c r="T46">
         <v>2</v>
       </c>
       <c r="U46" t="s">
         <v>138</v>
       </c>
       <c r="V46" t="s">
         <v>128</v>
       </c>
       <c r="W46" t="s">
         <v>139</v>
       </c>
       <c r="X46">
         <v>252</v>
       </c>
       <c r="Y46">
-        <v>0.215896</v>
+        <v>0.21606800000000001</v>
       </c>
       <c r="Z46" t="s">
         <v>128</v>
       </c>
       <c r="AE46" t="s">
         <v>128</v>
       </c>
       <c r="AF46">
         <v>5</v>
       </c>
       <c r="AG46" t="s">
         <v>128</v>
       </c>
       <c r="AH46">
         <v>5</v>
       </c>
       <c r="AI46">
         <v>1</v>
       </c>
       <c r="AJ46">
         <v>5</v>
       </c>
       <c r="AK46" t="s">
         <v>128</v>
       </c>
@@ -13935,51 +13946,51 @@
       <c r="Q47" t="s">
         <v>157</v>
       </c>
       <c r="R47" t="s">
         <v>158</v>
       </c>
       <c r="S47" t="s">
         <v>505</v>
       </c>
       <c r="T47">
         <v>2</v>
       </c>
       <c r="U47" t="s">
         <v>138</v>
       </c>
       <c r="V47" t="s">
         <v>128</v>
       </c>
       <c r="W47" t="s">
         <v>139</v>
       </c>
       <c r="X47">
         <v>252</v>
       </c>
       <c r="Y47">
-        <v>0.203626</v>
+        <v>0.20202600000000001</v>
       </c>
       <c r="Z47" t="s">
         <v>128</v>
       </c>
       <c r="AE47" t="s">
         <v>128</v>
       </c>
       <c r="AF47">
         <v>5</v>
       </c>
       <c r="AG47" t="s">
         <v>128</v>
       </c>
       <c r="AH47">
         <v>5</v>
       </c>
       <c r="AI47">
         <v>1</v>
       </c>
       <c r="AJ47">
         <v>5</v>
       </c>
       <c r="AK47" t="s">
         <v>128</v>
       </c>
@@ -14162,51 +14173,51 @@
       <c r="Q48" t="s">
         <v>157</v>
       </c>
       <c r="R48" t="s">
         <v>382</v>
       </c>
       <c r="S48" t="s">
         <v>512</v>
       </c>
       <c r="T48">
         <v>2</v>
       </c>
       <c r="U48" t="s">
         <v>138</v>
       </c>
       <c r="V48" t="s">
         <v>128</v>
       </c>
       <c r="W48" t="s">
         <v>139</v>
       </c>
       <c r="X48">
         <v>252</v>
       </c>
       <c r="Y48">
-        <v>0.34987099999999999</v>
+        <v>0.34828700000000001</v>
       </c>
       <c r="Z48" t="s">
         <v>128</v>
       </c>
       <c r="AE48" t="s">
         <v>128</v>
       </c>
       <c r="AF48">
         <v>6</v>
       </c>
       <c r="AG48" t="s">
         <v>128</v>
       </c>
       <c r="AH48">
         <v>6</v>
       </c>
       <c r="AI48">
         <v>1</v>
       </c>
       <c r="AJ48">
         <v>5</v>
       </c>
       <c r="AK48" t="s">
         <v>128</v>
       </c>
@@ -14389,51 +14400,51 @@
       <c r="Q49" t="s">
         <v>157</v>
       </c>
       <c r="R49" t="s">
         <v>382</v>
       </c>
       <c r="S49" t="s">
         <v>519</v>
       </c>
       <c r="T49">
         <v>2</v>
       </c>
       <c r="U49" t="s">
         <v>138</v>
       </c>
       <c r="V49" t="s">
         <v>128</v>
       </c>
       <c r="W49" t="s">
         <v>139</v>
       </c>
       <c r="X49">
         <v>252</v>
       </c>
       <c r="Y49">
-        <v>0.34988399999999997</v>
+        <v>0.3483</v>
       </c>
       <c r="Z49" t="s">
         <v>128</v>
       </c>
       <c r="AE49" t="s">
         <v>128</v>
       </c>
       <c r="AF49">
         <v>6</v>
       </c>
       <c r="AG49" t="s">
         <v>128</v>
       </c>
       <c r="AH49">
         <v>6</v>
       </c>
       <c r="AI49">
         <v>1</v>
       </c>
       <c r="AJ49">
         <v>5</v>
       </c>
       <c r="AK49" t="s">
         <v>128</v>
       </c>
@@ -14616,51 +14627,51 @@
       <c r="Q50" t="s">
         <v>210</v>
       </c>
       <c r="R50" t="s">
         <v>172</v>
       </c>
       <c r="S50" t="s">
         <v>524</v>
       </c>
       <c r="T50">
         <v>2</v>
       </c>
       <c r="U50" t="s">
         <v>138</v>
       </c>
       <c r="V50" t="s">
         <v>128</v>
       </c>
       <c r="W50" t="s">
         <v>139</v>
       </c>
       <c r="X50">
         <v>252</v>
       </c>
       <c r="Y50">
-        <v>0.20843700000000001</v>
+        <v>0.20864099999999999</v>
       </c>
       <c r="Z50" t="s">
         <v>128</v>
       </c>
       <c r="AE50" t="s">
         <v>128</v>
       </c>
       <c r="AF50">
         <v>5</v>
       </c>
       <c r="AG50" t="s">
         <v>128</v>
       </c>
       <c r="AH50">
         <v>5</v>
       </c>
       <c r="AI50">
         <v>1</v>
       </c>
       <c r="AJ50">
         <v>5</v>
       </c>
       <c r="AK50" t="s">
         <v>128</v>
       </c>
@@ -14843,51 +14854,51 @@
       <c r="Q51" t="s">
         <v>210</v>
       </c>
       <c r="R51" t="s">
         <v>382</v>
       </c>
       <c r="S51" t="s">
         <v>529</v>
       </c>
       <c r="T51">
         <v>2</v>
       </c>
       <c r="U51" t="s">
         <v>138</v>
       </c>
       <c r="V51" t="s">
         <v>128</v>
       </c>
       <c r="W51" t="s">
         <v>139</v>
       </c>
       <c r="X51">
         <v>252</v>
       </c>
       <c r="Y51">
-        <v>0.36437599999999998</v>
+        <v>0.36329800000000001</v>
       </c>
       <c r="Z51" t="s">
         <v>128</v>
       </c>
       <c r="AE51" t="s">
         <v>128</v>
       </c>
       <c r="AF51">
         <v>6</v>
       </c>
       <c r="AG51" t="s">
         <v>128</v>
       </c>
       <c r="AH51">
         <v>6</v>
       </c>
       <c r="AI51">
         <v>1</v>
       </c>
       <c r="AJ51">
         <v>5</v>
       </c>
       <c r="AK51" t="s">
         <v>128</v>
       </c>
@@ -15070,51 +15081,51 @@
       <c r="Q52" t="s">
         <v>534</v>
       </c>
       <c r="R52" t="s">
         <v>158</v>
       </c>
       <c r="S52" t="s">
         <v>535</v>
       </c>
       <c r="T52">
         <v>2</v>
       </c>
       <c r="U52" t="s">
         <v>138</v>
       </c>
       <c r="V52" t="s">
         <v>128</v>
       </c>
       <c r="W52" t="s">
         <v>139</v>
       </c>
       <c r="X52">
         <v>252</v>
       </c>
       <c r="Y52">
-        <v>0.210312</v>
+        <v>0.210561</v>
       </c>
       <c r="Z52" t="s">
         <v>128</v>
       </c>
       <c r="AE52" t="s">
         <v>128</v>
       </c>
       <c r="AF52">
         <v>5</v>
       </c>
       <c r="AG52" t="s">
         <v>128</v>
       </c>
       <c r="AH52">
         <v>5</v>
       </c>
       <c r="AI52">
         <v>1</v>
       </c>
       <c r="AJ52">
         <v>5</v>
       </c>
       <c r="AK52" t="s">
         <v>128</v>
       </c>
@@ -15297,51 +15308,51 @@
       <c r="Q53" t="s">
         <v>222</v>
       </c>
       <c r="R53" t="s">
         <v>185</v>
       </c>
       <c r="S53" t="s">
         <v>542</v>
       </c>
       <c r="T53">
         <v>2</v>
       </c>
       <c r="U53" t="s">
         <v>138</v>
       </c>
       <c r="V53" t="s">
         <v>128</v>
       </c>
       <c r="W53" t="s">
         <v>139</v>
       </c>
       <c r="X53">
         <v>252</v>
       </c>
       <c r="Y53">
-        <v>0.14093800000000001</v>
+        <v>0.13989299999999999</v>
       </c>
       <c r="Z53" t="s">
         <v>128</v>
       </c>
       <c r="AE53" t="s">
         <v>128</v>
       </c>
       <c r="AF53">
         <v>4</v>
       </c>
       <c r="AG53" t="s">
         <v>128</v>
       </c>
       <c r="AH53">
         <v>4</v>
       </c>
       <c r="AI53">
         <v>1</v>
       </c>
       <c r="AJ53">
         <v>5</v>
       </c>
       <c r="AK53" t="s">
         <v>128</v>
       </c>
@@ -15524,51 +15535,51 @@
       <c r="Q54" t="s">
         <v>296</v>
       </c>
       <c r="R54" t="s">
         <v>172</v>
       </c>
       <c r="S54" t="s">
         <v>548</v>
       </c>
       <c r="T54">
         <v>2</v>
       </c>
       <c r="U54" t="s">
         <v>138</v>
       </c>
       <c r="V54" t="s">
         <v>128</v>
       </c>
       <c r="W54" t="s">
         <v>139</v>
       </c>
       <c r="X54">
         <v>252</v>
       </c>
       <c r="Y54">
-        <v>0.17135300000000001</v>
+        <v>0.17120099999999999</v>
       </c>
       <c r="Z54" t="s">
         <v>128</v>
       </c>
       <c r="AE54" t="s">
         <v>128</v>
       </c>
       <c r="AF54">
         <v>4</v>
       </c>
       <c r="AG54" t="s">
         <v>128</v>
       </c>
       <c r="AH54">
         <v>4</v>
       </c>
       <c r="AI54">
         <v>1</v>
       </c>
       <c r="AJ54">
         <v>5</v>
       </c>
       <c r="AK54" t="s">
         <v>128</v>
       </c>
@@ -15751,51 +15762,51 @@
       <c r="Q55" t="s">
         <v>255</v>
       </c>
       <c r="R55" t="s">
         <v>172</v>
       </c>
       <c r="S55" t="s">
         <v>554</v>
       </c>
       <c r="T55">
         <v>2</v>
       </c>
       <c r="U55" t="s">
         <v>138</v>
       </c>
       <c r="V55" t="s">
         <v>128</v>
       </c>
       <c r="W55" t="s">
         <v>139</v>
       </c>
       <c r="X55">
         <v>252</v>
       </c>
       <c r="Y55">
-        <v>0.221585</v>
+        <v>0.221806</v>
       </c>
       <c r="Z55" t="s">
         <v>128</v>
       </c>
       <c r="AE55" t="s">
         <v>128</v>
       </c>
       <c r="AF55">
         <v>5</v>
       </c>
       <c r="AG55" t="s">
         <v>128</v>
       </c>
       <c r="AH55">
         <v>5</v>
       </c>
       <c r="AI55">
         <v>1</v>
       </c>
       <c r="AJ55">
         <v>5</v>
       </c>
       <c r="AK55" t="s">
         <v>128</v>
       </c>
@@ -15936,93 +15947,93 @@
       <c r="B56" t="s">
         <v>124</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56" t="s">
         <v>126</v>
       </c>
       <c r="E56" t="s">
         <v>127</v>
       </c>
       <c r="F56" t="s">
         <v>127</v>
       </c>
       <c r="G56" t="s">
         <v>128</v>
       </c>
       <c r="H56" t="s">
         <v>128</v>
       </c>
       <c r="I56" t="s">
         <v>129</v>
       </c>
       <c r="J56" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K56" t="s">
         <v>131</v>
       </c>
       <c r="L56" t="s">
         <v>132</v>
       </c>
       <c r="N56" t="s">
         <v>558</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
         <v>559</v>
       </c>
       <c r="Q56" t="s">
         <v>222</v>
       </c>
       <c r="R56" t="s">
         <v>158</v>
       </c>
       <c r="S56" t="s">
         <v>560</v>
       </c>
       <c r="T56">
         <v>2</v>
       </c>
       <c r="U56" t="s">
         <v>138</v>
       </c>
       <c r="V56" t="s">
         <v>128</v>
       </c>
       <c r="W56" t="s">
         <v>139</v>
       </c>
       <c r="X56">
         <v>252</v>
       </c>
       <c r="Y56">
-        <v>0.22930600000000001</v>
+        <v>0.22764200000000001</v>
       </c>
       <c r="Z56" t="s">
         <v>128</v>
       </c>
       <c r="AE56" t="s">
         <v>128</v>
       </c>
       <c r="AF56">
         <v>5</v>
       </c>
       <c r="AG56" t="s">
         <v>128</v>
       </c>
       <c r="AH56">
         <v>5</v>
       </c>
       <c r="AI56">
         <v>1</v>
       </c>
       <c r="AJ56">
         <v>5</v>
       </c>
       <c r="AK56" t="s">
         <v>128</v>
       </c>
@@ -16205,51 +16216,51 @@
       <c r="Q57" t="s">
         <v>135</v>
       </c>
       <c r="R57" t="s">
         <v>288</v>
       </c>
       <c r="S57" t="s">
         <v>566</v>
       </c>
       <c r="T57">
         <v>2</v>
       </c>
       <c r="U57" t="s">
         <v>138</v>
       </c>
       <c r="V57" t="s">
         <v>128</v>
       </c>
       <c r="W57" t="s">
         <v>139</v>
       </c>
       <c r="X57">
         <v>252</v>
       </c>
       <c r="Y57">
-        <v>0.19774600000000001</v>
+        <v>0.198383</v>
       </c>
       <c r="Z57" t="s">
         <v>128</v>
       </c>
       <c r="AE57" t="s">
         <v>128</v>
       </c>
       <c r="AF57">
         <v>4</v>
       </c>
       <c r="AG57" t="s">
         <v>128</v>
       </c>
       <c r="AH57">
         <v>4</v>
       </c>
       <c r="AI57">
         <v>1</v>
       </c>
       <c r="AJ57">
         <v>5</v>
       </c>
       <c r="AK57" t="s">
         <v>128</v>
       </c>
@@ -16432,51 +16443,51 @@
       <c r="Q58" t="s">
         <v>222</v>
       </c>
       <c r="R58" t="s">
         <v>185</v>
       </c>
       <c r="S58" t="s">
         <v>571</v>
       </c>
       <c r="T58">
         <v>2</v>
       </c>
       <c r="U58" t="s">
         <v>138</v>
       </c>
       <c r="V58" t="s">
         <v>128</v>
       </c>
       <c r="W58" t="s">
         <v>139</v>
       </c>
       <c r="X58">
         <v>252</v>
       </c>
       <c r="Y58">
-        <v>0.132747</v>
+        <v>0.13133400000000001</v>
       </c>
       <c r="Z58" t="s">
         <v>128</v>
       </c>
       <c r="AE58" t="s">
         <v>128</v>
       </c>
       <c r="AF58">
         <v>4</v>
       </c>
       <c r="AG58" t="s">
         <v>128</v>
       </c>
       <c r="AH58">
         <v>4</v>
       </c>
       <c r="AI58">
         <v>1</v>
       </c>
       <c r="AJ58">
         <v>5</v>
       </c>
       <c r="AK58" t="s">
         <v>128</v>
       </c>
@@ -16659,51 +16670,51 @@
       <c r="Q59" t="s">
         <v>135</v>
       </c>
       <c r="R59" t="s">
         <v>185</v>
       </c>
       <c r="S59" t="s">
         <v>577</v>
       </c>
       <c r="T59">
         <v>2</v>
       </c>
       <c r="U59" t="s">
         <v>138</v>
       </c>
       <c r="V59" t="s">
         <v>128</v>
       </c>
       <c r="W59" t="s">
         <v>139</v>
       </c>
       <c r="X59">
         <v>252</v>
       </c>
       <c r="Y59">
-        <v>0.149538</v>
+        <v>0.149255</v>
       </c>
       <c r="Z59" t="s">
         <v>128</v>
       </c>
       <c r="AE59" t="s">
         <v>128</v>
       </c>
       <c r="AF59">
         <v>4</v>
       </c>
       <c r="AG59" t="s">
         <v>128</v>
       </c>
       <c r="AH59">
         <v>4</v>
       </c>
       <c r="AI59">
         <v>1</v>
       </c>
       <c r="AJ59">
         <v>5</v>
       </c>
       <c r="AK59" t="s">
         <v>128</v>
       </c>
@@ -16886,51 +16897,51 @@
       <c r="Q60" t="s">
         <v>135</v>
       </c>
       <c r="R60" t="s">
         <v>172</v>
       </c>
       <c r="S60" t="s">
         <v>582</v>
       </c>
       <c r="T60">
         <v>2</v>
       </c>
       <c r="U60" t="s">
         <v>138</v>
       </c>
       <c r="V60" t="s">
         <v>128</v>
       </c>
       <c r="W60" t="s">
         <v>139</v>
       </c>
       <c r="X60">
         <v>252</v>
       </c>
       <c r="Y60">
-        <v>0.29016399999999998</v>
+        <v>0.29021999999999998</v>
       </c>
       <c r="Z60" t="s">
         <v>128</v>
       </c>
       <c r="AE60" t="s">
         <v>128</v>
       </c>
       <c r="AF60">
         <v>5</v>
       </c>
       <c r="AG60" t="s">
         <v>128</v>
       </c>
       <c r="AH60">
         <v>5</v>
       </c>
       <c r="AI60">
         <v>1</v>
       </c>
       <c r="AJ60">
         <v>5</v>
       </c>
       <c r="AK60" t="s">
         <v>128</v>
       </c>
@@ -17113,51 +17124,51 @@
       <c r="Q61" t="s">
         <v>157</v>
       </c>
       <c r="R61" t="s">
         <v>158</v>
       </c>
       <c r="S61" t="s">
         <v>588</v>
       </c>
       <c r="T61">
         <v>2</v>
       </c>
       <c r="U61" t="s">
         <v>138</v>
       </c>
       <c r="V61" t="s">
         <v>128</v>
       </c>
       <c r="W61" t="s">
         <v>139</v>
       </c>
       <c r="X61">
         <v>252</v>
       </c>
       <c r="Y61">
-        <v>0.217552</v>
+        <v>0.216281</v>
       </c>
       <c r="Z61" t="s">
         <v>128</v>
       </c>
       <c r="AE61" t="s">
         <v>128</v>
       </c>
       <c r="AF61">
         <v>5</v>
       </c>
       <c r="AG61" t="s">
         <v>128</v>
       </c>
       <c r="AH61">
         <v>5</v>
       </c>
       <c r="AI61">
         <v>1</v>
       </c>
       <c r="AJ61">
         <v>5</v>
       </c>
       <c r="AK61" t="s">
         <v>128</v>
       </c>
@@ -17340,51 +17351,51 @@
       <c r="Q62" t="s">
         <v>210</v>
       </c>
       <c r="R62" t="s">
         <v>158</v>
       </c>
       <c r="S62" t="s">
         <v>593</v>
       </c>
       <c r="T62">
         <v>2</v>
       </c>
       <c r="U62" t="s">
         <v>138</v>
       </c>
       <c r="V62" t="s">
         <v>128</v>
       </c>
       <c r="W62" t="s">
         <v>139</v>
       </c>
       <c r="X62">
         <v>252</v>
       </c>
       <c r="Y62">
-        <v>0.215896</v>
+        <v>0.21606700000000001</v>
       </c>
       <c r="Z62" t="s">
         <v>128</v>
       </c>
       <c r="AE62" t="s">
         <v>128</v>
       </c>
       <c r="AF62">
         <v>5</v>
       </c>
       <c r="AG62" t="s">
         <v>128</v>
       </c>
       <c r="AH62">
         <v>5</v>
       </c>
       <c r="AI62">
         <v>1</v>
       </c>
       <c r="AJ62">
         <v>5</v>
       </c>
       <c r="AK62" t="s">
         <v>128</v>
       </c>
@@ -17567,51 +17578,51 @@
       <c r="Q63" t="s">
         <v>222</v>
       </c>
       <c r="R63" t="s">
         <v>172</v>
       </c>
       <c r="S63" t="s">
         <v>598</v>
       </c>
       <c r="T63">
         <v>2</v>
       </c>
       <c r="U63" t="s">
         <v>138</v>
       </c>
       <c r="V63" t="s">
         <v>128</v>
       </c>
       <c r="W63" t="s">
         <v>139</v>
       </c>
       <c r="X63">
         <v>252</v>
       </c>
       <c r="Y63">
-        <v>0.28919800000000001</v>
+        <v>0.28742600000000001</v>
       </c>
       <c r="Z63" t="s">
         <v>128</v>
       </c>
       <c r="AE63" t="s">
         <v>128</v>
       </c>
       <c r="AF63">
         <v>5</v>
       </c>
       <c r="AG63" t="s">
         <v>128</v>
       </c>
       <c r="AH63">
         <v>5</v>
       </c>
       <c r="AI63">
         <v>1</v>
       </c>
       <c r="AJ63">
         <v>5</v>
       </c>
       <c r="AK63" t="s">
         <v>128</v>
       </c>
@@ -17794,51 +17805,51 @@
       <c r="Q64" t="s">
         <v>210</v>
       </c>
       <c r="R64" t="s">
         <v>158</v>
       </c>
       <c r="S64" t="s">
         <v>606</v>
       </c>
       <c r="T64">
         <v>2</v>
       </c>
       <c r="U64" t="s">
         <v>138</v>
       </c>
       <c r="V64" t="s">
         <v>128</v>
       </c>
       <c r="W64" t="s">
         <v>139</v>
       </c>
       <c r="X64">
         <v>252</v>
       </c>
       <c r="Y64">
-        <v>0.23708000000000001</v>
+        <v>0.23655200000000001</v>
       </c>
       <c r="Z64" t="s">
         <v>128</v>
       </c>
       <c r="AE64" t="s">
         <v>128</v>
       </c>
       <c r="AF64">
         <v>5</v>
       </c>
       <c r="AG64" t="s">
         <v>128</v>
       </c>
       <c r="AH64">
         <v>5</v>
       </c>
       <c r="AI64">
         <v>1</v>
       </c>
       <c r="AJ64">
         <v>5</v>
       </c>
       <c r="AK64" t="s">
         <v>128</v>
       </c>
@@ -18021,51 +18032,51 @@
       <c r="Q65" t="s">
         <v>210</v>
       </c>
       <c r="R65" t="s">
         <v>136</v>
       </c>
       <c r="S65" t="s">
         <v>612</v>
       </c>
       <c r="T65">
         <v>2</v>
       </c>
       <c r="U65" t="s">
         <v>138</v>
       </c>
       <c r="V65" t="s">
         <v>128</v>
       </c>
       <c r="W65" t="s">
         <v>139</v>
       </c>
       <c r="X65">
         <v>252</v>
       </c>
       <c r="Y65">
-        <v>0.207728</v>
+        <v>0.208236</v>
       </c>
       <c r="Z65" t="s">
         <v>128</v>
       </c>
       <c r="AE65" t="s">
         <v>128</v>
       </c>
       <c r="AF65">
         <v>5</v>
       </c>
       <c r="AG65" t="s">
         <v>128</v>
       </c>
       <c r="AH65">
         <v>5</v>
       </c>
       <c r="AI65">
         <v>1</v>
       </c>
       <c r="AJ65">
         <v>5</v>
       </c>
       <c r="AK65" t="s">
         <v>128</v>
       </c>
@@ -18248,51 +18259,51 @@
       <c r="Q66" t="s">
         <v>210</v>
       </c>
       <c r="R66" t="s">
         <v>172</v>
       </c>
       <c r="S66" t="s">
         <v>618</v>
       </c>
       <c r="T66">
         <v>2</v>
       </c>
       <c r="U66" t="s">
         <v>138</v>
       </c>
       <c r="V66" t="s">
         <v>128</v>
       </c>
       <c r="W66" t="s">
         <v>139</v>
       </c>
       <c r="X66">
         <v>252</v>
       </c>
       <c r="Y66">
-        <v>0.20954100000000001</v>
+        <v>0.20916000000000001</v>
       </c>
       <c r="Z66" t="s">
         <v>128</v>
       </c>
       <c r="AE66" t="s">
         <v>128</v>
       </c>
       <c r="AF66">
         <v>5</v>
       </c>
       <c r="AG66" t="s">
         <v>128</v>
       </c>
       <c r="AH66">
         <v>5</v>
       </c>
       <c r="AI66">
         <v>1</v>
       </c>
       <c r="AJ66">
         <v>5</v>
       </c>
       <c r="AK66" t="s">
         <v>128</v>
       </c>
@@ -18475,51 +18486,51 @@
       <c r="Q67" t="s">
         <v>157</v>
       </c>
       <c r="R67" t="s">
         <v>172</v>
       </c>
       <c r="S67" t="s">
         <v>624</v>
       </c>
       <c r="T67">
         <v>2</v>
       </c>
       <c r="U67" t="s">
         <v>138</v>
       </c>
       <c r="V67" t="s">
         <v>128</v>
       </c>
       <c r="W67" t="s">
         <v>139</v>
       </c>
       <c r="X67">
         <v>252</v>
       </c>
       <c r="Y67">
-        <v>0.187389</v>
+        <v>0.18712300000000001</v>
       </c>
       <c r="Z67" t="s">
         <v>128</v>
       </c>
       <c r="AE67" t="s">
         <v>128</v>
       </c>
       <c r="AF67">
         <v>4</v>
       </c>
       <c r="AG67" t="s">
         <v>128</v>
       </c>
       <c r="AH67">
         <v>4</v>
       </c>
       <c r="AI67">
         <v>1</v>
       </c>
       <c r="AJ67">
         <v>5</v>
       </c>
       <c r="AK67" t="s">
         <v>128</v>
       </c>
@@ -18556,51 +18567,51 @@
       <c r="BC67">
         <v>-0.60253179999999995</v>
       </c>
       <c r="BE67">
         <v>-0.2376993</v>
       </c>
       <c r="BF67" t="s">
         <v>128</v>
       </c>
       <c r="BN67" t="s">
         <v>127</v>
       </c>
       <c r="BO67" t="s">
         <v>625</v>
       </c>
       <c r="BP67" t="s">
         <v>626</v>
       </c>
       <c r="BQ67">
         <v>2</v>
       </c>
       <c r="BR67">
         <v>10000</v>
       </c>
       <c r="BS67">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT67">
         <v>0</v>
       </c>
       <c r="BU67">
         <v>0</v>
       </c>
       <c r="BV67">
         <v>0</v>
       </c>
       <c r="BW67">
         <v>0</v>
       </c>
       <c r="BX67" t="s">
         <v>128</v>
       </c>
       <c r="BY67">
         <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ67">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA67" t="s">
         <v>128</v>
       </c>
@@ -18702,51 +18713,51 @@
       <c r="Q68" t="s">
         <v>157</v>
       </c>
       <c r="R68" t="s">
         <v>158</v>
       </c>
       <c r="S68" t="s">
         <v>631</v>
       </c>
       <c r="T68">
         <v>2</v>
       </c>
       <c r="U68" t="s">
         <v>138</v>
       </c>
       <c r="V68" t="s">
         <v>128</v>
       </c>
       <c r="W68" t="s">
         <v>139</v>
       </c>
       <c r="X68">
         <v>252</v>
       </c>
       <c r="Y68">
-        <v>0.28037099999999998</v>
+        <v>0.28059400000000001</v>
       </c>
       <c r="Z68" t="s">
         <v>128</v>
       </c>
       <c r="AE68" t="s">
         <v>128</v>
       </c>
       <c r="AF68">
         <v>5</v>
       </c>
       <c r="AG68" t="s">
         <v>128</v>
       </c>
       <c r="AH68">
         <v>5</v>
       </c>
       <c r="AI68">
         <v>1</v>
       </c>
       <c r="AJ68">
         <v>5</v>
       </c>
       <c r="AK68" t="s">
         <v>128</v>
       </c>
@@ -18929,66 +18940,66 @@
       <c r="Q69" t="s">
         <v>210</v>
       </c>
       <c r="R69" t="s">
         <v>136</v>
       </c>
       <c r="S69" t="s">
         <v>637</v>
       </c>
       <c r="T69">
         <v>2</v>
       </c>
       <c r="U69" t="s">
         <v>138</v>
       </c>
       <c r="V69" t="s">
         <v>128</v>
       </c>
       <c r="W69" t="s">
         <v>139</v>
       </c>
       <c r="X69">
         <v>252</v>
       </c>
       <c r="Y69">
-        <v>0.29834699999999997</v>
+        <v>0.29639700000000002</v>
       </c>
       <c r="Z69" t="s">
         <v>128</v>
       </c>
       <c r="AE69" t="s">
         <v>128</v>
       </c>
       <c r="AF69">
         <v>6</v>
       </c>
       <c r="AG69" t="s">
         <v>128</v>
       </c>
       <c r="AH69">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AI69">
         <v>1</v>
       </c>
       <c r="AJ69">
         <v>5</v>
       </c>
       <c r="AK69" t="s">
         <v>128</v>
       </c>
       <c r="AM69" t="s">
         <v>140</v>
       </c>
       <c r="AN69">
         <v>-0.48576530000000001</v>
       </c>
       <c r="AP69">
         <v>-0.1084114</v>
       </c>
       <c r="AQ69" t="s">
         <v>128</v>
       </c>
       <c r="AS69">
         <v>3.6798900000000002E-2</v>
       </c>
@@ -19156,51 +19167,51 @@
       <c r="Q70" t="s">
         <v>222</v>
       </c>
       <c r="R70" t="s">
         <v>172</v>
       </c>
       <c r="S70" t="s">
         <v>642</v>
       </c>
       <c r="T70">
         <v>2</v>
       </c>
       <c r="U70" t="s">
         <v>138</v>
       </c>
       <c r="V70" t="s">
         <v>128</v>
       </c>
       <c r="W70" t="s">
         <v>139</v>
       </c>
       <c r="X70">
         <v>252</v>
       </c>
       <c r="Y70">
-        <v>0.27944600000000003</v>
+        <v>0.27954899999999999</v>
       </c>
       <c r="Z70" t="s">
         <v>128</v>
       </c>
       <c r="AE70" t="s">
         <v>128</v>
       </c>
       <c r="AF70">
         <v>5</v>
       </c>
       <c r="AG70" t="s">
         <v>128</v>
       </c>
       <c r="AH70">
         <v>5</v>
       </c>
       <c r="AI70">
         <v>1</v>
       </c>
       <c r="AJ70">
         <v>5</v>
       </c>
       <c r="AK70" t="s">
         <v>128</v>
       </c>
@@ -19383,51 +19394,51 @@
       <c r="Q71" t="s">
         <v>222</v>
       </c>
       <c r="R71" t="s">
         <v>158</v>
       </c>
       <c r="S71" t="s">
         <v>649</v>
       </c>
       <c r="T71">
         <v>2</v>
       </c>
       <c r="U71" t="s">
         <v>138</v>
       </c>
       <c r="V71" t="s">
         <v>128</v>
       </c>
       <c r="W71" t="s">
         <v>139</v>
       </c>
       <c r="X71">
         <v>252</v>
       </c>
       <c r="Y71">
-        <v>0.21288799999999999</v>
+        <v>0.21262</v>
       </c>
       <c r="Z71" t="s">
         <v>128</v>
       </c>
       <c r="AE71" t="s">
         <v>128</v>
       </c>
       <c r="AF71">
         <v>5</v>
       </c>
       <c r="AG71" t="s">
         <v>128</v>
       </c>
       <c r="AH71">
         <v>5</v>
       </c>
       <c r="AI71">
         <v>1</v>
       </c>
       <c r="AJ71">
         <v>5</v>
       </c>
       <c r="AK71" t="s">
         <v>128</v>
       </c>
@@ -19610,51 +19621,51 @@
       <c r="Q72" t="s">
         <v>222</v>
       </c>
       <c r="R72" t="s">
         <v>136</v>
       </c>
       <c r="S72" t="s">
         <v>656</v>
       </c>
       <c r="T72">
         <v>2</v>
       </c>
       <c r="U72" t="s">
         <v>138</v>
       </c>
       <c r="V72" t="s">
         <v>128</v>
       </c>
       <c r="W72" t="s">
         <v>139</v>
       </c>
       <c r="X72">
         <v>252</v>
       </c>
       <c r="Y72">
-        <v>0.19380900000000001</v>
+        <v>0.193803</v>
       </c>
       <c r="Z72" t="s">
         <v>128</v>
       </c>
       <c r="AE72" t="s">
         <v>128</v>
       </c>
       <c r="AF72">
         <v>4</v>
       </c>
       <c r="AG72" t="s">
         <v>128</v>
       </c>
       <c r="AH72">
         <v>4</v>
       </c>
       <c r="AI72">
         <v>1</v>
       </c>
       <c r="AJ72">
         <v>5</v>
       </c>
       <c r="AK72" t="s">
         <v>128</v>
       </c>
@@ -19837,51 +19848,51 @@
       <c r="Q73" t="s">
         <v>222</v>
       </c>
       <c r="R73" t="s">
         <v>136</v>
       </c>
       <c r="S73" t="s">
         <v>661</v>
       </c>
       <c r="T73">
         <v>2</v>
       </c>
       <c r="U73" t="s">
         <v>138</v>
       </c>
       <c r="V73" t="s">
         <v>128</v>
       </c>
       <c r="W73" t="s">
         <v>139</v>
       </c>
       <c r="X73">
         <v>252</v>
       </c>
       <c r="Y73">
-        <v>0.192496</v>
+        <v>0.19273999999999999</v>
       </c>
       <c r="Z73" t="s">
         <v>128</v>
       </c>
       <c r="AE73" t="s">
         <v>128</v>
       </c>
       <c r="AF73">
         <v>4</v>
       </c>
       <c r="AG73" t="s">
         <v>128</v>
       </c>
       <c r="AH73">
         <v>4</v>
       </c>
       <c r="AI73">
         <v>1</v>
       </c>
       <c r="AJ73">
         <v>5</v>
       </c>
       <c r="AK73" t="s">
         <v>128</v>
       </c>
@@ -20064,51 +20075,51 @@
       <c r="Q74" t="s">
         <v>157</v>
       </c>
       <c r="R74" t="s">
         <v>158</v>
       </c>
       <c r="S74" t="s">
         <v>666</v>
       </c>
       <c r="T74">
         <v>2</v>
       </c>
       <c r="U74" t="s">
         <v>138</v>
       </c>
       <c r="V74" t="s">
         <v>128</v>
       </c>
       <c r="W74" t="s">
         <v>139</v>
       </c>
       <c r="X74">
         <v>252</v>
       </c>
       <c r="Y74">
-        <v>0.28036100000000003</v>
+        <v>0.28058499999999997</v>
       </c>
       <c r="Z74" t="s">
         <v>128</v>
       </c>
       <c r="AE74" t="s">
         <v>128</v>
       </c>
       <c r="AF74">
         <v>5</v>
       </c>
       <c r="AG74" t="s">
         <v>128</v>
       </c>
       <c r="AH74">
         <v>5</v>
       </c>
       <c r="AI74">
         <v>1</v>
       </c>
       <c r="AJ74">
         <v>5</v>
       </c>
       <c r="AK74" t="s">
         <v>128</v>
       </c>
@@ -20291,51 +20302,51 @@
       <c r="Q75" t="s">
         <v>157</v>
       </c>
       <c r="R75" t="s">
         <v>158</v>
       </c>
       <c r="S75" t="s">
         <v>672</v>
       </c>
       <c r="T75">
         <v>2</v>
       </c>
       <c r="U75" t="s">
         <v>138</v>
       </c>
       <c r="V75" t="s">
         <v>128</v>
       </c>
       <c r="W75" t="s">
         <v>139</v>
       </c>
       <c r="X75">
         <v>252</v>
       </c>
       <c r="Y75">
-        <v>0.20918700000000001</v>
+        <v>0.208455</v>
       </c>
       <c r="Z75" t="s">
         <v>128</v>
       </c>
       <c r="AE75" t="s">
         <v>128</v>
       </c>
       <c r="AF75">
         <v>5</v>
       </c>
       <c r="AG75" t="s">
         <v>128</v>
       </c>
       <c r="AH75">
         <v>5</v>
       </c>
       <c r="AI75">
         <v>1</v>
       </c>
       <c r="AJ75">
         <v>5</v>
       </c>
       <c r="AK75" t="s">
         <v>128</v>
       </c>
@@ -20518,51 +20529,51 @@
       <c r="Q76" t="s">
         <v>231</v>
       </c>
       <c r="R76" t="s">
         <v>158</v>
       </c>
       <c r="S76" t="s">
         <v>677</v>
       </c>
       <c r="T76">
         <v>2</v>
       </c>
       <c r="U76" t="s">
         <v>138</v>
       </c>
       <c r="V76" t="s">
         <v>128</v>
       </c>
       <c r="W76" t="s">
         <v>139</v>
       </c>
       <c r="X76">
         <v>252</v>
       </c>
       <c r="Y76">
-        <v>0.21351200000000001</v>
+        <v>0.212917</v>
       </c>
       <c r="Z76" t="s">
         <v>128</v>
       </c>
       <c r="AE76" t="s">
         <v>128</v>
       </c>
       <c r="AF76">
         <v>5</v>
       </c>
       <c r="AG76" t="s">
         <v>128</v>
       </c>
       <c r="AH76">
         <v>5</v>
       </c>
       <c r="AI76">
         <v>1</v>
       </c>
       <c r="AJ76">
         <v>5</v>
       </c>
       <c r="AK76" t="s">
         <v>128</v>
       </c>
@@ -20745,51 +20756,51 @@
       <c r="Q77" t="s">
         <v>210</v>
       </c>
       <c r="R77" t="s">
         <v>172</v>
       </c>
       <c r="S77" t="s">
         <v>683</v>
       </c>
       <c r="T77">
         <v>2</v>
       </c>
       <c r="U77" t="s">
         <v>138</v>
       </c>
       <c r="V77" t="s">
         <v>128</v>
       </c>
       <c r="W77" t="s">
         <v>139</v>
       </c>
       <c r="X77">
         <v>252</v>
       </c>
       <c r="Y77">
-        <v>0.199603</v>
+        <v>0.20019899999999999</v>
       </c>
       <c r="Z77" t="s">
         <v>128</v>
       </c>
       <c r="AE77" t="s">
         <v>128</v>
       </c>
       <c r="AF77">
         <v>5</v>
       </c>
       <c r="AG77" t="s">
         <v>128</v>
       </c>
       <c r="AH77">
         <v>5</v>
       </c>
       <c r="AI77">
         <v>1</v>
       </c>
       <c r="AJ77">
         <v>5</v>
       </c>
       <c r="AK77" t="s">
         <v>128</v>
       </c>
@@ -20972,51 +20983,51 @@
       <c r="Q78" t="s">
         <v>222</v>
       </c>
       <c r="R78" t="s">
         <v>158</v>
       </c>
       <c r="S78" t="s">
         <v>688</v>
       </c>
       <c r="T78">
         <v>2</v>
       </c>
       <c r="U78" t="s">
         <v>138</v>
       </c>
       <c r="V78" t="s">
         <v>128</v>
       </c>
       <c r="W78" t="s">
         <v>139</v>
       </c>
       <c r="X78">
         <v>252</v>
       </c>
       <c r="Y78">
-        <v>0.22029000000000001</v>
+        <v>0.21979799999999999</v>
       </c>
       <c r="Z78" t="s">
         <v>128</v>
       </c>
       <c r="AE78" t="s">
         <v>128</v>
       </c>
       <c r="AF78">
         <v>5</v>
       </c>
       <c r="AG78" t="s">
         <v>128</v>
       </c>
       <c r="AH78">
         <v>5</v>
       </c>
       <c r="AI78">
         <v>1</v>
       </c>
       <c r="AJ78">
         <v>5</v>
       </c>
       <c r="AK78" t="s">
         <v>128</v>
       </c>
@@ -21199,51 +21210,51 @@
       <c r="Q79" t="s">
         <v>157</v>
       </c>
       <c r="R79" t="s">
         <v>693</v>
       </c>
       <c r="S79" t="s">
         <v>694</v>
       </c>
       <c r="T79">
         <v>2</v>
       </c>
       <c r="U79" t="s">
         <v>138</v>
       </c>
       <c r="V79" t="s">
         <v>128</v>
       </c>
       <c r="W79" t="s">
         <v>139</v>
       </c>
       <c r="X79">
         <v>252</v>
       </c>
       <c r="Y79">
-        <v>0.19611700000000001</v>
+        <v>0.19581899999999999</v>
       </c>
       <c r="Z79" t="s">
         <v>128</v>
       </c>
       <c r="AE79" t="s">
         <v>128</v>
       </c>
       <c r="AF79">
         <v>4</v>
       </c>
       <c r="AG79" t="s">
         <v>128</v>
       </c>
       <c r="AH79">
         <v>4</v>
       </c>
       <c r="AI79">
         <v>1</v>
       </c>
       <c r="AJ79">
         <v>5</v>
       </c>
       <c r="AK79" t="s">
         <v>128</v>
       </c>
@@ -21426,51 +21437,51 @@
       <c r="Q80" t="s">
         <v>255</v>
       </c>
       <c r="R80" t="s">
         <v>699</v>
       </c>
       <c r="S80" t="s">
         <v>700</v>
       </c>
       <c r="T80">
         <v>2</v>
       </c>
       <c r="U80" t="s">
         <v>701</v>
       </c>
       <c r="V80" t="s">
         <v>128</v>
       </c>
       <c r="W80" t="s">
         <v>139</v>
       </c>
       <c r="X80">
         <v>252</v>
       </c>
       <c r="Y80">
-        <v>7.0102999999999999E-2</v>
+        <v>6.991E-2</v>
       </c>
       <c r="Z80" t="s">
         <v>128</v>
       </c>
       <c r="AE80" t="s">
         <v>128</v>
       </c>
       <c r="AF80">
         <v>3</v>
       </c>
       <c r="AG80" t="s">
         <v>128</v>
       </c>
       <c r="AH80">
         <v>3</v>
       </c>
       <c r="AI80">
         <v>1</v>
       </c>
       <c r="AJ80">
         <v>5</v>
       </c>
       <c r="AK80" t="s">
         <v>128</v>
       </c>
@@ -21653,51 +21664,51 @@
       <c r="Q81" t="s">
         <v>210</v>
       </c>
       <c r="R81" t="s">
         <v>172</v>
       </c>
       <c r="S81" t="s">
         <v>710</v>
       </c>
       <c r="T81">
         <v>2</v>
       </c>
       <c r="U81" t="s">
         <v>138</v>
       </c>
       <c r="V81" t="s">
         <v>128</v>
       </c>
       <c r="W81" t="s">
         <v>139</v>
       </c>
       <c r="X81">
         <v>252</v>
       </c>
       <c r="Y81">
-        <v>0.20952499999999999</v>
+        <v>0.209145</v>
       </c>
       <c r="Z81" t="s">
         <v>128</v>
       </c>
       <c r="AE81" t="s">
         <v>128</v>
       </c>
       <c r="AF81">
         <v>5</v>
       </c>
       <c r="AG81" t="s">
         <v>128</v>
       </c>
       <c r="AH81">
         <v>5</v>
       </c>
       <c r="AI81">
         <v>1</v>
       </c>
       <c r="AJ81">
         <v>5</v>
       </c>
       <c r="AK81" t="s">
         <v>128</v>
       </c>
@@ -21880,51 +21891,51 @@
       <c r="Q82" t="s">
         <v>210</v>
       </c>
       <c r="R82" t="s">
         <v>360</v>
       </c>
       <c r="S82" t="s">
         <v>716</v>
       </c>
       <c r="T82">
         <v>2</v>
       </c>
       <c r="U82" t="s">
         <v>138</v>
       </c>
       <c r="V82" t="s">
         <v>128</v>
       </c>
       <c r="W82" t="s">
         <v>139</v>
       </c>
       <c r="X82">
         <v>252</v>
       </c>
       <c r="Y82">
-        <v>0.21254400000000001</v>
+        <v>0.213058</v>
       </c>
       <c r="Z82" t="s">
         <v>128</v>
       </c>
       <c r="AE82" t="s">
         <v>128</v>
       </c>
       <c r="AF82">
         <v>5</v>
       </c>
       <c r="AG82" t="s">
         <v>128</v>
       </c>
       <c r="AH82">
         <v>5</v>
       </c>
       <c r="AI82">
         <v>1</v>
       </c>
       <c r="AJ82">
         <v>5</v>
       </c>
       <c r="AK82" t="s">
         <v>128</v>
       </c>
@@ -22107,51 +22118,51 @@
       <c r="Q83" t="s">
         <v>231</v>
       </c>
       <c r="R83" t="s">
         <v>158</v>
       </c>
       <c r="S83" t="s">
         <v>723</v>
       </c>
       <c r="T83">
         <v>2</v>
       </c>
       <c r="U83" t="s">
         <v>138</v>
       </c>
       <c r="V83" t="s">
         <v>128</v>
       </c>
       <c r="W83" t="s">
         <v>139</v>
       </c>
       <c r="X83">
         <v>252</v>
       </c>
       <c r="Y83">
-        <v>0.19072700000000001</v>
+        <v>0.190939</v>
       </c>
       <c r="Z83" t="s">
         <v>128</v>
       </c>
       <c r="AE83" t="s">
         <v>128</v>
       </c>
       <c r="AF83">
         <v>4</v>
       </c>
       <c r="AG83" t="s">
         <v>128</v>
       </c>
       <c r="AH83">
         <v>4</v>
       </c>
       <c r="AI83">
         <v>1</v>
       </c>
       <c r="AJ83">
         <v>5</v>
       </c>
       <c r="AK83" t="s">
         <v>128</v>
       </c>
@@ -22334,51 +22345,51 @@
       <c r="Q84" t="s">
         <v>222</v>
       </c>
       <c r="R84" t="s">
         <v>360</v>
       </c>
       <c r="S84" t="s">
         <v>728</v>
       </c>
       <c r="T84">
         <v>2</v>
       </c>
       <c r="U84" t="s">
         <v>138</v>
       </c>
       <c r="V84" t="s">
         <v>128</v>
       </c>
       <c r="W84" t="s">
         <v>139</v>
       </c>
       <c r="X84">
         <v>252</v>
       </c>
       <c r="Y84">
-        <v>0.20757300000000001</v>
+        <v>0.20808099999999999</v>
       </c>
       <c r="Z84" t="s">
         <v>128</v>
       </c>
       <c r="AE84" t="s">
         <v>128</v>
       </c>
       <c r="AF84">
         <v>5</v>
       </c>
       <c r="AG84" t="s">
         <v>128</v>
       </c>
       <c r="AH84">
         <v>5</v>
       </c>
       <c r="AI84">
         <v>1</v>
       </c>
       <c r="AJ84">
         <v>5</v>
       </c>
       <c r="AK84" t="s">
         <v>128</v>
       </c>
@@ -22561,51 +22572,51 @@
       <c r="Q85" t="s">
         <v>157</v>
       </c>
       <c r="R85" t="s">
         <v>360</v>
       </c>
       <c r="S85" t="s">
         <v>734</v>
       </c>
       <c r="T85">
         <v>2</v>
       </c>
       <c r="U85" t="s">
         <v>138</v>
       </c>
       <c r="V85" t="s">
         <v>128</v>
       </c>
       <c r="W85" t="s">
         <v>139</v>
       </c>
       <c r="X85">
         <v>252</v>
       </c>
       <c r="Y85">
-        <v>0.20782300000000001</v>
+        <v>0.20832100000000001</v>
       </c>
       <c r="Z85" t="s">
         <v>128</v>
       </c>
       <c r="AE85" t="s">
         <v>128</v>
       </c>
       <c r="AF85">
         <v>5</v>
       </c>
       <c r="AG85" t="s">
         <v>128</v>
       </c>
       <c r="AH85">
         <v>5</v>
       </c>
       <c r="AI85">
         <v>1</v>
       </c>
       <c r="AJ85">
         <v>5</v>
       </c>
       <c r="AK85" t="s">
         <v>128</v>
       </c>
@@ -22788,51 +22799,51 @@
       <c r="Q86" t="s">
         <v>222</v>
       </c>
       <c r="R86" t="s">
         <v>136</v>
       </c>
       <c r="S86" t="s">
         <v>740</v>
       </c>
       <c r="T86">
         <v>2</v>
       </c>
       <c r="U86" t="s">
         <v>138</v>
       </c>
       <c r="V86" t="s">
         <v>128</v>
       </c>
       <c r="W86" t="s">
         <v>139</v>
       </c>
       <c r="X86">
         <v>252</v>
       </c>
       <c r="Y86">
-        <v>0.20755899999999999</v>
+        <v>0.208067</v>
       </c>
       <c r="Z86" t="s">
         <v>128</v>
       </c>
       <c r="AE86" t="s">
         <v>128</v>
       </c>
       <c r="AF86">
         <v>5</v>
       </c>
       <c r="AG86" t="s">
         <v>128</v>
       </c>
       <c r="AH86">
         <v>5</v>
       </c>
       <c r="AI86">
         <v>1</v>
       </c>
       <c r="AJ86">
         <v>5</v>
       </c>
       <c r="AK86" t="s">
         <v>128</v>
       </c>
@@ -23015,51 +23026,51 @@
       <c r="Q87" t="s">
         <v>135</v>
       </c>
       <c r="R87" t="s">
         <v>172</v>
       </c>
       <c r="S87" t="s">
         <v>745</v>
       </c>
       <c r="T87">
         <v>2</v>
       </c>
       <c r="U87" t="s">
         <v>138</v>
       </c>
       <c r="V87" t="s">
         <v>128</v>
       </c>
       <c r="W87" t="s">
         <v>139</v>
       </c>
       <c r="X87">
         <v>252</v>
       </c>
       <c r="Y87">
-        <v>0.20616899999999999</v>
+        <v>0.20633799999999999</v>
       </c>
       <c r="Z87" t="s">
         <v>128</v>
       </c>
       <c r="AE87" t="s">
         <v>128</v>
       </c>
       <c r="AF87">
         <v>5</v>
       </c>
       <c r="AG87" t="s">
         <v>128</v>
       </c>
       <c r="AH87">
         <v>5</v>
       </c>
       <c r="AI87">
         <v>1</v>
       </c>
       <c r="AJ87">
         <v>5</v>
       </c>
       <c r="AK87" t="s">
         <v>128</v>
       </c>
@@ -23096,51 +23107,51 @@
       <c r="BC87">
         <v>-0.85977840000000005</v>
       </c>
       <c r="BE87">
         <v>-0.31459290000000001</v>
       </c>
       <c r="BF87" t="s">
         <v>128</v>
       </c>
       <c r="BN87" t="s">
         <v>127</v>
       </c>
       <c r="BO87" t="s">
         <v>746</v>
       </c>
       <c r="BP87" t="s">
         <v>747</v>
       </c>
       <c r="BQ87">
         <v>8</v>
       </c>
       <c r="BR87">
         <v>10000</v>
       </c>
       <c r="BS87">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="BT87">
         <v>0</v>
       </c>
       <c r="BU87">
         <v>0</v>
       </c>
       <c r="BV87">
         <v>0</v>
       </c>
       <c r="BW87">
         <v>0</v>
       </c>
       <c r="BX87" t="s">
         <v>128</v>
       </c>
       <c r="BY87">
         <v>6.9999999999999999E-4</v>
       </c>
       <c r="BZ87">
         <v>4.8000000000000001E-4</v>
       </c>
       <c r="CA87" t="s">
         <v>128</v>
       </c>
@@ -23242,51 +23253,51 @@
       <c r="Q88" t="s">
         <v>255</v>
       </c>
       <c r="R88" t="s">
         <v>360</v>
       </c>
       <c r="S88" t="s">
         <v>750</v>
       </c>
       <c r="T88">
         <v>2</v>
       </c>
       <c r="U88" t="s">
         <v>138</v>
       </c>
       <c r="V88" t="s">
         <v>128</v>
       </c>
       <c r="W88" t="s">
         <v>139</v>
       </c>
       <c r="X88">
         <v>252</v>
       </c>
       <c r="Y88">
-        <v>0.20737800000000001</v>
+        <v>0.207896</v>
       </c>
       <c r="Z88" t="s">
         <v>128</v>
       </c>
       <c r="AE88" t="s">
         <v>128</v>
       </c>
       <c r="AF88">
         <v>5</v>
       </c>
       <c r="AG88" t="s">
         <v>128</v>
       </c>
       <c r="AH88">
         <v>5</v>
       </c>
       <c r="AI88">
         <v>1</v>
       </c>
       <c r="AJ88">
         <v>5</v>
       </c>
       <c r="AK88" t="s">
         <v>128</v>
       </c>
@@ -23469,51 +23480,51 @@
       <c r="Q89" t="s">
         <v>157</v>
       </c>
       <c r="R89" t="s">
         <v>693</v>
       </c>
       <c r="S89" t="s">
         <v>756</v>
       </c>
       <c r="T89">
         <v>2</v>
       </c>
       <c r="U89" t="s">
         <v>138</v>
       </c>
       <c r="V89" t="s">
         <v>128</v>
       </c>
       <c r="W89" t="s">
         <v>139</v>
       </c>
       <c r="X89">
         <v>252</v>
       </c>
       <c r="Y89">
-        <v>0.19611700000000001</v>
+        <v>0.19581799999999999</v>
       </c>
       <c r="Z89" t="s">
         <v>128</v>
       </c>
       <c r="AE89" t="s">
         <v>128</v>
       </c>
       <c r="AF89">
         <v>4</v>
       </c>
       <c r="AG89" t="s">
         <v>128</v>
       </c>
       <c r="AH89">
         <v>4</v>
       </c>
       <c r="AI89">
         <v>1</v>
       </c>
       <c r="AJ89">
         <v>5</v>
       </c>
       <c r="AK89" t="s">
         <v>128</v>
       </c>
@@ -23696,51 +23707,51 @@
       <c r="Q90" t="s">
         <v>210</v>
       </c>
       <c r="R90" t="s">
         <v>382</v>
       </c>
       <c r="S90" t="s">
         <v>761</v>
       </c>
       <c r="T90">
         <v>2</v>
       </c>
       <c r="U90" t="s">
         <v>138</v>
       </c>
       <c r="V90" t="s">
         <v>128</v>
       </c>
       <c r="W90" t="s">
         <v>139</v>
       </c>
       <c r="X90">
         <v>252</v>
       </c>
       <c r="Y90">
-        <v>0.36439700000000003</v>
+        <v>0.36331599999999997</v>
       </c>
       <c r="Z90" t="s">
         <v>128</v>
       </c>
       <c r="AE90" t="s">
         <v>128</v>
       </c>
       <c r="AF90">
         <v>6</v>
       </c>
       <c r="AG90" t="s">
         <v>128</v>
       </c>
       <c r="AH90">
         <v>6</v>
       </c>
       <c r="AI90">
         <v>1</v>
       </c>
       <c r="AJ90">
         <v>5</v>
       </c>
       <c r="AK90" t="s">
         <v>128</v>
       </c>
@@ -23923,51 +23934,51 @@
       <c r="Q91" t="s">
         <v>222</v>
       </c>
       <c r="R91" t="s">
         <v>382</v>
       </c>
       <c r="S91" t="s">
         <v>766</v>
       </c>
       <c r="T91">
         <v>2</v>
       </c>
       <c r="U91" t="s">
         <v>138</v>
       </c>
       <c r="V91" t="s">
         <v>128</v>
       </c>
       <c r="W91" t="s">
         <v>139</v>
       </c>
       <c r="X91">
         <v>252</v>
       </c>
       <c r="Y91">
-        <v>0.35320499999999999</v>
+        <v>0.35203699999999999</v>
       </c>
       <c r="Z91" t="s">
         <v>128</v>
       </c>
       <c r="AE91" t="s">
         <v>128</v>
       </c>
       <c r="AF91">
         <v>6</v>
       </c>
       <c r="AG91" t="s">
         <v>128</v>
       </c>
       <c r="AH91">
         <v>6</v>
       </c>
       <c r="AI91">
         <v>1</v>
       </c>
       <c r="AJ91">
         <v>5</v>
       </c>
       <c r="AK91" t="s">
         <v>128</v>
       </c>
@@ -24150,51 +24161,51 @@
       <c r="Q92" t="s">
         <v>210</v>
       </c>
       <c r="R92" t="s">
         <v>360</v>
       </c>
       <c r="S92" t="s">
         <v>771</v>
       </c>
       <c r="T92">
         <v>2</v>
       </c>
       <c r="U92" t="s">
         <v>138</v>
       </c>
       <c r="V92" t="s">
         <v>128</v>
       </c>
       <c r="W92" t="s">
         <v>139</v>
       </c>
       <c r="X92">
         <v>252</v>
       </c>
       <c r="Y92">
-        <v>0.207731</v>
+        <v>0.20824000000000001</v>
       </c>
       <c r="Z92" t="s">
         <v>128</v>
       </c>
       <c r="AE92" t="s">
         <v>128</v>
       </c>
       <c r="AF92">
         <v>5</v>
       </c>
       <c r="AG92" t="s">
         <v>128</v>
       </c>
       <c r="AH92">
         <v>5</v>
       </c>
       <c r="AI92">
         <v>1</v>
       </c>
       <c r="AJ92">
         <v>5</v>
       </c>
       <c r="AK92" t="s">
         <v>128</v>
       </c>
@@ -24377,51 +24388,51 @@
       <c r="Q93" t="s">
         <v>222</v>
       </c>
       <c r="R93" t="s">
         <v>266</v>
       </c>
       <c r="S93" t="s">
         <v>777</v>
       </c>
       <c r="T93">
         <v>2</v>
       </c>
       <c r="U93" t="s">
         <v>138</v>
       </c>
       <c r="V93" t="s">
         <v>128</v>
       </c>
       <c r="W93" t="s">
         <v>139</v>
       </c>
       <c r="X93">
         <v>252</v>
       </c>
       <c r="Y93">
-        <v>0.19378899999999999</v>
+        <v>0.19378400000000001</v>
       </c>
       <c r="Z93" t="s">
         <v>128</v>
       </c>
       <c r="AE93" t="s">
         <v>128</v>
       </c>
       <c r="AF93">
         <v>4</v>
       </c>
       <c r="AG93" t="s">
         <v>128</v>
       </c>
       <c r="AH93">
         <v>4</v>
       </c>
       <c r="AI93">
         <v>1</v>
       </c>
       <c r="AJ93">
         <v>5</v>
       </c>
       <c r="AK93" t="s">
         <v>128</v>
       </c>
@@ -24604,51 +24615,51 @@
       <c r="Q94" t="s">
         <v>222</v>
       </c>
       <c r="R94" t="s">
         <v>360</v>
       </c>
       <c r="S94" t="s">
         <v>782</v>
       </c>
       <c r="T94">
         <v>2</v>
       </c>
       <c r="U94" t="s">
         <v>138</v>
       </c>
       <c r="V94" t="s">
         <v>128</v>
       </c>
       <c r="W94" t="s">
         <v>139</v>
       </c>
       <c r="X94">
         <v>252</v>
       </c>
       <c r="Y94">
-        <v>0.19489899999999999</v>
+        <v>0.19530900000000001</v>
       </c>
       <c r="Z94" t="s">
         <v>128</v>
       </c>
       <c r="AE94" t="s">
         <v>128</v>
       </c>
       <c r="AF94">
         <v>4</v>
       </c>
       <c r="AG94" t="s">
         <v>128</v>
       </c>
       <c r="AH94">
         <v>4</v>
       </c>
       <c r="AI94">
         <v>1</v>
       </c>
       <c r="AJ94">
         <v>5</v>
       </c>
       <c r="AK94" t="s">
         <v>128</v>
       </c>
@@ -24831,51 +24842,51 @@
       <c r="Q95" t="s">
         <v>135</v>
       </c>
       <c r="R95" t="s">
         <v>172</v>
       </c>
       <c r="S95" t="s">
         <v>788</v>
       </c>
       <c r="T95">
         <v>2</v>
       </c>
       <c r="U95" t="s">
         <v>138</v>
       </c>
       <c r="V95" t="s">
         <v>128</v>
       </c>
       <c r="W95" t="s">
         <v>139</v>
       </c>
       <c r="X95">
         <v>252</v>
       </c>
       <c r="Y95">
-        <v>0.29017799999999999</v>
+        <v>0.29023300000000002</v>
       </c>
       <c r="Z95" t="s">
         <v>128</v>
       </c>
       <c r="AE95" t="s">
         <v>128</v>
       </c>
       <c r="AF95">
         <v>5</v>
       </c>
       <c r="AG95" t="s">
         <v>128</v>
       </c>
       <c r="AH95">
         <v>5</v>
       </c>
       <c r="AI95">
         <v>1</v>
       </c>
       <c r="AJ95">
         <v>5</v>
       </c>
       <c r="AK95" t="s">
         <v>128</v>
       </c>
@@ -25058,51 +25069,51 @@
       <c r="Q96" t="s">
         <v>135</v>
       </c>
       <c r="R96" t="s">
         <v>136</v>
       </c>
       <c r="S96" t="s">
         <v>793</v>
       </c>
       <c r="T96">
         <v>2</v>
       </c>
       <c r="U96" t="s">
         <v>138</v>
       </c>
       <c r="V96" t="s">
         <v>128</v>
       </c>
       <c r="W96" t="s">
         <v>139</v>
       </c>
       <c r="X96">
         <v>252</v>
       </c>
       <c r="Y96">
-        <v>0.20529</v>
+        <v>0.20565800000000001</v>
       </c>
       <c r="Z96" t="s">
         <v>128</v>
       </c>
       <c r="AE96" t="s">
         <v>128</v>
       </c>
       <c r="AF96">
         <v>5</v>
       </c>
       <c r="AG96" t="s">
         <v>128</v>
       </c>
       <c r="AH96">
         <v>5</v>
       </c>
       <c r="AI96">
         <v>1</v>
       </c>
       <c r="AJ96">
         <v>5</v>
       </c>
       <c r="AK96" t="s">
         <v>128</v>
       </c>
@@ -25243,93 +25254,93 @@
       <c r="B97" t="s">
         <v>124</v>
       </c>
       <c r="C97" t="s">
         <v>125</v>
       </c>
       <c r="D97" t="s">
         <v>126</v>
       </c>
       <c r="E97" t="s">
         <v>127</v>
       </c>
       <c r="F97" t="s">
         <v>127</v>
       </c>
       <c r="G97" t="s">
         <v>128</v>
       </c>
       <c r="H97" t="s">
         <v>128</v>
       </c>
       <c r="I97" t="s">
         <v>129</v>
       </c>
       <c r="J97" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K97" t="s">
         <v>131</v>
       </c>
       <c r="L97" t="s">
         <v>132</v>
       </c>
       <c r="N97" t="s">
         <v>797</v>
       </c>
       <c r="O97">
         <v>1</v>
       </c>
       <c r="P97" t="s">
         <v>798</v>
       </c>
       <c r="Q97" t="s">
         <v>135</v>
       </c>
       <c r="R97" t="s">
         <v>158</v>
       </c>
       <c r="S97" t="s">
         <v>799</v>
       </c>
       <c r="T97">
         <v>2</v>
       </c>
       <c r="U97" t="s">
         <v>138</v>
       </c>
       <c r="V97" t="s">
         <v>128</v>
       </c>
       <c r="W97" t="s">
         <v>139</v>
       </c>
       <c r="X97">
         <v>252</v>
       </c>
       <c r="Y97">
-        <v>0.24391599999999999</v>
+        <v>0.24196000000000001</v>
       </c>
       <c r="Z97" t="s">
         <v>128</v>
       </c>
       <c r="AE97" t="s">
         <v>128</v>
       </c>
       <c r="AF97">
         <v>5</v>
       </c>
       <c r="AG97" t="s">
         <v>128</v>
       </c>
       <c r="AH97">
         <v>5</v>
       </c>
       <c r="AI97">
         <v>1</v>
       </c>
       <c r="AJ97">
         <v>5</v>
       </c>
       <c r="AK97" t="s">
         <v>128</v>
       </c>
@@ -25512,51 +25523,51 @@
       <c r="Q98" t="s">
         <v>135</v>
       </c>
       <c r="R98" t="s">
         <v>158</v>
       </c>
       <c r="S98" t="s">
         <v>806</v>
       </c>
       <c r="T98">
         <v>2</v>
       </c>
       <c r="U98" t="s">
         <v>138</v>
       </c>
       <c r="V98" t="s">
         <v>128</v>
       </c>
       <c r="W98" t="s">
         <v>139</v>
       </c>
       <c r="X98">
         <v>252</v>
       </c>
       <c r="Y98">
-        <v>0.231216</v>
+        <v>0.23061799999999999</v>
       </c>
       <c r="Z98" t="s">
         <v>128</v>
       </c>
       <c r="AE98" t="s">
         <v>128</v>
       </c>
       <c r="AF98">
         <v>5</v>
       </c>
       <c r="AG98" t="s">
         <v>128</v>
       </c>
       <c r="AH98">
         <v>5</v>
       </c>
       <c r="AI98">
         <v>1</v>
       </c>
       <c r="AJ98">
         <v>5</v>
       </c>
       <c r="AK98" t="s">
         <v>128</v>
       </c>
@@ -25739,51 +25750,51 @@
       <c r="Q99" t="s">
         <v>222</v>
       </c>
       <c r="R99" t="s">
         <v>185</v>
       </c>
       <c r="S99" t="s">
         <v>812</v>
       </c>
       <c r="T99">
         <v>2</v>
       </c>
       <c r="U99" t="s">
         <v>138</v>
       </c>
       <c r="V99" t="s">
         <v>128</v>
       </c>
       <c r="W99" t="s">
         <v>139</v>
       </c>
       <c r="X99">
         <v>252</v>
       </c>
       <c r="Y99">
-        <v>0.140934</v>
+        <v>0.13988800000000001</v>
       </c>
       <c r="Z99" t="s">
         <v>128</v>
       </c>
       <c r="AE99" t="s">
         <v>128</v>
       </c>
       <c r="AF99">
         <v>4</v>
       </c>
       <c r="AG99" t="s">
         <v>128</v>
       </c>
       <c r="AH99">
         <v>4</v>
       </c>
       <c r="AI99">
         <v>1</v>
       </c>
       <c r="AJ99">
         <v>5</v>
       </c>
       <c r="AK99" t="s">
         <v>128</v>
       </c>
@@ -25966,51 +25977,51 @@
       <c r="Q100" t="s">
         <v>210</v>
       </c>
       <c r="R100" t="s">
         <v>185</v>
       </c>
       <c r="S100" t="s">
         <v>817</v>
       </c>
       <c r="T100">
         <v>2</v>
       </c>
       <c r="U100" t="s">
         <v>138</v>
       </c>
       <c r="V100" t="s">
         <v>128</v>
       </c>
       <c r="W100" t="s">
         <v>139</v>
       </c>
       <c r="X100">
         <v>252</v>
       </c>
       <c r="Y100">
-        <v>0.161357</v>
+        <v>0.160214</v>
       </c>
       <c r="Z100" t="s">
         <v>128</v>
       </c>
       <c r="AE100" t="s">
         <v>128</v>
       </c>
       <c r="AF100">
         <v>4</v>
       </c>
       <c r="AG100" t="s">
         <v>128</v>
       </c>
       <c r="AH100">
         <v>4</v>
       </c>
       <c r="AI100">
         <v>1</v>
       </c>
       <c r="AJ100">
         <v>5</v>
       </c>
       <c r="AK100" t="s">
         <v>128</v>
       </c>
@@ -26193,51 +26204,51 @@
       <c r="Q101" t="s">
         <v>222</v>
       </c>
       <c r="R101" t="s">
         <v>158</v>
       </c>
       <c r="S101" t="s">
         <v>823</v>
       </c>
       <c r="T101">
         <v>2</v>
       </c>
       <c r="U101" t="s">
         <v>138</v>
       </c>
       <c r="V101" t="s">
         <v>128</v>
       </c>
       <c r="W101" t="s">
         <v>139</v>
       </c>
       <c r="X101">
         <v>252</v>
       </c>
       <c r="Y101">
-        <v>0.22028</v>
+        <v>0.21978900000000001</v>
       </c>
       <c r="Z101" t="s">
         <v>128</v>
       </c>
       <c r="AE101" t="s">
         <v>128</v>
       </c>
       <c r="AF101">
         <v>5</v>
       </c>
       <c r="AG101" t="s">
         <v>128</v>
       </c>
       <c r="AH101">
         <v>5</v>
       </c>
       <c r="AI101">
         <v>1</v>
       </c>
       <c r="AJ101">
         <v>5</v>
       </c>
       <c r="AK101" t="s">
         <v>128</v>
       </c>
@@ -26420,51 +26431,51 @@
       <c r="Q102" t="s">
         <v>210</v>
       </c>
       <c r="R102" t="s">
         <v>360</v>
       </c>
       <c r="S102" t="s">
         <v>828</v>
       </c>
       <c r="T102">
         <v>2</v>
       </c>
       <c r="U102" t="s">
         <v>138</v>
       </c>
       <c r="V102" t="s">
         <v>128</v>
       </c>
       <c r="W102" t="s">
         <v>139</v>
       </c>
       <c r="X102">
         <v>252</v>
       </c>
       <c r="Y102">
-        <v>0.21254500000000001</v>
+        <v>0.213059</v>
       </c>
       <c r="Z102" t="s">
         <v>128</v>
       </c>
       <c r="AE102" t="s">
         <v>128</v>
       </c>
       <c r="AF102">
         <v>5</v>
       </c>
       <c r="AG102" t="s">
         <v>128</v>
       </c>
       <c r="AH102">
         <v>5</v>
       </c>
       <c r="AI102">
         <v>1</v>
       </c>
       <c r="AJ102">
         <v>5</v>
       </c>
       <c r="AK102" t="s">
         <v>128</v>
       </c>
@@ -26647,51 +26658,51 @@
       <c r="Q103" t="s">
         <v>157</v>
       </c>
       <c r="R103" t="s">
         <v>360</v>
       </c>
       <c r="S103" t="s">
         <v>834</v>
       </c>
       <c r="T103">
         <v>2</v>
       </c>
       <c r="U103" t="s">
         <v>138</v>
       </c>
       <c r="V103" t="s">
         <v>128</v>
       </c>
       <c r="W103" t="s">
         <v>139</v>
       </c>
       <c r="X103">
         <v>252</v>
       </c>
       <c r="Y103">
-        <v>0.190716</v>
+        <v>0.19068099999999999</v>
       </c>
       <c r="Z103" t="s">
         <v>128</v>
       </c>
       <c r="AE103" t="s">
         <v>128</v>
       </c>
       <c r="AF103">
         <v>4</v>
       </c>
       <c r="AG103" t="s">
         <v>128</v>
       </c>
       <c r="AH103">
         <v>4</v>
       </c>
       <c r="AI103">
         <v>1</v>
       </c>
       <c r="AJ103">
         <v>5</v>
       </c>
       <c r="AK103" t="s">
         <v>128</v>
       </c>
@@ -26874,51 +26885,51 @@
       <c r="Q104" t="s">
         <v>222</v>
       </c>
       <c r="R104" t="s">
         <v>360</v>
       </c>
       <c r="S104" t="s">
         <v>839</v>
       </c>
       <c r="T104">
         <v>2</v>
       </c>
       <c r="U104" t="s">
         <v>138</v>
       </c>
       <c r="V104" t="s">
         <v>128</v>
       </c>
       <c r="W104" t="s">
         <v>139</v>
       </c>
       <c r="X104">
         <v>252</v>
       </c>
       <c r="Y104">
-        <v>0.19489600000000001</v>
+        <v>0.19530600000000001</v>
       </c>
       <c r="Z104" t="s">
         <v>128</v>
       </c>
       <c r="AE104" t="s">
         <v>128</v>
       </c>
       <c r="AF104">
         <v>4</v>
       </c>
       <c r="AG104" t="s">
         <v>128</v>
       </c>
       <c r="AH104">
         <v>4</v>
       </c>
       <c r="AI104">
         <v>1</v>
       </c>
       <c r="AJ104">
         <v>5</v>
       </c>
       <c r="AK104" t="s">
         <v>128</v>
       </c>
@@ -27080,144 +27091,144 @@
       <c r="I105" t="s">
         <v>129</v>
       </c>
       <c r="J105" t="s">
         <v>130</v>
       </c>
       <c r="K105" t="s">
         <v>131</v>
       </c>
       <c r="L105" t="s">
         <v>132</v>
       </c>
       <c r="N105" t="s">
         <v>842</v>
       </c>
       <c r="O105">
         <v>1</v>
       </c>
       <c r="P105" t="s">
         <v>843</v>
       </c>
       <c r="Q105" t="s">
         <v>210</v>
       </c>
       <c r="R105" t="s">
-        <v>360</v>
+        <v>844</v>
       </c>
       <c r="S105" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="T105">
         <v>2</v>
       </c>
       <c r="U105" t="s">
         <v>138</v>
       </c>
       <c r="V105" t="s">
         <v>128</v>
       </c>
       <c r="W105" t="s">
         <v>139</v>
       </c>
       <c r="X105">
         <v>252</v>
       </c>
       <c r="Y105">
-        <v>0.21574299999999999</v>
+        <v>0.215224</v>
       </c>
       <c r="Z105" t="s">
         <v>128</v>
       </c>
       <c r="AE105" t="s">
         <v>128</v>
       </c>
       <c r="AF105">
         <v>5</v>
       </c>
       <c r="AG105" t="s">
         <v>128</v>
       </c>
       <c r="AH105">
         <v>5</v>
       </c>
       <c r="AI105">
         <v>1</v>
       </c>
       <c r="AJ105">
         <v>5</v>
       </c>
       <c r="AK105" t="s">
         <v>128</v>
       </c>
       <c r="AM105" t="s">
         <v>140</v>
       </c>
       <c r="AN105">
-        <v>-0.34714689999999998</v>
+        <v>-0.42764350000000001</v>
       </c>
       <c r="AP105">
-        <v>-0.21184839999999999</v>
+        <v>-7.5677099999999997E-2</v>
       </c>
       <c r="AQ105" t="s">
         <v>128</v>
       </c>
       <c r="AS105">
-        <v>-0.14800830000000001</v>
+        <v>-6.3981000000000003E-3</v>
       </c>
       <c r="AU105">
-        <v>-0.1119655</v>
+        <v>-1.76966E-2</v>
       </c>
       <c r="AV105" t="s">
         <v>128</v>
       </c>
       <c r="AX105">
-        <v>0.11369650000000001</v>
+        <v>0.31504680000000002</v>
       </c>
       <c r="AZ105">
-        <v>9.0350000000000001E-4</v>
+        <v>9.7531999999999994E-2</v>
       </c>
       <c r="BA105" t="s">
         <v>128</v>
       </c>
       <c r="BC105">
-        <v>-0.63122979999999995</v>
+        <v>-0.69085350000000001</v>
       </c>
       <c r="BE105">
-        <v>-0.2358818</v>
+        <v>-0.23743539999999999</v>
       </c>
       <c r="BF105" t="s">
         <v>128</v>
       </c>
       <c r="BN105" t="s">
         <v>127</v>
       </c>
       <c r="BO105" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="BP105" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="BQ105">
         <v>1</v>
       </c>
       <c r="BR105">
         <v>10000</v>
       </c>
       <c r="BS105">
         <v>0.05</v>
       </c>
       <c r="BT105">
         <v>0</v>
       </c>
       <c r="BU105">
         <v>0</v>
       </c>
       <c r="BV105">
         <v>0</v>
       </c>
       <c r="BW105">
         <v>0</v>
       </c>
       <c r="BX105" t="s">
         <v>128</v>
       </c>
@@ -27230,54 +27241,54 @@
       <c r="CA105" t="s">
         <v>128</v>
       </c>
       <c r="CC105" t="s">
         <v>128</v>
       </c>
       <c r="CD105" t="s">
         <v>143</v>
       </c>
       <c r="CE105" t="s">
         <v>144</v>
       </c>
       <c r="CF105" t="s">
         <v>145</v>
       </c>
       <c r="CG105" t="s">
         <v>146</v>
       </c>
       <c r="CH105" t="s">
         <v>147</v>
       </c>
       <c r="CI105" t="s">
         <v>128</v>
       </c>
       <c r="CO105" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="CP105" t="s">
-        <v>279</v>
+        <v>435</v>
       </c>
       <c r="CQ105" t="s">
         <v>181</v>
       </c>
       <c r="CR105" t="s">
         <v>127</v>
       </c>
       <c r="CS105" t="s">
         <v>151</v>
       </c>
       <c r="CT105" t="s">
         <v>152</v>
       </c>
       <c r="CU105" t="s">
         <v>153</v>
       </c>
       <c r="CV105" t="s">
         <v>154</v>
       </c>
       <c r="CW105" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="106" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
@@ -27295,84 +27306,84 @@
       <c r="E106" t="s">
         <v>127</v>
       </c>
       <c r="F106" t="s">
         <v>127</v>
       </c>
       <c r="G106" t="s">
         <v>128</v>
       </c>
       <c r="H106" t="s">
         <v>128</v>
       </c>
       <c r="I106" t="s">
         <v>129</v>
       </c>
       <c r="J106" t="s">
         <v>130</v>
       </c>
       <c r="K106" t="s">
         <v>131</v>
       </c>
       <c r="L106" t="s">
         <v>132</v>
       </c>
       <c r="N106" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="O106">
         <v>1</v>
       </c>
       <c r="P106" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="Q106" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="R106" t="s">
         <v>360</v>
       </c>
       <c r="S106" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="T106">
         <v>2</v>
       </c>
       <c r="U106" t="s">
         <v>138</v>
       </c>
       <c r="V106" t="s">
         <v>128</v>
       </c>
       <c r="W106" t="s">
         <v>139</v>
       </c>
       <c r="X106">
         <v>252</v>
       </c>
       <c r="Y106">
-        <v>0.18667300000000001</v>
+        <v>0.18693599999999999</v>
       </c>
       <c r="Z106" t="s">
         <v>128</v>
       </c>
       <c r="AE106" t="s">
         <v>128</v>
       </c>
       <c r="AF106">
         <v>4</v>
       </c>
       <c r="AG106" t="s">
         <v>128</v>
       </c>
       <c r="AH106">
         <v>4</v>
       </c>
       <c r="AI106">
         <v>1</v>
       </c>
       <c r="AJ106">
         <v>5</v>
       </c>
       <c r="AK106" t="s">
         <v>128</v>
       </c>
@@ -27397,54 +27408,54 @@
       <c r="AV106" t="s">
         <v>128</v>
       </c>
       <c r="AX106">
         <v>0.2126826</v>
       </c>
       <c r="AZ106">
         <v>0.1131239</v>
       </c>
       <c r="BA106" t="s">
         <v>128</v>
       </c>
       <c r="BC106">
         <v>-0.59328890000000001</v>
       </c>
       <c r="BE106">
         <v>-0.18904260000000001</v>
       </c>
       <c r="BF106" t="s">
         <v>128</v>
       </c>
       <c r="BN106" t="s">
         <v>127</v>
       </c>
       <c r="BO106" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="BP106" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="BQ106">
         <v>4</v>
       </c>
       <c r="BR106">
         <v>100000</v>
       </c>
       <c r="BS106">
         <v>0.05</v>
       </c>
       <c r="BT106">
         <v>0</v>
       </c>
       <c r="BU106">
         <v>0</v>
       </c>
       <c r="BV106">
         <v>0</v>
       </c>
       <c r="BW106">
         <v>0</v>
       </c>
       <c r="BX106" t="s">
         <v>128</v>
       </c>
@@ -27522,84 +27533,84 @@
       <c r="E107" t="s">
         <v>127</v>
       </c>
       <c r="F107" t="s">
         <v>127</v>
       </c>
       <c r="G107" t="s">
         <v>128</v>
       </c>
       <c r="H107" t="s">
         <v>128</v>
       </c>
       <c r="I107" t="s">
         <v>129</v>
       </c>
       <c r="J107" t="s">
         <v>130</v>
       </c>
       <c r="K107" t="s">
         <v>131</v>
       </c>
       <c r="L107" t="s">
         <v>132</v>
       </c>
       <c r="N107" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="O107">
         <v>1</v>
       </c>
       <c r="P107" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="Q107" t="s">
         <v>222</v>
       </c>
       <c r="R107" t="s">
         <v>266</v>
       </c>
       <c r="S107" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="T107">
         <v>2</v>
       </c>
       <c r="U107" t="s">
         <v>138</v>
       </c>
       <c r="V107" t="s">
         <v>128</v>
       </c>
       <c r="W107" t="s">
         <v>139</v>
       </c>
       <c r="X107">
         <v>252</v>
       </c>
       <c r="Y107">
-        <v>0.19247500000000001</v>
+        <v>0.192722</v>
       </c>
       <c r="Z107" t="s">
         <v>128</v>
       </c>
       <c r="AE107" t="s">
         <v>128</v>
       </c>
       <c r="AF107">
         <v>4</v>
       </c>
       <c r="AG107" t="s">
         <v>128</v>
       </c>
       <c r="AH107">
         <v>4</v>
       </c>
       <c r="AI107">
         <v>1</v>
       </c>
       <c r="AJ107">
         <v>5</v>
       </c>
       <c r="AK107" t="s">
         <v>128</v>
       </c>
@@ -27624,54 +27635,54 @@
       <c r="AV107" t="s">
         <v>128</v>
       </c>
       <c r="AX107">
         <v>0.39623039999999998</v>
       </c>
       <c r="AZ107">
         <v>0.22263189999999999</v>
       </c>
       <c r="BA107" t="s">
         <v>128</v>
       </c>
       <c r="BC107">
         <v>-0.60243800000000003</v>
       </c>
       <c r="BE107">
         <v>-0.2351888</v>
       </c>
       <c r="BF107" t="s">
         <v>128</v>
       </c>
       <c r="BN107" t="s">
         <v>127</v>
       </c>
       <c r="BO107" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="BP107" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="BQ107">
         <v>4</v>
       </c>
       <c r="BR107">
         <v>10000</v>
       </c>
       <c r="BS107">
         <v>0</v>
       </c>
       <c r="BT107">
         <v>0</v>
       </c>
       <c r="BU107">
         <v>0</v>
       </c>
       <c r="BV107">
         <v>0</v>
       </c>
       <c r="BW107">
         <v>0</v>
       </c>
       <c r="BX107" t="s">
         <v>128</v>
       </c>
@@ -27749,84 +27760,84 @@
       <c r="E108" t="s">
         <v>127</v>
       </c>
       <c r="F108" t="s">
         <v>127</v>
       </c>
       <c r="G108" t="s">
         <v>128</v>
       </c>
       <c r="H108" t="s">
         <v>128</v>
       </c>
       <c r="I108" t="s">
         <v>129</v>
       </c>
       <c r="J108" t="s">
         <v>130</v>
       </c>
       <c r="K108" t="s">
         <v>131</v>
       </c>
       <c r="L108" t="s">
         <v>132</v>
       </c>
       <c r="N108" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="O108">
         <v>1</v>
       </c>
       <c r="P108" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="Q108" t="s">
         <v>157</v>
       </c>
       <c r="R108" t="s">
         <v>360</v>
       </c>
       <c r="S108" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="T108">
         <v>2</v>
       </c>
       <c r="U108" t="s">
         <v>138</v>
       </c>
       <c r="V108" t="s">
         <v>128</v>
       </c>
       <c r="W108" t="s">
         <v>139</v>
       </c>
       <c r="X108">
         <v>252</v>
       </c>
       <c r="Y108">
-        <v>0.19071399999999999</v>
+        <v>0.19067899999999999</v>
       </c>
       <c r="Z108" t="s">
         <v>128</v>
       </c>
       <c r="AE108" t="s">
         <v>128</v>
       </c>
       <c r="AF108">
         <v>4</v>
       </c>
       <c r="AG108" t="s">
         <v>128</v>
       </c>
       <c r="AH108">
         <v>4</v>
       </c>
       <c r="AI108">
         <v>1</v>
       </c>
       <c r="AJ108">
         <v>5</v>
       </c>
       <c r="AK108" t="s">
         <v>128</v>
       </c>
@@ -27851,54 +27862,54 @@
       <c r="AV108" t="s">
         <v>128</v>
       </c>
       <c r="AX108">
         <v>0.27837200000000001</v>
       </c>
       <c r="AZ108">
         <v>0.1221053</v>
       </c>
       <c r="BA108" t="s">
         <v>128</v>
       </c>
       <c r="BC108">
         <v>-0.53739139999999996</v>
       </c>
       <c r="BE108">
         <v>-0.19137799999999999</v>
       </c>
       <c r="BF108" t="s">
         <v>128</v>
       </c>
       <c r="BN108" t="s">
         <v>127</v>
       </c>
       <c r="BO108" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="BP108" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="BQ108">
         <v>4</v>
       </c>
       <c r="BR108">
         <v>10000</v>
       </c>
       <c r="BS108">
         <v>0</v>
       </c>
       <c r="BT108">
         <v>0</v>
       </c>
       <c r="BU108">
         <v>0</v>
       </c>
       <c r="BV108">
         <v>0</v>
       </c>
       <c r="BW108">
         <v>0</v>
       </c>
       <c r="BX108" t="s">
         <v>128</v>
       </c>
@@ -27976,84 +27987,84 @@
       <c r="E109" t="s">
         <v>127</v>
       </c>
       <c r="F109" t="s">
         <v>127</v>
       </c>
       <c r="G109" t="s">
         <v>128</v>
       </c>
       <c r="H109" t="s">
         <v>128</v>
       </c>
       <c r="I109" t="s">
         <v>129</v>
       </c>
       <c r="J109" t="s">
         <v>130</v>
       </c>
       <c r="K109" t="s">
         <v>131</v>
       </c>
       <c r="L109" t="s">
         <v>132</v>
       </c>
       <c r="N109" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="O109">
         <v>1</v>
       </c>
       <c r="P109" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="Q109" t="s">
         <v>210</v>
       </c>
       <c r="R109" t="s">
         <v>158</v>
       </c>
       <c r="S109" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="T109">
         <v>2</v>
       </c>
       <c r="U109" t="s">
         <v>138</v>
       </c>
       <c r="V109" t="s">
         <v>128</v>
       </c>
       <c r="W109" t="s">
         <v>139</v>
       </c>
       <c r="X109">
         <v>252</v>
       </c>
       <c r="Y109">
-        <v>0.237071</v>
+        <v>0.236543</v>
       </c>
       <c r="Z109" t="s">
         <v>128</v>
       </c>
       <c r="AE109" t="s">
         <v>128</v>
       </c>
       <c r="AF109">
         <v>5</v>
       </c>
       <c r="AG109" t="s">
         <v>128</v>
       </c>
       <c r="AH109">
         <v>5</v>
       </c>
       <c r="AI109">
         <v>1</v>
       </c>
       <c r="AJ109">
         <v>5</v>
       </c>
       <c r="AK109" t="s">
         <v>128</v>
       </c>
@@ -28078,54 +28089,54 @@
       <c r="AV109" t="s">
         <v>128</v>
       </c>
       <c r="AX109">
         <v>1.0207957999999999</v>
       </c>
       <c r="AZ109">
         <v>0.29130479999999997</v>
       </c>
       <c r="BA109" t="s">
         <v>128</v>
       </c>
       <c r="BC109">
         <v>-0.70290269999999999</v>
       </c>
       <c r="BE109">
         <v>-0.30019309999999999</v>
       </c>
       <c r="BF109" t="s">
         <v>128</v>
       </c>
       <c r="BN109" t="s">
         <v>127</v>
       </c>
       <c r="BO109" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="BP109" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="BQ109">
         <v>4</v>
       </c>
       <c r="BR109">
         <v>10000</v>
       </c>
       <c r="BS109">
         <v>0</v>
       </c>
       <c r="BT109">
         <v>0</v>
       </c>
       <c r="BU109">
         <v>0</v>
       </c>
       <c r="BV109">
         <v>0</v>
       </c>
       <c r="BW109">
         <v>0</v>
       </c>
       <c r="BX109" t="s">
         <v>128</v>
       </c>
@@ -28203,84 +28214,84 @@
       <c r="E110" t="s">
         <v>127</v>
       </c>
       <c r="F110" t="s">
         <v>127</v>
       </c>
       <c r="G110" t="s">
         <v>128</v>
       </c>
       <c r="H110" t="s">
         <v>128</v>
       </c>
       <c r="I110" t="s">
         <v>129</v>
       </c>
       <c r="J110" t="s">
         <v>130</v>
       </c>
       <c r="K110" t="s">
         <v>131</v>
       </c>
       <c r="L110" t="s">
         <v>132</v>
       </c>
       <c r="N110" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="O110">
         <v>1</v>
       </c>
       <c r="P110" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="Q110" t="s">
         <v>222</v>
       </c>
       <c r="R110" t="s">
         <v>158</v>
       </c>
       <c r="S110" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="T110">
         <v>2</v>
       </c>
       <c r="U110" t="s">
         <v>138</v>
       </c>
       <c r="V110" t="s">
         <v>128</v>
       </c>
       <c r="W110" t="s">
         <v>139</v>
       </c>
       <c r="X110">
         <v>252</v>
       </c>
       <c r="Y110">
-        <v>0.28442899999999999</v>
+        <v>0.28502699999999997</v>
       </c>
       <c r="Z110" t="s">
         <v>128</v>
       </c>
       <c r="AE110" t="s">
         <v>128</v>
       </c>
       <c r="AF110">
         <v>5</v>
       </c>
       <c r="AG110" t="s">
         <v>128</v>
       </c>
       <c r="AH110">
         <v>5</v>
       </c>
       <c r="AI110">
         <v>1</v>
       </c>
       <c r="AJ110">
         <v>5</v>
       </c>
       <c r="AK110" t="s">
         <v>128</v>
       </c>
@@ -28305,54 +28316,54 @@
       <c r="AV110" t="s">
         <v>128</v>
       </c>
       <c r="AX110">
         <v>0.80002110000000004</v>
       </c>
       <c r="AZ110">
         <v>0.29923440000000001</v>
       </c>
       <c r="BA110" t="s">
         <v>128</v>
       </c>
       <c r="BC110">
         <v>-0.76923889999999995</v>
       </c>
       <c r="BE110">
         <v>-0.35076790000000002</v>
       </c>
       <c r="BF110" t="s">
         <v>128</v>
       </c>
       <c r="BN110" t="s">
         <v>127</v>
       </c>
       <c r="BO110" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="BP110" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="BQ110">
         <v>5</v>
       </c>
       <c r="BR110">
         <v>10000</v>
       </c>
       <c r="BS110">
         <v>0</v>
       </c>
       <c r="BT110">
         <v>0</v>
       </c>
       <c r="BU110">
         <v>0</v>
       </c>
       <c r="BV110">
         <v>0</v>
       </c>
       <c r="BW110">
         <v>0</v>
       </c>
       <c r="BX110" t="s">
         <v>128</v>
       </c>
@@ -28368,51 +28379,51 @@
       <c r="CC110" t="s">
         <v>128</v>
       </c>
       <c r="CD110" t="s">
         <v>235</v>
       </c>
       <c r="CE110" t="s">
         <v>236</v>
       </c>
       <c r="CF110" t="s">
         <v>145</v>
       </c>
       <c r="CG110" t="s">
         <v>237</v>
       </c>
       <c r="CH110" t="s">
         <v>147</v>
       </c>
       <c r="CI110" t="s">
         <v>128</v>
       </c>
       <c r="CO110" t="s">
         <v>420</v>
       </c>
       <c r="CP110" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="CQ110" t="s">
         <v>240</v>
       </c>
       <c r="CR110" t="s">
         <v>127</v>
       </c>
       <c r="CS110" t="s">
         <v>151</v>
       </c>
       <c r="CT110" t="s">
         <v>168</v>
       </c>
       <c r="CU110" t="s">
         <v>153</v>
       </c>
       <c r="CV110" t="s">
         <v>241</v>
       </c>
       <c r="CW110" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
@@ -28430,84 +28441,84 @@
       <c r="E111" t="s">
         <v>127</v>
       </c>
       <c r="F111" t="s">
         <v>127</v>
       </c>
       <c r="G111" t="s">
         <v>128</v>
       </c>
       <c r="H111" t="s">
         <v>128</v>
       </c>
       <c r="I111" t="s">
         <v>129</v>
       </c>
       <c r="J111" t="s">
         <v>130</v>
       </c>
       <c r="K111" t="s">
         <v>131</v>
       </c>
       <c r="L111" t="s">
         <v>132</v>
       </c>
       <c r="N111" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="O111">
         <v>1</v>
       </c>
       <c r="P111" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="Q111" t="s">
         <v>222</v>
       </c>
       <c r="R111" t="s">
         <v>382</v>
       </c>
       <c r="S111" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="T111">
         <v>2</v>
       </c>
       <c r="U111" t="s">
         <v>138</v>
       </c>
       <c r="V111" t="s">
         <v>128</v>
       </c>
       <c r="W111" t="s">
         <v>139</v>
       </c>
       <c r="X111">
         <v>252</v>
       </c>
       <c r="Y111">
-        <v>0.353186</v>
+        <v>0.35202099999999997</v>
       </c>
       <c r="Z111" t="s">
         <v>128</v>
       </c>
       <c r="AE111" t="s">
         <v>128</v>
       </c>
       <c r="AF111">
         <v>6</v>
       </c>
       <c r="AG111" t="s">
         <v>128</v>
       </c>
       <c r="AH111">
         <v>6</v>
       </c>
       <c r="AI111">
         <v>1</v>
       </c>
       <c r="AJ111">
         <v>5</v>
       </c>
       <c r="AK111" t="s">
         <v>128</v>
       </c>
@@ -28532,54 +28543,54 @@
       <c r="AV111" t="s">
         <v>128</v>
       </c>
       <c r="AX111">
         <v>1.1726175000000001</v>
       </c>
       <c r="AZ111">
         <v>0.38799230000000001</v>
       </c>
       <c r="BA111" t="s">
         <v>128</v>
       </c>
       <c r="BC111">
         <v>-0.86468840000000002</v>
       </c>
       <c r="BE111">
         <v>-0.46774490000000002</v>
       </c>
       <c r="BF111" t="s">
         <v>128</v>
       </c>
       <c r="BN111" t="s">
         <v>127</v>
       </c>
       <c r="BO111" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="BP111" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="BQ111">
         <v>5</v>
       </c>
       <c r="BR111">
         <v>10000</v>
       </c>
       <c r="BS111">
         <v>0</v>
       </c>
       <c r="BT111">
         <v>0</v>
       </c>
       <c r="BU111">
         <v>0</v>
       </c>
       <c r="BV111">
         <v>0</v>
       </c>
       <c r="BW111">
         <v>0</v>
       </c>
       <c r="BX111" t="s">
         <v>128</v>
       </c>
@@ -28657,84 +28668,84 @@
       <c r="E112" t="s">
         <v>127</v>
       </c>
       <c r="F112" t="s">
         <v>127</v>
       </c>
       <c r="G112" t="s">
         <v>128</v>
       </c>
       <c r="H112" t="s">
         <v>128</v>
       </c>
       <c r="I112" t="s">
         <v>129</v>
       </c>
       <c r="J112" t="s">
         <v>130</v>
       </c>
       <c r="K112" t="s">
         <v>131</v>
       </c>
       <c r="L112" t="s">
         <v>132</v>
       </c>
       <c r="N112" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="O112">
         <v>1</v>
       </c>
       <c r="P112" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="Q112" t="s">
         <v>222</v>
       </c>
       <c r="R112" t="s">
         <v>360</v>
       </c>
       <c r="S112" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="T112">
         <v>2</v>
       </c>
       <c r="U112" t="s">
         <v>138</v>
       </c>
       <c r="V112" t="s">
         <v>128</v>
       </c>
       <c r="W112" t="s">
         <v>139</v>
       </c>
       <c r="X112">
         <v>252</v>
       </c>
       <c r="Y112">
-        <v>0.19489999999999999</v>
+        <v>0.19531000000000001</v>
       </c>
       <c r="Z112" t="s">
         <v>128</v>
       </c>
       <c r="AE112" t="s">
         <v>128</v>
       </c>
       <c r="AF112">
         <v>4</v>
       </c>
       <c r="AG112" t="s">
         <v>128</v>
       </c>
       <c r="AH112">
         <v>4</v>
       </c>
       <c r="AI112">
         <v>1</v>
       </c>
       <c r="AJ112">
         <v>5</v>
       </c>
       <c r="AK112" t="s">
         <v>128</v>
       </c>
@@ -28759,54 +28770,54 @@
       <c r="AV112" t="s">
         <v>128</v>
       </c>
       <c r="AX112">
         <v>0.223777</v>
       </c>
       <c r="AZ112">
         <v>0.1188471</v>
       </c>
       <c r="BA112" t="s">
         <v>128</v>
       </c>
       <c r="BC112">
         <v>-0.59732110000000005</v>
       </c>
       <c r="BE112">
         <v>-0.20014989999999999</v>
       </c>
       <c r="BF112" t="s">
         <v>128</v>
       </c>
       <c r="BN112" t="s">
         <v>127</v>
       </c>
       <c r="BO112" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="BP112" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="BQ112">
         <v>5</v>
       </c>
       <c r="BR112">
         <v>10000</v>
       </c>
       <c r="BS112">
         <v>0.05</v>
       </c>
       <c r="BT112">
         <v>0</v>
       </c>
       <c r="BU112">
         <v>0</v>
       </c>
       <c r="BV112">
         <v>0</v>
       </c>
       <c r="BW112">
         <v>0</v>
       </c>
       <c r="BX112" t="s">
         <v>128</v>
       </c>
@@ -28884,84 +28895,84 @@
       <c r="E113" t="s">
         <v>127</v>
       </c>
       <c r="F113" t="s">
         <v>127</v>
       </c>
       <c r="G113" t="s">
         <v>128</v>
       </c>
       <c r="H113" t="s">
         <v>128</v>
       </c>
       <c r="I113" t="s">
         <v>129</v>
       </c>
       <c r="J113" t="s">
         <v>130</v>
       </c>
       <c r="K113" t="s">
         <v>131</v>
       </c>
       <c r="L113" t="s">
         <v>132</v>
       </c>
       <c r="N113" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="O113">
         <v>1</v>
       </c>
       <c r="P113" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="Q113" t="s">
         <v>210</v>
       </c>
       <c r="R113" t="s">
         <v>158</v>
       </c>
       <c r="S113" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="T113">
         <v>2</v>
       </c>
       <c r="U113" t="s">
         <v>138</v>
       </c>
       <c r="V113" t="s">
         <v>128</v>
       </c>
       <c r="W113" t="s">
         <v>139</v>
       </c>
       <c r="X113">
         <v>252</v>
       </c>
       <c r="Y113">
-        <v>0.29960399999999998</v>
+        <v>0.30019299999999999</v>
       </c>
       <c r="Z113" t="s">
         <v>128</v>
       </c>
       <c r="AE113" t="s">
         <v>128</v>
       </c>
       <c r="AF113">
         <v>6</v>
       </c>
       <c r="AG113" t="s">
         <v>128</v>
       </c>
       <c r="AH113">
         <v>6</v>
       </c>
       <c r="AI113">
         <v>1</v>
       </c>
       <c r="AJ113">
         <v>5</v>
       </c>
       <c r="AK113" t="s">
         <v>128</v>
       </c>
@@ -28986,54 +28997,54 @@
       <c r="AV113" t="s">
         <v>128</v>
       </c>
       <c r="AX113">
         <v>0.97670970000000001</v>
       </c>
       <c r="AZ113">
         <v>0.32868320000000001</v>
       </c>
       <c r="BA113" t="s">
         <v>128</v>
       </c>
       <c r="BC113">
         <v>-0.78432380000000002</v>
       </c>
       <c r="BE113">
         <v>-0.3744671</v>
       </c>
       <c r="BF113" t="s">
         <v>128</v>
       </c>
       <c r="BN113" t="s">
         <v>127</v>
       </c>
       <c r="BO113" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="BP113" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="BQ113">
         <v>5</v>
       </c>
       <c r="BR113">
         <v>10000</v>
       </c>
       <c r="BS113">
         <v>0</v>
       </c>
       <c r="BT113">
         <v>0</v>
       </c>
       <c r="BU113">
         <v>0</v>
       </c>
       <c r="BV113">
         <v>0</v>
       </c>
       <c r="BW113">
         <v>0</v>
       </c>
       <c r="BX113" t="s">
         <v>128</v>
       </c>
@@ -29049,51 +29060,51 @@
       <c r="CC113" t="s">
         <v>128</v>
       </c>
       <c r="CD113" t="s">
         <v>235</v>
       </c>
       <c r="CE113" t="s">
         <v>236</v>
       </c>
       <c r="CF113" t="s">
         <v>203</v>
       </c>
       <c r="CG113" t="s">
         <v>237</v>
       </c>
       <c r="CH113" t="s">
         <v>147</v>
       </c>
       <c r="CI113" t="s">
         <v>128</v>
       </c>
       <c r="CO113" t="s">
         <v>420</v>
       </c>
       <c r="CP113" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="CQ113" t="s">
         <v>240</v>
       </c>
       <c r="CR113" t="s">
         <v>127</v>
       </c>
       <c r="CS113" t="s">
         <v>151</v>
       </c>
       <c r="CT113" t="s">
         <v>168</v>
       </c>
       <c r="CU113" t="s">
         <v>153</v>
       </c>
       <c r="CV113" t="s">
         <v>241</v>
       </c>
       <c r="CW113" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="114" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
@@ -29111,84 +29122,84 @@
       <c r="E114" t="s">
         <v>127</v>
       </c>
       <c r="F114" t="s">
         <v>127</v>
       </c>
       <c r="G114" t="s">
         <v>128</v>
       </c>
       <c r="H114" t="s">
         <v>128</v>
       </c>
       <c r="I114" t="s">
         <v>129</v>
       </c>
       <c r="J114" t="s">
         <v>130</v>
       </c>
       <c r="K114" t="s">
         <v>131</v>
       </c>
       <c r="L114" t="s">
         <v>132</v>
       </c>
       <c r="N114" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="Q114" t="s">
         <v>222</v>
       </c>
       <c r="R114" t="s">
         <v>172</v>
       </c>
       <c r="S114" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="T114">
         <v>2</v>
       </c>
       <c r="U114" t="s">
         <v>138</v>
       </c>
       <c r="V114" t="s">
         <v>128</v>
       </c>
       <c r="W114" t="s">
         <v>139</v>
       </c>
       <c r="X114">
         <v>252</v>
       </c>
       <c r="Y114">
-        <v>0.27942699999999998</v>
+        <v>0.27953099999999997</v>
       </c>
       <c r="Z114" t="s">
         <v>128</v>
       </c>
       <c r="AE114" t="s">
         <v>128</v>
       </c>
       <c r="AF114">
         <v>5</v>
       </c>
       <c r="AG114" t="s">
         <v>128</v>
       </c>
       <c r="AH114">
         <v>5</v>
       </c>
       <c r="AI114">
         <v>1</v>
       </c>
       <c r="AJ114">
         <v>5</v>
       </c>
       <c r="AK114" t="s">
         <v>128</v>
       </c>
@@ -29213,54 +29224,54 @@
       <c r="AV114" t="s">
         <v>128</v>
       </c>
       <c r="AX114">
         <v>0.88735649999999999</v>
       </c>
       <c r="AZ114">
         <v>0.33344010000000002</v>
       </c>
       <c r="BA114" t="s">
         <v>128</v>
       </c>
       <c r="BC114">
         <v>-0.86118340000000004</v>
       </c>
       <c r="BE114">
         <v>-0.41223799999999999</v>
       </c>
       <c r="BF114" t="s">
         <v>128</v>
       </c>
       <c r="BN114" t="s">
         <v>127</v>
       </c>
       <c r="BO114" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="BP114" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="BQ114">
         <v>6</v>
       </c>
       <c r="BR114">
         <v>10000</v>
       </c>
       <c r="BS114">
         <v>0</v>
       </c>
       <c r="BT114">
         <v>0</v>
       </c>
       <c r="BU114">
         <v>0</v>
       </c>
       <c r="BV114">
         <v>0</v>
       </c>
       <c r="BW114">
         <v>0</v>
       </c>
       <c r="BX114" t="s">
         <v>128</v>
       </c>
@@ -29279,51 +29290,51 @@
       <c r="CD114" t="s">
         <v>143</v>
       </c>
       <c r="CE114" t="s">
         <v>300</v>
       </c>
       <c r="CF114" t="s">
         <v>145</v>
       </c>
       <c r="CG114" t="s">
         <v>204</v>
       </c>
       <c r="CH114" t="s">
         <v>147</v>
       </c>
       <c r="CI114" t="s">
         <v>128</v>
       </c>
       <c r="CO114" t="s">
         <v>301</v>
       </c>
       <c r="CP114" t="s">
         <v>444</v>
       </c>
       <c r="CQ114" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="CR114" t="s">
         <v>127</v>
       </c>
       <c r="CS114" t="s">
         <v>151</v>
       </c>
       <c r="CT114" t="s">
         <v>168</v>
       </c>
       <c r="CU114" t="s">
         <v>153</v>
       </c>
       <c r="CV114" t="s">
         <v>293</v>
       </c>
       <c r="CW114" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="115" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>123</v>
       </c>
       <c r="B115" t="s">
@@ -29338,84 +29349,84 @@
       <c r="E115" t="s">
         <v>127</v>
       </c>
       <c r="F115" t="s">
         <v>127</v>
       </c>
       <c r="G115" t="s">
         <v>128</v>
       </c>
       <c r="H115" t="s">
         <v>128</v>
       </c>
       <c r="I115" t="s">
         <v>129</v>
       </c>
       <c r="J115" t="s">
         <v>130</v>
       </c>
       <c r="K115" t="s">
         <v>131</v>
       </c>
       <c r="L115" t="s">
         <v>132</v>
       </c>
       <c r="N115" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="Q115" t="s">
         <v>210</v>
       </c>
       <c r="R115" t="s">
         <v>288</v>
       </c>
       <c r="S115" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="T115">
         <v>2</v>
       </c>
       <c r="U115" t="s">
         <v>138</v>
       </c>
       <c r="V115" t="s">
         <v>128</v>
       </c>
       <c r="W115" t="s">
         <v>139</v>
       </c>
       <c r="X115">
         <v>252</v>
       </c>
       <c r="Y115">
-        <v>0.29453000000000001</v>
+        <v>0.294514</v>
       </c>
       <c r="Z115" t="s">
         <v>128</v>
       </c>
       <c r="AE115" t="s">
         <v>128</v>
       </c>
       <c r="AF115">
         <v>5</v>
       </c>
       <c r="AG115" t="s">
         <v>128</v>
       </c>
       <c r="AH115">
         <v>5</v>
       </c>
       <c r="AI115">
         <v>1</v>
       </c>
       <c r="AJ115">
         <v>5</v>
       </c>
       <c r="AK115" t="s">
         <v>128</v>
       </c>
@@ -29440,54 +29451,54 @@
       <c r="AV115" t="s">
         <v>128</v>
       </c>
       <c r="AX115">
         <v>1.0512197000000001</v>
       </c>
       <c r="AZ115">
         <v>0.35984060000000001</v>
       </c>
       <c r="BA115" t="s">
         <v>128</v>
       </c>
       <c r="BC115">
         <v>-0.81768099999999999</v>
       </c>
       <c r="BE115">
         <v>-0.40164080000000002</v>
       </c>
       <c r="BF115" t="s">
         <v>128</v>
       </c>
       <c r="BN115" t="s">
         <v>127</v>
       </c>
       <c r="BO115" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="BP115" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="BQ115">
         <v>6</v>
       </c>
       <c r="BR115">
         <v>10000</v>
       </c>
       <c r="BS115">
         <v>0</v>
       </c>
       <c r="BT115">
         <v>0</v>
       </c>
       <c r="BU115">
         <v>0</v>
       </c>
       <c r="BV115">
         <v>0</v>
       </c>
       <c r="BW115">
         <v>0</v>
       </c>
       <c r="BX115" t="s">
         <v>128</v>
       </c>
@@ -29565,84 +29576,84 @@
       <c r="E116" t="s">
         <v>127</v>
       </c>
       <c r="F116" t="s">
         <v>127</v>
       </c>
       <c r="G116" t="s">
         <v>128</v>
       </c>
       <c r="H116" t="s">
         <v>128</v>
       </c>
       <c r="I116" t="s">
         <v>129</v>
       </c>
       <c r="J116" t="s">
         <v>130</v>
       </c>
       <c r="K116" t="s">
         <v>131</v>
       </c>
       <c r="L116" t="s">
         <v>132</v>
       </c>
       <c r="N116" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="O116">
         <v>1</v>
       </c>
       <c r="P116" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="Q116" t="s">
         <v>157</v>
       </c>
       <c r="R116" t="s">
         <v>172</v>
       </c>
       <c r="S116" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="T116">
         <v>2</v>
       </c>
       <c r="U116" t="s">
         <v>138</v>
       </c>
       <c r="V116" t="s">
         <v>128</v>
       </c>
       <c r="W116" t="s">
         <v>139</v>
       </c>
       <c r="X116">
         <v>252</v>
       </c>
       <c r="Y116">
-        <v>0.18739700000000001</v>
+        <v>0.18713099999999999</v>
       </c>
       <c r="Z116" t="s">
         <v>128</v>
       </c>
       <c r="AE116" t="s">
         <v>128</v>
       </c>
       <c r="AF116">
         <v>4</v>
       </c>
       <c r="AG116" t="s">
         <v>128</v>
       </c>
       <c r="AH116">
         <v>4</v>
       </c>
       <c r="AI116">
         <v>1</v>
       </c>
       <c r="AJ116">
         <v>5</v>
       </c>
       <c r="AK116" t="s">
         <v>128</v>
       </c>
@@ -29667,54 +29678,54 @@
       <c r="AV116" t="s">
         <v>128</v>
       </c>
       <c r="AX116">
         <v>0.37555880000000003</v>
       </c>
       <c r="AZ116">
         <v>0.1525243</v>
       </c>
       <c r="BA116" t="s">
         <v>128</v>
       </c>
       <c r="BC116">
         <v>-0.60241290000000003</v>
       </c>
       <c r="BE116">
         <v>-0.23924519999999999</v>
       </c>
       <c r="BF116" t="s">
         <v>128</v>
       </c>
       <c r="BN116" t="s">
         <v>127</v>
       </c>
       <c r="BO116" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="BP116" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="BQ116">
         <v>2</v>
       </c>
       <c r="BR116">
         <v>10000</v>
       </c>
       <c r="BS116">
         <v>0</v>
       </c>
       <c r="BT116">
         <v>0</v>
       </c>
       <c r="BU116">
         <v>0</v>
       </c>
       <c r="BV116">
         <v>0</v>
       </c>
       <c r="BW116">
         <v>0</v>
       </c>
       <c r="BX116" t="s">
         <v>128</v>
       </c>
@@ -29792,84 +29803,84 @@
       <c r="E117" t="s">
         <v>127</v>
       </c>
       <c r="F117" t="s">
         <v>127</v>
       </c>
       <c r="G117" t="s">
         <v>128</v>
       </c>
       <c r="H117" t="s">
         <v>128</v>
       </c>
       <c r="I117" t="s">
         <v>129</v>
       </c>
       <c r="J117" t="s">
         <v>130</v>
       </c>
       <c r="K117" t="s">
         <v>131</v>
       </c>
       <c r="L117" t="s">
         <v>132</v>
       </c>
       <c r="N117" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="O117">
         <v>1</v>
       </c>
       <c r="P117" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="Q117" t="s">
         <v>210</v>
       </c>
       <c r="R117" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="S117" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="T117">
         <v>2</v>
       </c>
       <c r="U117" t="s">
         <v>138</v>
       </c>
       <c r="V117" t="s">
         <v>128</v>
       </c>
       <c r="W117" t="s">
         <v>139</v>
       </c>
       <c r="X117">
         <v>252</v>
       </c>
       <c r="Y117">
-        <v>0.29451699999999997</v>
+        <v>0.29450199999999999</v>
       </c>
       <c r="Z117" t="s">
         <v>128</v>
       </c>
       <c r="AE117" t="s">
         <v>128</v>
       </c>
       <c r="AF117">
         <v>5</v>
       </c>
       <c r="AG117" t="s">
         <v>128</v>
       </c>
       <c r="AH117">
         <v>5</v>
       </c>
       <c r="AI117">
         <v>1</v>
       </c>
       <c r="AJ117">
         <v>5</v>
       </c>
       <c r="AK117" t="s">
         <v>128</v>
       </c>
@@ -29894,54 +29905,54 @@
       <c r="AV117" t="s">
         <v>128</v>
       </c>
       <c r="AX117">
         <v>0.51644789999999996</v>
       </c>
       <c r="AZ117">
         <v>0.16673579999999999</v>
       </c>
       <c r="BA117" t="s">
         <v>128</v>
       </c>
       <c r="BC117">
         <v>-0.82017790000000002</v>
       </c>
       <c r="BE117">
         <v>-0.40416289999999999</v>
       </c>
       <c r="BF117" t="s">
         <v>128</v>
       </c>
       <c r="BN117" t="s">
         <v>127</v>
       </c>
       <c r="BO117" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="BP117" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="BQ117">
         <v>2</v>
       </c>
       <c r="BR117">
         <v>10000</v>
       </c>
       <c r="BS117">
         <v>0</v>
       </c>
       <c r="BT117">
         <v>0</v>
       </c>
       <c r="BU117">
         <v>0</v>
       </c>
       <c r="BV117">
         <v>0</v>
       </c>
       <c r="BW117">
         <v>0</v>
       </c>
       <c r="BX117" t="s">
         <v>128</v>
       </c>
@@ -29975,128 +29986,128 @@
       <c r="CI117" t="s">
         <v>128</v>
       </c>
       <c r="CO117" t="s">
         <v>456</v>
       </c>
       <c r="CP117" t="s">
         <v>149</v>
       </c>
       <c r="CQ117" t="s">
         <v>240</v>
       </c>
       <c r="CR117" t="s">
         <v>127</v>
       </c>
       <c r="CS117" t="s">
         <v>151</v>
       </c>
       <c r="CT117" t="s">
         <v>168</v>
       </c>
       <c r="CU117" t="s">
         <v>153</v>
       </c>
       <c r="CV117" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="CW117" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="118" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>123</v>
       </c>
       <c r="B118" t="s">
         <v>124</v>
       </c>
       <c r="C118" t="s">
         <v>125</v>
       </c>
       <c r="D118" t="s">
         <v>126</v>
       </c>
       <c r="E118" t="s">
         <v>127</v>
       </c>
       <c r="F118" t="s">
         <v>127</v>
       </c>
       <c r="G118" t="s">
         <v>128</v>
       </c>
       <c r="H118" t="s">
         <v>128</v>
       </c>
       <c r="I118" t="s">
         <v>129</v>
       </c>
       <c r="J118" t="s">
         <v>130</v>
       </c>
       <c r="K118" t="s">
         <v>131</v>
       </c>
       <c r="L118" t="s">
         <v>132</v>
       </c>
       <c r="N118" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="O118">
         <v>1</v>
       </c>
       <c r="P118" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="Q118" t="s">
         <v>210</v>
       </c>
       <c r="R118" t="s">
         <v>185</v>
       </c>
       <c r="S118" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="T118">
         <v>2</v>
       </c>
       <c r="U118" t="s">
         <v>138</v>
       </c>
       <c r="V118" t="s">
         <v>128</v>
       </c>
       <c r="W118" t="s">
         <v>139</v>
       </c>
       <c r="X118">
         <v>252</v>
       </c>
       <c r="Y118">
-        <v>0.14271900000000001</v>
+        <v>0.14096400000000001</v>
       </c>
       <c r="Z118" t="s">
         <v>128</v>
       </c>
       <c r="AE118" t="s">
         <v>128</v>
       </c>
       <c r="AF118">
         <v>4</v>
       </c>
       <c r="AG118" t="s">
         <v>128</v>
       </c>
       <c r="AH118">
         <v>4</v>
       </c>
       <c r="AI118">
         <v>1</v>
       </c>
       <c r="AJ118">
         <v>5</v>
       </c>
       <c r="AK118" t="s">
         <v>128</v>
       </c>
@@ -30121,54 +30132,54 @@
       <c r="AV118" t="s">
         <v>128</v>
       </c>
       <c r="AX118">
         <v>0.36042859999999999</v>
       </c>
       <c r="AZ118">
         <v>0.20489499999999999</v>
       </c>
       <c r="BA118" t="s">
         <v>128</v>
       </c>
       <c r="BC118">
         <v>-0.82819750000000003</v>
       </c>
       <c r="BE118">
         <v>-0.29433480000000001</v>
       </c>
       <c r="BF118" t="s">
         <v>128</v>
       </c>
       <c r="BN118" t="s">
         <v>127</v>
       </c>
       <c r="BO118" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="BP118" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="BQ118">
         <v>1</v>
       </c>
       <c r="BR118">
         <v>10000</v>
       </c>
       <c r="BS118">
         <v>0</v>
       </c>
       <c r="BT118">
         <v>0</v>
       </c>
       <c r="BU118">
         <v>0</v>
       </c>
       <c r="BV118">
         <v>0</v>
       </c>
       <c r="BW118">
         <v>0</v>
       </c>
       <c r="BX118" t="s">
         <v>128</v>
       </c>
@@ -30184,51 +30195,51 @@
       <c r="CC118" t="s">
         <v>128</v>
       </c>
       <c r="CD118" t="s">
         <v>189</v>
       </c>
       <c r="CE118" t="s">
         <v>190</v>
       </c>
       <c r="CF118" t="s">
         <v>191</v>
       </c>
       <c r="CG118" t="s">
         <v>192</v>
       </c>
       <c r="CH118" t="s">
         <v>147</v>
       </c>
       <c r="CI118" t="s">
         <v>128</v>
       </c>
       <c r="CO118" t="s">
         <v>820</v>
       </c>
       <c r="CP118" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="CQ118" t="s">
         <v>563</v>
       </c>
       <c r="CR118" t="s">
         <v>127</v>
       </c>
       <c r="CS118" t="s">
         <v>151</v>
       </c>
       <c r="CT118" t="s">
         <v>168</v>
       </c>
       <c r="CU118" t="s">
         <v>153</v>
       </c>
       <c r="CV118" t="s">
         <v>557</v>
       </c>
       <c r="CW118" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="119" spans="1:101" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
@@ -30246,84 +30257,84 @@
       <c r="E119" t="s">
         <v>127</v>
       </c>
       <c r="F119" t="s">
         <v>127</v>
       </c>
       <c r="G119" t="s">
         <v>128</v>
       </c>
       <c r="H119" t="s">
         <v>128</v>
       </c>
       <c r="I119" t="s">
         <v>129</v>
       </c>
       <c r="J119" t="s">
         <v>130</v>
       </c>
       <c r="K119" t="s">
         <v>131</v>
       </c>
       <c r="L119" t="s">
         <v>132</v>
       </c>
       <c r="N119" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="O119">
         <v>1</v>
       </c>
       <c r="P119" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="Q119" t="s">
         <v>157</v>
       </c>
       <c r="R119" t="s">
         <v>158</v>
       </c>
       <c r="S119" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="T119">
         <v>2</v>
       </c>
       <c r="U119" t="s">
         <v>138</v>
       </c>
       <c r="V119" t="s">
         <v>128</v>
       </c>
       <c r="W119" t="s">
         <v>139</v>
       </c>
       <c r="X119">
         <v>252</v>
       </c>
       <c r="Y119">
-        <v>0.13616400000000001</v>
+        <v>0.136407</v>
       </c>
       <c r="Z119" t="s">
         <v>128</v>
       </c>
       <c r="AE119" t="s">
         <v>128</v>
       </c>
       <c r="AF119">
         <v>4</v>
       </c>
       <c r="AG119" t="s">
         <v>128</v>
       </c>
       <c r="AH119">
         <v>4</v>
       </c>
       <c r="AI119">
         <v>1</v>
       </c>
       <c r="AJ119">
         <v>5</v>
       </c>
       <c r="AK119" t="s">
         <v>128</v>
       </c>
@@ -30360,51 +30371,51 @@
       <c r="AY119">
         <v>0.2119627</v>
       </c>
       <c r="AZ119">
         <v>0.18492</v>
       </c>
       <c r="BA119" t="s">
         <v>128</v>
       </c>
       <c r="BC119">
         <v>-0.44660490000000003</v>
       </c>
       <c r="BD119">
         <v>-0.17758160000000001</v>
       </c>
       <c r="BE119">
         <v>-0.14385539999999999</v>
       </c>
       <c r="BF119" t="s">
         <v>128</v>
       </c>
       <c r="BN119" t="s">
         <v>127</v>
       </c>
       <c r="BP119" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="BQ119">
         <v>0</v>
       </c>
       <c r="BR119">
         <v>10000</v>
       </c>
       <c r="BS119">
         <v>0</v>
       </c>
       <c r="BT119">
         <v>0</v>
       </c>
       <c r="BU119">
         <v>0</v>
       </c>
       <c r="BV119">
         <v>0</v>
       </c>
       <c r="BW119">
         <v>0</v>
       </c>
       <c r="BX119" t="s">
         <v>128</v>
       </c>
@@ -30445,72 +30456,353 @@
         <v>356</v>
       </c>
       <c r="CQ119" t="s">
         <v>167</v>
       </c>
       <c r="CR119" t="s">
         <v>127</v>
       </c>
       <c r="CS119" t="s">
         <v>151</v>
       </c>
       <c r="CT119" t="s">
         <v>168</v>
       </c>
       <c r="CU119" t="s">
         <v>153</v>
       </c>
       <c r="CV119" t="s">
         <v>263</v>
       </c>
       <c r="CW119" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:DS1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100899ECB0060DB9E4CBAD5984F669873A5" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6e435da925043e89b3d262b402f84db">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="09f485c1-086a-4859-a6f9-6d7fd8239f82" xmlns:ns3="6bbdc43a-6778-4b89-9326-4151d6e0235c" xmlns:ns4="59fa36c7-8594-447e-ae74-32e730c8e0cb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b23828f129e6afa7d31b7b751a81f0a" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="09f485c1-086a-4859-a6f9-6d7fd8239f82"/>
+    <xsd:import namespace="6bbdc43a-6778-4b89-9326-4151d6e0235c"/>
+    <xsd:import namespace="59fa36c7-8594-447e-ae74-32e730c8e0cb"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09f485c1-086a-4859-a6f9-6d7fd8239f82" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7a24d825-3eb1-41fb-89c9-6e29781c6a8c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6bbdc43a-6778-4b89-9326-4151d6e0235c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7dc4abc6-08da-4213-8ad0-e9b84afd9c63}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="59fa36c7-8594-447e-ae74-32e730c8e0cb">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="59fa36c7-8594-447e-ae74-32e730c8e0cb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="09f485c1-086a-4859-a6f9-6d7fd8239f82">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6bbdc43a-6778-4b89-9326-4151d6e0235c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2C1AA7-A01E-46EC-80B5-E48CF5028B4B}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6059CCEB-B1F9-4248-98A5-4D9B79FAE76B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44242741-DF5F-4B65-8270-8DB1C27CEDD6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>Unknown Creator</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100899ECB0060DB9E4CBAD5984F669873A5</vt:lpwstr>
+  </property>
+</Properties>
+</file>